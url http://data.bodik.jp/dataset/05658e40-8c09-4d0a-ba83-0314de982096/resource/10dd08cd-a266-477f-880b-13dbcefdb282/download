--- v0 (2025-10-19)
+++ v1 (2025-11-29)
@@ -1,104 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/theme/themeOverride1.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr updateLinks="never" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\各課専用\環境・エネルギー関係所属\環境管理課\40 水質担当\270公共用水域\R7公水\11_速報値公表\９月\ルールに従い修正\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\各課専用\環境・エネルギー関係所属\環境管理課\40 水質担当\270公共用水域\R7公水\11_速報値公表\10月\ルールに従い修正\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7E9AC84C-26C2-449A-8132-76C739AF2D8A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{917FE926-7857-4357-965A-84017DCC1CB6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" tabRatio="690" activeTab="7" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="690" activeTab="8" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="４月" sheetId="20" r:id="rId1"/>
     <sheet name="５月" sheetId="33" r:id="rId2"/>
     <sheet name="６月" sheetId="34" r:id="rId3"/>
     <sheet name="７月" sheetId="35" r:id="rId4"/>
     <sheet name="8月 " sheetId="46" r:id="rId5"/>
     <sheet name="９月" sheetId="37" r:id="rId6"/>
-    <sheet name="コード表" sheetId="47" r:id="rId7"/>
-    <sheet name="graphBOD" sheetId="48" r:id="rId8"/>
+    <sheet name="１０月" sheetId="38" r:id="rId7"/>
+    <sheet name="コード表" sheetId="47" r:id="rId8"/>
+    <sheet name="graphBOD" sheetId="48" r:id="rId9"/>
   </sheets>
   <externalReferences>
-    <externalReference r:id="rId9"/>
+    <externalReference r:id="rId10"/>
   </externalReferences>
   <definedNames>
+    <definedName name="_xlnm.Print_Area" localSheetId="6">'１０月'!$A$1:$J$145</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'５月'!$A$1:$J$145</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="6">'１０月'!$A:$B,'１０月'!$1:$18</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'４月'!$A:$B,'４月'!$1:$18</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'５月'!$A:$B,'５月'!$1:$18</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'６月'!$A:$B,'６月'!$1:$18</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'７月'!$A:$B,'７月'!$1:$18</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'8月 '!$A:$B,'8月 '!$1:$18</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="5">'９月'!$A:$B,'９月'!$1:$18</definedName>
     <definedName name="測定項目コード">[1]コード表!$M$2:$M$158</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2461" uniqueCount="531">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2826" uniqueCount="542">
   <si>
     <t>項目コード</t>
     <rPh sb="0" eb="2">
       <t>コウモク</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>項目名</t>
     <rPh sb="0" eb="2">
       <t>コウモク</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>測定データ</t>
     <rPh sb="0" eb="2">
       <t>ソクテイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
@@ -908,1415 +912,1453 @@
     <t>1004</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>京都府</t>
     <rPh sb="0" eb="3">
       <t>キョウトフ</t>
     </rPh>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>26</t>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>都道府県</t>
     <rPh sb="0" eb="4">
       <t>トドウフケン</t>
     </rPh>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>030</t>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>年間調査</t>
     <rPh sb="0" eb="2">
       <t>ネンカン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>チョウサ</t>
     </rPh>
-    <phoneticPr fontId="7"/>
-[...27 lines deleted...]
-    <t>快晴</t>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>&lt;</t>
   </si>
   <si>
-    <t>小なり</t>
-[...131 lines deleted...]
-  <si>
     <t>0</t>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>河川</t>
     <rPh sb="0" eb="2">
       <t>カセン</t>
     </rPh>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>02</t>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>その他項目7　Clイオン</t>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>その他項目2　無機性リン</t>
     <rPh sb="7" eb="9">
       <t>ムキ</t>
     </rPh>
     <rPh sb="9" eb="10">
       <t>セイ</t>
     </rPh>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>その他項目3　クロロフィルa</t>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>その他項目4　電気伝導度</t>
     <rPh sb="7" eb="9">
       <t>デンキ</t>
     </rPh>
     <rPh sb="9" eb="12">
       <t>デンドウド</t>
     </rPh>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>その他項目5　透視度</t>
     <rPh sb="7" eb="10">
       <t>トウシド</t>
     </rPh>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>その他項目6　濁度</t>
     <rPh sb="7" eb="9">
       <t>ダクド</t>
     </rPh>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>その他項目8　陰イオン界面活性剤</t>
     <rPh sb="7" eb="8">
       <t>イン</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>カイメン</t>
     </rPh>
     <rPh sb="13" eb="16">
       <t>カッセイザイ</t>
     </rPh>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>その他項目9　TBT</t>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>その他項目10　TPT</t>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>環境基準点</t>
     <rPh sb="0" eb="2">
       <t>カンキョウ</t>
     </rPh>
     <rPh sb="2" eb="5">
       <t>キジュンテン</t>
     </rPh>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>山田川　木津川流入前</t>
     <rPh sb="0" eb="2">
       <t>ヤマダ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>カワ</t>
     </rPh>
     <rPh sb="4" eb="7">
       <t>キヅガワ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>リュウニュウ</t>
     </rPh>
     <rPh sb="9" eb="10">
       <t>マエ</t>
     </rPh>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>271</t>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>02</t>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>和束川  菜切橋</t>
     <rPh sb="0" eb="2">
       <t>ワヅカ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ガワ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>ナキリ</t>
     </rPh>
     <rPh sb="7" eb="8">
       <t>ハシ</t>
     </rPh>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>028</t>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>01</t>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>○</t>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>赤田川  大野橋</t>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>268</t>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>1</t>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>高山ダム湖　放水口地点</t>
     <rPh sb="0" eb="2">
       <t>タカヤマ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>コ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>ホウスイ</t>
     </rPh>
     <rPh sb="8" eb="9">
       <t>グチ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>チテン</t>
     </rPh>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>402</t>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>03</t>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>1</t>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>予備調査</t>
     <rPh sb="0" eb="2">
       <t>ヨビ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>チョウサ</t>
     </rPh>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>予備調査</t>
     <rPh sb="0" eb="2">
       <t>ヨビ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>チョウサ</t>
     </rPh>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>天候コード</t>
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>その他項目1　アンモニア性窒素</t>
+    <rPh sb="13" eb="15">
+      <t>チッソ</t>
+    </rPh>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1210</t>
+  </si>
+  <si>
+    <t>底層溶存酸素量</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1827</t>
+  </si>
+  <si>
+    <t>ペルフルオロオクタンスルホン酸（PFOS)</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1828</t>
+  </si>
+  <si>
+    <t>ペルフルオロオクタンスルホン酸（PFOS)(直鎖体）</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1829</t>
+  </si>
+  <si>
+    <t>ペルフルオロオクタン酸（PFOA)</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1830</t>
+  </si>
+  <si>
+    <t>ペルフルオロオクタン酸（PFOA)(直鎖体)</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1831</t>
+  </si>
+  <si>
+    <t>PFOS及びPFOAの合算値</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>大腸菌数</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1211</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0416</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1037</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>01</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.1</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>02</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>14.8</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>11.8</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.79</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>7.5</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>10</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1.2</t>
+  </si>
+  <si>
+    <t>2.7</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>0514</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1240</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1115</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1210</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1010</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>01</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>02</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.1</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>33.1</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>19.1</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>27.7</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>17.5</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>26.8</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>32.4</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>23.6</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>26.1</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.38</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.58</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.03</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>12</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>9.6</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>10</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>8.2</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>8.3</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>7.7</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>8.0</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>7.6</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.06</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.01</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>&lt;</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.0003</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.005</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.61</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.05</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.1</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.007</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.002</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>2.1</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1.6</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1.3</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.26</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.024</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.12</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1.7</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1.4</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.52</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.06</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.02</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.01</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.54</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.0006</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.004</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.0003</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.002</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.0008</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.0005</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.004</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.005</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.0006</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.003</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.0001</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1.2</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.5</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1.8</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>5.2</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>2.5</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>5</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>2</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>40</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>63</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>25</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.009</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.001</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.1</t>
+  </si>
+  <si>
+    <t>0.01</t>
+  </si>
+  <si>
+    <t>0.0005</t>
+  </si>
+  <si>
+    <t>0.08</t>
+  </si>
+  <si>
+    <t>0604</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0940</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>01</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.1</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>04</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>17.9</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>7.1</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>8.7</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.002</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.0002</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.0004</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.01</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.004</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.1</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.0006</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.001</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.006</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.02</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.06</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.04</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.005</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.014</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>22.8</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.006</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0702</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>01</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.1</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>04</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>31.3</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>29.4</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.39</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>7.6</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>8.3</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0930</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>32.0</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>24.8</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>2.02</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>7.1</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>8.0</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1025</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>02</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>31.1</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>30.0</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.04</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>7.5</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>6.5</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1.4</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.28</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1.7</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.017</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1.0</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.38</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.035</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.027</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.006</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.001</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.5</t>
+  </si>
+  <si>
+    <t>4.5</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
+    <t>1.8</t>
+  </si>
+  <si>
+    <t>0.6</t>
+  </si>
+  <si>
+    <t>2.4</t>
+  </si>
+  <si>
+    <t>6.8</t>
+  </si>
+  <si>
+    <t>2.6</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>450</t>
+  </si>
+  <si>
+    <t>0809</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0920</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>34.9</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>28.8</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1100</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>E</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.7</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>0903</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1040</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>01</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.1</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>02</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>34.9</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>28.1</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.01</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>7.7</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>8.6</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>1.0</t>
+  </si>
+  <si>
+    <t>2.9</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>680</t>
+  </si>
+  <si>
+    <t>1008</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0935</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>21.8</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>0.59</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>9.1</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>2.5</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>0.000002</t>
+  </si>
+  <si>
+    <t>0.000018</t>
+  </si>
+  <si>
+    <t>0.000017</t>
+  </si>
+  <si>
+    <t>0.000020</t>
+  </si>
+  <si>
+    <t>【速報値】</t>
+    <rPh sb="1" eb="4">
+      <t>ソクホウチ</t>
+    </rPh>
+    <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>【コード表】</t>
     <rPh sb="4" eb="5">
       <t>ヒョウ</t>
     </rPh>
-    <phoneticPr fontId="7"/>
-[...8 lines deleted...]
-      <t>チッソ</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>採取位置ｺｰﾄﾞ</t>
+  </si>
+  <si>
+    <t>採取位置ｺｰﾄﾞ内容</t>
+  </si>
+  <si>
+    <t>天候ｺｰﾄﾞ</t>
+  </si>
+  <si>
+    <t>天候ｺｰﾄﾞ内容</t>
+  </si>
+  <si>
+    <t>コメントリスト</t>
+  </si>
+  <si>
+    <t>コメント内容</t>
+    <rPh sb="4" eb="6">
+      <t>ナイヨウ</t>
     </rPh>
-    <phoneticPr fontId="7"/>
-[...691 lines deleted...]
-    <phoneticPr fontId="7"/>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>流心（中央）</t>
+  </si>
+  <si>
+    <t>快晴</t>
+  </si>
+  <si>
+    <t>小なり</t>
+    <rPh sb="0" eb="1">
+      <t>ショウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>左岸</t>
+  </si>
+  <si>
+    <t>晴れ</t>
+  </si>
+  <si>
+    <t>&gt;</t>
+  </si>
+  <si>
+    <t>大なり</t>
+    <rPh sb="0" eb="1">
+      <t>ダイ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>右岸</t>
+  </si>
+  <si>
+    <t>薄曇り</t>
   </si>
   <si>
     <t>E</t>
-    <phoneticPr fontId="7"/>
-[...62 lines deleted...]
-      <t>ソクホウチ</t>
+  </si>
+  <si>
+    <t>欠測</t>
+    <rPh sb="0" eb="1">
+      <t>ケツ</t>
     </rPh>
-    <phoneticPr fontId="7"/>
+    <rPh sb="1" eb="2">
+      <t>ソク</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>左岸、右岸の混合</t>
+  </si>
+  <si>
+    <t>曇り</t>
+  </si>
+  <si>
+    <t>N</t>
+  </si>
+  <si>
+    <t>検出されず</t>
+    <rPh sb="0" eb="2">
+      <t>ケンシュツ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>左岸、流心、右岸の混合</t>
+  </si>
+  <si>
+    <t>煙霧</t>
+  </si>
+  <si>
+    <t>上層（表層）</t>
+  </si>
+  <si>
+    <t>砂塵嵐</t>
+  </si>
+  <si>
+    <t>中層</t>
+  </si>
+  <si>
+    <t>地吹雪</t>
+  </si>
+  <si>
+    <t>下層</t>
+  </si>
+  <si>
+    <t>霧</t>
+  </si>
+  <si>
+    <t>上層、下層の混合</t>
+  </si>
+  <si>
+    <t>霧雨</t>
+  </si>
+  <si>
+    <t>上層、中層の混合</t>
+  </si>
+  <si>
+    <t>雨</t>
+  </si>
+  <si>
+    <t>中層、下層の混合</t>
+  </si>
+  <si>
+    <t>みぞれ</t>
+  </si>
+  <si>
+    <t>上層、中層、下層の混合</t>
+  </si>
+  <si>
+    <t>雪</t>
+  </si>
+  <si>
+    <t>あられ</t>
+  </si>
+  <si>
+    <t>ひょう</t>
+  </si>
+  <si>
+    <t>雷</t>
+  </si>
+  <si>
+    <t>一時雨</t>
+  </si>
+  <si>
+    <t>一時雪</t>
+  </si>
+  <si>
+    <t>時々雨</t>
+  </si>
+  <si>
+    <t>時々雪</t>
+  </si>
+  <si>
+    <t>大雨</t>
+  </si>
+  <si>
+    <t>大雪</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="00"/>
   </numFmts>
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
-      <sz val="9"/>
-[...4 lines deleted...]
-    <font>
       <sz val="10"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
-    </font>
-[...13 lines deleted...]
-      <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color indexed="8"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color indexed="8"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
   </fonts>
   <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="27"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="43"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor indexed="44"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor indexed="44"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="20">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="dashed">
         <color indexed="64"/>
       </top>
       <bottom style="dashed">
         <color indexed="64"/>
       </bottom>
@@ -2697,256 +2739,256 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="71">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="4" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="4" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="4" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="4" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="4" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="4" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="4" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="4" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="4" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="4" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="2"/>
-[...29 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="7" borderId="4" xfId="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="4" xfId="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="7" borderId="5" xfId="1" applyFill="1" applyBorder="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1">
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="5" xfId="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="7" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="49" fontId="1" fillId="6" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="7" borderId="6" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="49" fontId="1" fillId="6" borderId="6" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="6" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="7" borderId="7" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="49" fontId="1" fillId="6" borderId="7" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="7" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="7" borderId="8" xfId="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="8" xfId="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="7" borderId="9" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="49" fontId="1" fillId="6" borderId="9" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="9" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="3" borderId="13" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="3" borderId="10" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="4" xfId="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="8" borderId="7" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="9" borderId="4" xfId="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="9" borderId="7" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="10" borderId="4" xfId="1" applyFill="1" applyBorder="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="1" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="3" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="49" fontId="3" fillId="3" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="8" borderId="4" xfId="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="4" xfId="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="8" borderId="7" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="49" fontId="1" fillId="7" borderId="7" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="7" borderId="18" xfId="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="18" xfId="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="7" borderId="19" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="49" fontId="1" fillId="6" borderId="19" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...32 lines deleted...]
-    <xf numFmtId="49" fontId="1" fillId="7" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="6" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="4" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="4" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="4" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="10" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="10" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="2"/>
+    <xf numFmtId="0" fontId="13" fillId="10" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="10" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="3" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="139">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 10" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="標準 100" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="標準 101" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="標準 102" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="標準 103" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="標準 104" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="標準 105" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="標準 106" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="標準 107" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="標準 108" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="標準 109" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="標準 11" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="標準 110" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="標準 111" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="標準 112" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="標準 113" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="標準 114" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="標準 115" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="標準 116" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="標準 117" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="標準 118" xfId="22" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
@@ -3060,51 +3102,51 @@
     <cellStyle name="標準 90" xfId="129" xr:uid="{00000000-0005-0000-0000-000081000000}"/>
     <cellStyle name="標準 91" xfId="130" xr:uid="{00000000-0005-0000-0000-000082000000}"/>
     <cellStyle name="標準 92" xfId="131" xr:uid="{00000000-0005-0000-0000-000083000000}"/>
     <cellStyle name="標準 93" xfId="132" xr:uid="{00000000-0005-0000-0000-000084000000}"/>
     <cellStyle name="標準 94" xfId="133" xr:uid="{00000000-0005-0000-0000-000085000000}"/>
     <cellStyle name="標準 95" xfId="134" xr:uid="{00000000-0005-0000-0000-000086000000}"/>
     <cellStyle name="標準 96" xfId="135" xr:uid="{00000000-0005-0000-0000-000087000000}"/>
     <cellStyle name="標準 97" xfId="136" xr:uid="{00000000-0005-0000-0000-000088000000}"/>
     <cellStyle name="標準 98" xfId="137" xr:uid="{00000000-0005-0000-0000-000089000000}"/>
     <cellStyle name="標準 99" xfId="138" xr:uid="{00000000-0005-0000-0000-00008A000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="ja-JP"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:clrMapOvr bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
@@ -3233,75 +3275,78 @@
                 <c:v>９月</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>１０月</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>１１月</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>１２月</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>１月</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>２月</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>３月</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="6"/>
+              <c:ptCount val="7"/>
               <c:pt idx="0">
                 <c:v>1.2</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>0.5</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>0.5</c:v>
               </c:pt>
               <c:pt idx="3">
                 <c:v>0.6</c:v>
               </c:pt>
               <c:pt idx="4">
                 <c:v>0.7</c:v>
               </c:pt>
               <c:pt idx="5">
                 <c:v>1</c:v>
               </c:pt>
+              <c:pt idx="6">
+                <c:v>0.5</c:v>
+              </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-BA9B-44FF-8106-7F7AC00AE1EC}"/>
+              <c16:uniqueId val="{00000000-828D-406D-8FF8-B1D0C391991C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="499241736"/>
         <c:axId val="499240424"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="499241736"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
@@ -4029,54 +4074,54 @@
   </cs:wall>
 </cs:chartStyle>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>349250</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>101600</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
-        <xdr:cNvPr id="3" name="グラフ 2">
+        <xdr:cNvPr id="2" name="グラフ 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A9D9C17-E491-4753-A1A7-9CAF99255B21}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C2B86E9-3352-4B20-8839-16C3E12C58A2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="http://jm0026-ks/Users/r-nakatani33/Desktop/&#12487;&#12540;&#12479;&#20837;&#21147;&#25903;&#25588;&#12484;&#12540;&#12523;(&#20844;&#20849;&#29992;&#27700;&#22495;).xls" TargetMode="External"/></Relationships>
 </file>
@@ -5494,16120 +5539,18663 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:J145"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="70" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <pane xSplit="2" ySplit="18" topLeftCell="C27" activePane="bottomRight" state="frozen"/>
       <selection activeCell="P20" sqref="P20"/>
       <selection pane="topRight" activeCell="P20" sqref="P20"/>
       <selection pane="bottomLeft" activeCell="P20" sqref="P20"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="36" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
-        <v>530</v>
-[...10 lines deleted...]
-      <c r="J1" s="54"/>
+        <v>494</v>
+      </c>
+      <c r="C1" s="46" t="s">
+        <v>255</v>
+      </c>
+      <c r="D1" s="47"/>
+      <c r="E1" s="47"/>
+      <c r="F1" s="47"/>
+      <c r="G1" s="47"/>
+      <c r="H1" s="47"/>
+      <c r="I1" s="47"/>
+      <c r="J1" s="47"/>
     </row>
     <row r="2" spans="1:10" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C2" s="61" t="s">
-[...14 lines deleted...]
-      <c r="J2" s="62"/>
+      <c r="C2" s="54" t="s">
+        <v>267</v>
+      </c>
+      <c r="D2" s="55"/>
+      <c r="E2" s="56" t="s">
+        <v>270</v>
+      </c>
+      <c r="F2" s="56"/>
+      <c r="G2" s="55" t="s">
+        <v>274</v>
+      </c>
+      <c r="H2" s="55"/>
+      <c r="I2" s="55" t="s">
+        <v>277</v>
+      </c>
+      <c r="J2" s="55"/>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="B3" s="23" t="s">
-[...11 lines deleted...]
-      <c r="J3" s="60"/>
+      <c r="B3" s="13" t="s">
+        <v>266</v>
+      </c>
+      <c r="C3" s="48"/>
+      <c r="D3" s="49"/>
+      <c r="E3" s="50" t="s">
+        <v>273</v>
+      </c>
+      <c r="F3" s="51"/>
+      <c r="G3" s="52"/>
+      <c r="H3" s="53"/>
+      <c r="I3" s="52"/>
+      <c r="J3" s="53"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A4" s="65" t="s">
+      <c r="A4" s="43" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="66" t="s">
+      <c r="B4" s="44" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="64" t="s">
+      <c r="C4" s="42" t="s">
         <v>2</v>
       </c>
-      <c r="D4" s="64"/>
-      <c r="E4" s="67" t="s">
+      <c r="D4" s="42"/>
+      <c r="E4" s="45" t="s">
         <v>2</v>
       </c>
-      <c r="F4" s="67"/>
-      <c r="G4" s="64" t="s">
+      <c r="F4" s="45"/>
+      <c r="G4" s="42" t="s">
         <v>2</v>
       </c>
-      <c r="H4" s="64"/>
-      <c r="I4" s="64" t="s">
+      <c r="H4" s="42"/>
+      <c r="I4" s="42" t="s">
         <v>2</v>
       </c>
-      <c r="J4" s="64"/>
+      <c r="J4" s="42"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A5" s="65"/>
-[...1 lines deleted...]
-      <c r="C5" s="28" t="s">
+      <c r="A5" s="43"/>
+      <c r="B5" s="44"/>
+      <c r="C5" s="17" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="28" t="s">
+      <c r="D5" s="17" t="s">
         <v>4</v>
       </c>
-      <c r="E5" s="29" t="s">
+      <c r="E5" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="F5" s="29" t="s">
+      <c r="F5" s="18" t="s">
         <v>4</v>
       </c>
-      <c r="G5" s="28" t="s">
+      <c r="G5" s="17" t="s">
         <v>3</v>
       </c>
-      <c r="H5" s="28" t="s">
+      <c r="H5" s="17" t="s">
         <v>4</v>
       </c>
-      <c r="I5" s="28" t="s">
+      <c r="I5" s="17" t="s">
         <v>3</v>
       </c>
-      <c r="J5" s="28" t="s">
+      <c r="J5" s="17" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A6" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="8" t="s">
         <v>6</v>
       </c>
-      <c r="C6" s="25"/>
-      <c r="D6" s="30">
+      <c r="C6" s="15"/>
+      <c r="D6" s="19">
         <v>2025</v>
       </c>
       <c r="E6" s="12"/>
-      <c r="F6" s="31">
+      <c r="F6" s="20">
         <v>2025</v>
       </c>
-      <c r="G6" s="25"/>
-      <c r="H6" s="30">
+      <c r="G6" s="15"/>
+      <c r="H6" s="19">
         <v>2025</v>
       </c>
-      <c r="I6" s="25"/>
-      <c r="J6" s="30">
+      <c r="I6" s="15"/>
+      <c r="J6" s="19">
         <v>2025</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="C7" s="24" t="s">
+      <c r="C7" s="14" t="s">
         <v>248</v>
       </c>
-      <c r="D7" s="32" t="s">
+      <c r="D7" s="21" t="s">
         <v>249</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="F7" s="33" t="s">
+      <c r="F7" s="22" t="s">
         <v>249</v>
       </c>
-      <c r="G7" s="24" t="s">
+      <c r="G7" s="14" t="s">
         <v>248</v>
       </c>
-      <c r="H7" s="32" t="s">
+      <c r="H7" s="21" t="s">
         <v>249</v>
       </c>
-      <c r="I7" s="24" t="s">
+      <c r="I7" s="14" t="s">
         <v>248</v>
       </c>
-      <c r="J7" s="32" t="s">
+      <c r="J7" s="21" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="C8" s="24"/>
-[...1 lines deleted...]
-        <v>314</v>
+      <c r="C8" s="14"/>
+      <c r="D8" s="21" t="s">
+        <v>268</v>
       </c>
       <c r="E8" s="1"/>
-      <c r="F8" s="33" t="s">
-[...8 lines deleted...]
-        <v>324</v>
+      <c r="F8" s="22" t="s">
+        <v>271</v>
+      </c>
+      <c r="G8" s="14"/>
+      <c r="H8" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="I8" s="14"/>
+      <c r="J8" s="21" t="s">
+        <v>278</v>
       </c>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="C9" s="24"/>
-[...1 lines deleted...]
-        <v>315</v>
+      <c r="C9" s="14"/>
+      <c r="D9" s="21" t="s">
+        <v>269</v>
       </c>
       <c r="E9" s="1"/>
-      <c r="F9" s="33" t="s">
-[...8 lines deleted...]
-        <v>325</v>
+      <c r="F9" s="22" t="s">
+        <v>272</v>
+      </c>
+      <c r="G9" s="14"/>
+      <c r="H9" s="21" t="s">
+        <v>272</v>
+      </c>
+      <c r="I9" s="14"/>
+      <c r="J9" s="21" t="s">
+        <v>279</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A10" s="3"/>
       <c r="B10" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="C10" s="24" t="s">
+      <c r="C10" s="14" t="s">
         <v>250</v>
       </c>
-      <c r="D10" s="32" t="s">
+      <c r="D10" s="21" t="s">
         <v>251</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="F10" s="33" t="s">
+      <c r="F10" s="22" t="s">
         <v>251</v>
       </c>
-      <c r="G10" s="24" t="s">
+      <c r="G10" s="14" t="s">
         <v>250</v>
       </c>
-      <c r="H10" s="32" t="s">
+      <c r="H10" s="21" t="s">
         <v>251</v>
       </c>
-      <c r="I10" s="24" t="s">
+      <c r="I10" s="14" t="s">
         <v>250</v>
       </c>
-      <c r="J10" s="32" t="s">
+      <c r="J10" s="21" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A11" s="3"/>
       <c r="B11" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="C11" s="24"/>
-[...6 lines deleted...]
-      <c r="J11" s="32"/>
+      <c r="C11" s="14"/>
+      <c r="D11" s="21"/>
+      <c r="E11" s="14"/>
+      <c r="F11" s="21"/>
+      <c r="G11" s="14"/>
+      <c r="H11" s="21"/>
+      <c r="I11" s="14"/>
+      <c r="J11" s="21"/>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A12" s="3"/>
       <c r="B12" s="9" t="s">
         <v>12</v>
       </c>
-      <c r="C12" s="24"/>
-[...6 lines deleted...]
-      <c r="J12" s="32"/>
+      <c r="C12" s="14"/>
+      <c r="D12" s="21"/>
+      <c r="E12" s="14"/>
+      <c r="F12" s="21"/>
+      <c r="G12" s="14"/>
+      <c r="H12" s="21"/>
+      <c r="I12" s="14"/>
+      <c r="J12" s="21"/>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B13" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="C13" s="25"/>
-      <c r="D13" s="30">
+      <c r="C13" s="15"/>
+      <c r="D13" s="19">
         <v>2025</v>
       </c>
       <c r="E13" s="12"/>
-      <c r="F13" s="31">
+      <c r="F13" s="20">
         <v>2025</v>
       </c>
-      <c r="G13" s="25"/>
-      <c r="H13" s="30">
+      <c r="G13" s="15"/>
+      <c r="H13" s="19">
         <v>2025</v>
       </c>
-      <c r="I13" s="25"/>
-      <c r="J13" s="30">
+      <c r="I13" s="15"/>
+      <c r="J13" s="19">
         <v>2025</v>
       </c>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="C14" s="24"/>
-      <c r="D14" s="32"/>
+      <c r="C14" s="14"/>
+      <c r="D14" s="21"/>
       <c r="E14" s="1"/>
-      <c r="F14" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J14" s="32"/>
+      <c r="F14" s="22" t="s">
+        <v>300</v>
+      </c>
+      <c r="G14" s="14"/>
+      <c r="H14" s="21"/>
+      <c r="I14" s="14"/>
+      <c r="J14" s="21"/>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="C15" s="24"/>
-      <c r="D15" s="32"/>
+      <c r="C15" s="14"/>
+      <c r="D15" s="21"/>
       <c r="E15" s="1"/>
-      <c r="F15" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J15" s="32"/>
+      <c r="F15" s="22" t="s">
+        <v>301</v>
+      </c>
+      <c r="G15" s="14"/>
+      <c r="H15" s="21"/>
+      <c r="I15" s="14"/>
+      <c r="J15" s="21"/>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>16</v>
       </c>
-      <c r="C16" s="24" t="s">
+      <c r="C16" s="14" t="s">
         <v>252</v>
       </c>
-      <c r="D16" s="32" t="s">
-        <v>300</v>
+      <c r="D16" s="21" t="s">
+        <v>254</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="F16" s="33" t="s">
-[...12 lines deleted...]
-        <v>322</v>
+      <c r="F16" s="22" t="s">
+        <v>284</v>
+      </c>
+      <c r="G16" s="14" t="s">
+        <v>281</v>
+      </c>
+      <c r="H16" s="21" t="s">
+        <v>276</v>
+      </c>
+      <c r="I16" s="14" t="s">
+        <v>281</v>
+      </c>
+      <c r="J16" s="21" t="s">
+        <v>276</v>
       </c>
     </row>
     <row r="17" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="C17" s="24"/>
-      <c r="D17" s="32"/>
+      <c r="C17" s="14"/>
+      <c r="D17" s="21"/>
       <c r="E17" s="1"/>
-      <c r="F17" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J17" s="32"/>
+      <c r="F17" s="22" t="s">
+        <v>302</v>
+      </c>
+      <c r="G17" s="14"/>
+      <c r="H17" s="21"/>
+      <c r="I17" s="14"/>
+      <c r="J17" s="21"/>
     </row>
     <row r="18" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A18" s="10" t="s">
         <v>5</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="C18" s="34"/>
-[...8 lines deleted...]
-      <c r="J18" s="35"/>
+      <c r="C18" s="23"/>
+      <c r="D18" s="24"/>
+      <c r="E18" s="25"/>
+      <c r="F18" s="26" t="s">
+        <v>303</v>
+      </c>
+      <c r="G18" s="23"/>
+      <c r="H18" s="24"/>
+      <c r="I18" s="23"/>
+      <c r="J18" s="24"/>
     </row>
     <row r="19" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A19" s="38" t="s">
+      <c r="A19" s="27" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="C19" s="25" t="s">
+      <c r="C19" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="D19" s="32"/>
+      <c r="D19" s="21"/>
       <c r="E19" s="12"/>
-      <c r="F19" s="33" t="s">
-[...2 lines deleted...]
-      <c r="G19" s="25" t="s">
+      <c r="F19" s="22" t="s">
+        <v>304</v>
+      </c>
+      <c r="G19" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="H19" s="32"/>
-      <c r="I19" s="25" t="s">
+      <c r="H19" s="21"/>
+      <c r="I19" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="J19" s="32"/>
+      <c r="J19" s="21"/>
     </row>
     <row r="20" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A20" s="39" t="s">
+      <c r="A20" s="28" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C20" s="24" t="s">
+      <c r="C20" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="D20" s="32"/>
-[...2 lines deleted...]
-      <c r="G20" s="24" t="s">
+      <c r="D20" s="21"/>
+      <c r="E20" s="14"/>
+      <c r="F20" s="21"/>
+      <c r="G20" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="H20" s="32"/>
-      <c r="I20" s="24" t="s">
+      <c r="H20" s="21"/>
+      <c r="I20" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="J20" s="32"/>
+      <c r="J20" s="21"/>
     </row>
     <row r="21" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A21" s="39" t="s">
+      <c r="A21" s="28" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="C21" s="24" t="s">
+      <c r="C21" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="D21" s="32"/>
-[...2 lines deleted...]
-      <c r="G21" s="24" t="s">
+      <c r="D21" s="21"/>
+      <c r="E21" s="14"/>
+      <c r="F21" s="21"/>
+      <c r="G21" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="H21" s="32"/>
-      <c r="I21" s="24" t="s">
+      <c r="H21" s="21"/>
+      <c r="I21" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="J21" s="32"/>
+      <c r="J21" s="21"/>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A22" s="39" t="s">
+      <c r="A22" s="28" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="C22" s="24" t="s">
+      <c r="C22" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="D22" s="32"/>
-[...2 lines deleted...]
-      <c r="G22" s="24" t="s">
+      <c r="D22" s="21"/>
+      <c r="E22" s="14"/>
+      <c r="F22" s="21"/>
+      <c r="G22" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="H22" s="32"/>
-      <c r="I22" s="24" t="s">
+      <c r="H22" s="21"/>
+      <c r="I22" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="J22" s="32"/>
+      <c r="J22" s="21"/>
     </row>
     <row r="23" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A23" s="39" t="s">
+      <c r="A23" s="28" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="C23" s="24"/>
-      <c r="D23" s="32"/>
+      <c r="C23" s="14"/>
+      <c r="D23" s="21"/>
       <c r="E23" s="1"/>
-      <c r="F23" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J23" s="32"/>
+      <c r="F23" s="22" t="s">
+        <v>305</v>
+      </c>
+      <c r="G23" s="14"/>
+      <c r="H23" s="21"/>
+      <c r="I23" s="14"/>
+      <c r="J23" s="21"/>
     </row>
     <row r="24" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A24" s="39" t="s">
+      <c r="A24" s="28" t="s">
         <v>29</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="C24" s="24"/>
-      <c r="D24" s="32"/>
+      <c r="C24" s="14"/>
+      <c r="D24" s="21"/>
       <c r="E24" s="1"/>
-      <c r="F24" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J24" s="32"/>
+      <c r="F24" s="22" t="s">
+        <v>306</v>
+      </c>
+      <c r="G24" s="14"/>
+      <c r="H24" s="21"/>
+      <c r="I24" s="14"/>
+      <c r="J24" s="21"/>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A25" s="39" t="s">
+      <c r="A25" s="28" t="s">
         <v>31</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="C25" s="24"/>
-      <c r="D25" s="32"/>
+      <c r="C25" s="14"/>
+      <c r="D25" s="21"/>
       <c r="E25" s="1"/>
-      <c r="F25" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J25" s="32"/>
+      <c r="F25" s="22" t="s">
+        <v>307</v>
+      </c>
+      <c r="G25" s="14"/>
+      <c r="H25" s="21"/>
+      <c r="I25" s="14"/>
+      <c r="J25" s="21"/>
     </row>
     <row r="26" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A26" s="39" t="s">
+      <c r="A26" s="28" t="s">
         <v>33</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C26" s="24"/>
-[...6 lines deleted...]
-      <c r="J26" s="32"/>
+      <c r="C26" s="14"/>
+      <c r="D26" s="21"/>
+      <c r="E26" s="14"/>
+      <c r="F26" s="21"/>
+      <c r="G26" s="14"/>
+      <c r="H26" s="21"/>
+      <c r="I26" s="14"/>
+      <c r="J26" s="21"/>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A27" s="39" t="s">
+      <c r="A27" s="28" t="s">
         <v>35</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="C27" s="24"/>
-[...6 lines deleted...]
-      <c r="J27" s="32"/>
+      <c r="C27" s="14"/>
+      <c r="D27" s="21"/>
+      <c r="E27" s="14"/>
+      <c r="F27" s="21"/>
+      <c r="G27" s="14"/>
+      <c r="H27" s="21"/>
+      <c r="I27" s="14"/>
+      <c r="J27" s="21"/>
     </row>
     <row r="28" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A28" s="39" t="s">
+      <c r="A28" s="28" t="s">
         <v>37</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="C28" s="24"/>
-      <c r="D28" s="32"/>
+      <c r="C28" s="14"/>
+      <c r="D28" s="21"/>
       <c r="E28" s="1"/>
-      <c r="F28" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J28" s="32"/>
+      <c r="F28" s="22" t="s">
+        <v>308</v>
+      </c>
+      <c r="G28" s="14"/>
+      <c r="H28" s="21"/>
+      <c r="I28" s="14"/>
+      <c r="J28" s="21"/>
     </row>
     <row r="29" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A29" s="39" t="s">
+      <c r="A29" s="28" t="s">
         <v>39</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="C29" s="24"/>
-      <c r="D29" s="32"/>
+      <c r="C29" s="14"/>
+      <c r="D29" s="21"/>
       <c r="E29" s="1"/>
-      <c r="F29" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J29" s="32"/>
+      <c r="F29" s="22" t="s">
+        <v>309</v>
+      </c>
+      <c r="G29" s="14"/>
+      <c r="H29" s="21"/>
+      <c r="I29" s="14"/>
+      <c r="J29" s="21"/>
     </row>
     <row r="30" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A30" s="39" t="s">
+      <c r="A30" s="28" t="s">
         <v>41</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="C30" s="24"/>
-[...8 lines deleted...]
-      <c r="J30" s="32"/>
+      <c r="C30" s="14"/>
+      <c r="D30" s="21"/>
+      <c r="E30" s="29"/>
+      <c r="F30" s="30" t="s">
+        <v>310</v>
+      </c>
+      <c r="G30" s="14"/>
+      <c r="H30" s="21"/>
+      <c r="I30" s="14"/>
+      <c r="J30" s="21"/>
     </row>
     <row r="31" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A31" s="39" t="s">
+      <c r="A31" s="28" t="s">
         <v>43</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="C31" s="24"/>
-[...8 lines deleted...]
-      <c r="J31" s="32"/>
+      <c r="C31" s="14"/>
+      <c r="D31" s="21"/>
+      <c r="E31" s="29"/>
+      <c r="F31" s="30" t="s">
+        <v>311</v>
+      </c>
+      <c r="G31" s="14"/>
+      <c r="H31" s="21"/>
+      <c r="I31" s="14"/>
+      <c r="J31" s="21"/>
     </row>
     <row r="32" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A32" s="39" t="s">
+      <c r="A32" s="28" t="s">
         <v>45</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="C32" s="24"/>
-[...8 lines deleted...]
-      <c r="J32" s="32"/>
+      <c r="C32" s="14"/>
+      <c r="D32" s="21"/>
+      <c r="E32" s="29"/>
+      <c r="F32" s="30" t="s">
+        <v>312</v>
+      </c>
+      <c r="G32" s="14"/>
+      <c r="H32" s="21"/>
+      <c r="I32" s="14"/>
+      <c r="J32" s="21"/>
     </row>
     <row r="33" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A33" s="39" t="s">
-        <v>346</v>
+      <c r="A33" s="28" t="s">
+        <v>299</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>345</v>
-[...10 lines deleted...]
-      <c r="J33" s="32"/>
+        <v>298</v>
+      </c>
+      <c r="C33" s="14"/>
+      <c r="D33" s="21"/>
+      <c r="E33" s="29"/>
+      <c r="F33" s="30" t="s">
+        <v>313</v>
+      </c>
+      <c r="G33" s="14"/>
+      <c r="H33" s="21"/>
+      <c r="I33" s="14"/>
+      <c r="J33" s="21"/>
     </row>
     <row r="34" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A34" s="39" t="s">
+      <c r="A34" s="28" t="s">
         <v>47</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="C34" s="24"/>
-[...6 lines deleted...]
-      <c r="J34" s="32"/>
+      <c r="C34" s="14"/>
+      <c r="D34" s="21"/>
+      <c r="E34" s="14"/>
+      <c r="F34" s="21"/>
+      <c r="G34" s="14"/>
+      <c r="H34" s="21"/>
+      <c r="I34" s="14"/>
+      <c r="J34" s="21"/>
     </row>
     <row r="35" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A35" s="39" t="s">
+      <c r="A35" s="28" t="s">
         <v>49</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="C35" s="24"/>
-[...6 lines deleted...]
-      <c r="J35" s="32"/>
+      <c r="C35" s="14"/>
+      <c r="D35" s="21"/>
+      <c r="E35" s="14"/>
+      <c r="F35" s="21"/>
+      <c r="G35" s="14"/>
+      <c r="H35" s="21"/>
+      <c r="I35" s="14"/>
+      <c r="J35" s="21"/>
     </row>
     <row r="36" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A36" s="39" t="s">
+      <c r="A36" s="28" t="s">
         <v>51</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="C36" s="24"/>
-[...6 lines deleted...]
-      <c r="J36" s="32"/>
+      <c r="C36" s="14"/>
+      <c r="D36" s="21"/>
+      <c r="E36" s="14"/>
+      <c r="F36" s="21"/>
+      <c r="G36" s="14"/>
+      <c r="H36" s="21"/>
+      <c r="I36" s="14"/>
+      <c r="J36" s="21"/>
     </row>
     <row r="37" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A37" s="39" t="s">
+      <c r="A37" s="28" t="s">
         <v>53</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="C37" s="24"/>
-[...6 lines deleted...]
-      <c r="J37" s="32"/>
+      <c r="C37" s="14"/>
+      <c r="D37" s="21"/>
+      <c r="E37" s="14"/>
+      <c r="F37" s="21"/>
+      <c r="G37" s="14"/>
+      <c r="H37" s="21"/>
+      <c r="I37" s="14"/>
+      <c r="J37" s="21"/>
     </row>
     <row r="38" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A38" s="39" t="s">
+      <c r="A38" s="28" t="s">
         <v>55</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="C38" s="24"/>
-[...6 lines deleted...]
-      <c r="J38" s="32"/>
+      <c r="C38" s="14"/>
+      <c r="D38" s="21"/>
+      <c r="E38" s="14"/>
+      <c r="F38" s="21"/>
+      <c r="G38" s="14"/>
+      <c r="H38" s="21"/>
+      <c r="I38" s="14"/>
+      <c r="J38" s="21"/>
     </row>
     <row r="39" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A39" s="39" t="s">
+      <c r="A39" s="28" t="s">
         <v>57</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="C39" s="24"/>
-[...6 lines deleted...]
-      <c r="J39" s="32"/>
+      <c r="C39" s="14"/>
+      <c r="D39" s="21"/>
+      <c r="E39" s="14"/>
+      <c r="F39" s="21"/>
+      <c r="G39" s="14"/>
+      <c r="H39" s="21"/>
+      <c r="I39" s="14"/>
+      <c r="J39" s="21"/>
     </row>
     <row r="40" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A40" s="39" t="s">
+      <c r="A40" s="28" t="s">
         <v>59</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="C40" s="24"/>
-[...6 lines deleted...]
-      <c r="J40" s="32"/>
+      <c r="C40" s="14"/>
+      <c r="D40" s="21"/>
+      <c r="E40" s="14"/>
+      <c r="F40" s="21"/>
+      <c r="G40" s="14"/>
+      <c r="H40" s="21"/>
+      <c r="I40" s="14"/>
+      <c r="J40" s="21"/>
     </row>
     <row r="41" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A41" s="39" t="s">
+      <c r="A41" s="28" t="s">
         <v>61</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="C41" s="24"/>
-[...6 lines deleted...]
-      <c r="J41" s="32"/>
+      <c r="C41" s="14"/>
+      <c r="D41" s="21"/>
+      <c r="E41" s="14"/>
+      <c r="F41" s="21"/>
+      <c r="G41" s="14"/>
+      <c r="H41" s="21"/>
+      <c r="I41" s="14"/>
+      <c r="J41" s="21"/>
     </row>
     <row r="42" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A42" s="39" t="s">
+      <c r="A42" s="28" t="s">
         <v>63</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="C42" s="24"/>
-[...6 lines deleted...]
-      <c r="J42" s="32"/>
+      <c r="C42" s="14"/>
+      <c r="D42" s="21"/>
+      <c r="E42" s="14"/>
+      <c r="F42" s="21"/>
+      <c r="G42" s="14"/>
+      <c r="H42" s="21"/>
+      <c r="I42" s="14"/>
+      <c r="J42" s="21"/>
     </row>
     <row r="43" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A43" s="39" t="s">
+      <c r="A43" s="28" t="s">
         <v>65</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="C43" s="24"/>
-[...6 lines deleted...]
-      <c r="J43" s="32"/>
+      <c r="C43" s="14"/>
+      <c r="D43" s="21"/>
+      <c r="E43" s="14"/>
+      <c r="F43" s="21"/>
+      <c r="G43" s="14"/>
+      <c r="H43" s="21"/>
+      <c r="I43" s="14"/>
+      <c r="J43" s="21"/>
     </row>
     <row r="44" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A44" s="39" t="s">
+      <c r="A44" s="28" t="s">
         <v>67</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="C44" s="24"/>
-[...6 lines deleted...]
-      <c r="J44" s="32"/>
+      <c r="C44" s="14"/>
+      <c r="D44" s="21"/>
+      <c r="E44" s="14"/>
+      <c r="F44" s="21"/>
+      <c r="G44" s="14"/>
+      <c r="H44" s="21"/>
+      <c r="I44" s="14"/>
+      <c r="J44" s="21"/>
     </row>
     <row r="45" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A45" s="39" t="s">
+      <c r="A45" s="28" t="s">
         <v>69</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="C45" s="24"/>
-[...6 lines deleted...]
-      <c r="J45" s="32"/>
+      <c r="C45" s="14"/>
+      <c r="D45" s="21"/>
+      <c r="E45" s="14"/>
+      <c r="F45" s="21"/>
+      <c r="G45" s="14"/>
+      <c r="H45" s="21"/>
+      <c r="I45" s="14"/>
+      <c r="J45" s="21"/>
     </row>
     <row r="46" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A46" s="39" t="s">
+      <c r="A46" s="28" t="s">
         <v>71</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="C46" s="24"/>
-[...6 lines deleted...]
-      <c r="J46" s="32"/>
+      <c r="C46" s="14"/>
+      <c r="D46" s="21"/>
+      <c r="E46" s="14"/>
+      <c r="F46" s="21"/>
+      <c r="G46" s="14"/>
+      <c r="H46" s="21"/>
+      <c r="I46" s="14"/>
+      <c r="J46" s="21"/>
     </row>
     <row r="47" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A47" s="39" t="s">
+      <c r="A47" s="28" t="s">
         <v>73</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="C47" s="24"/>
-[...6 lines deleted...]
-      <c r="J47" s="32"/>
+      <c r="C47" s="14"/>
+      <c r="D47" s="21"/>
+      <c r="E47" s="14"/>
+      <c r="F47" s="21"/>
+      <c r="G47" s="14"/>
+      <c r="H47" s="21"/>
+      <c r="I47" s="14"/>
+      <c r="J47" s="21"/>
     </row>
     <row r="48" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A48" s="39" t="s">
+      <c r="A48" s="28" t="s">
         <v>75</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="C48" s="24"/>
-[...6 lines deleted...]
-      <c r="J48" s="32"/>
+      <c r="C48" s="14"/>
+      <c r="D48" s="21"/>
+      <c r="E48" s="14"/>
+      <c r="F48" s="21"/>
+      <c r="G48" s="14"/>
+      <c r="H48" s="21"/>
+      <c r="I48" s="14"/>
+      <c r="J48" s="21"/>
     </row>
     <row r="49" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A49" s="39" t="s">
+      <c r="A49" s="28" t="s">
         <v>77</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="C49" s="24"/>
-[...6 lines deleted...]
-      <c r="J49" s="32"/>
+      <c r="C49" s="14"/>
+      <c r="D49" s="21"/>
+      <c r="E49" s="14"/>
+      <c r="F49" s="21"/>
+      <c r="G49" s="14"/>
+      <c r="H49" s="21"/>
+      <c r="I49" s="14"/>
+      <c r="J49" s="21"/>
     </row>
     <row r="50" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A50" s="39" t="s">
+      <c r="A50" s="28" t="s">
         <v>79</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="C50" s="24"/>
-[...6 lines deleted...]
-      <c r="J50" s="32"/>
+      <c r="C50" s="14"/>
+      <c r="D50" s="21"/>
+      <c r="E50" s="14"/>
+      <c r="F50" s="21"/>
+      <c r="G50" s="14"/>
+      <c r="H50" s="21"/>
+      <c r="I50" s="14"/>
+      <c r="J50" s="21"/>
     </row>
     <row r="51" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A51" s="39" t="s">
+      <c r="A51" s="28" t="s">
         <v>81</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="C51" s="24"/>
-[...6 lines deleted...]
-      <c r="J51" s="32"/>
+      <c r="C51" s="14"/>
+      <c r="D51" s="21"/>
+      <c r="E51" s="14"/>
+      <c r="F51" s="21"/>
+      <c r="G51" s="14"/>
+      <c r="H51" s="21"/>
+      <c r="I51" s="14"/>
+      <c r="J51" s="21"/>
     </row>
     <row r="52" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A52" s="39" t="s">
+      <c r="A52" s="28" t="s">
         <v>83</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="C52" s="24"/>
-[...6 lines deleted...]
-      <c r="J52" s="32"/>
+      <c r="C52" s="14"/>
+      <c r="D52" s="21"/>
+      <c r="E52" s="14"/>
+      <c r="F52" s="21"/>
+      <c r="G52" s="14"/>
+      <c r="H52" s="21"/>
+      <c r="I52" s="14"/>
+      <c r="J52" s="21"/>
     </row>
     <row r="53" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A53" s="39" t="s">
+      <c r="A53" s="28" t="s">
         <v>85</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="C53" s="24"/>
-[...6 lines deleted...]
-      <c r="J53" s="32"/>
+      <c r="C53" s="14"/>
+      <c r="D53" s="21"/>
+      <c r="E53" s="14"/>
+      <c r="F53" s="21"/>
+      <c r="G53" s="14"/>
+      <c r="H53" s="21"/>
+      <c r="I53" s="14"/>
+      <c r="J53" s="21"/>
     </row>
     <row r="54" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A54" s="39" t="s">
+      <c r="A54" s="28" t="s">
         <v>87</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="C54" s="24"/>
-[...6 lines deleted...]
-      <c r="J54" s="32"/>
+      <c r="C54" s="14"/>
+      <c r="D54" s="21"/>
+      <c r="E54" s="14"/>
+      <c r="F54" s="21"/>
+      <c r="G54" s="14"/>
+      <c r="H54" s="21"/>
+      <c r="I54" s="14"/>
+      <c r="J54" s="21"/>
     </row>
     <row r="55" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A55" s="39" t="s">
+      <c r="A55" s="28" t="s">
         <v>89</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="C55" s="24"/>
-[...6 lines deleted...]
-      <c r="J55" s="32"/>
+      <c r="C55" s="14"/>
+      <c r="D55" s="21"/>
+      <c r="E55" s="14"/>
+      <c r="F55" s="21"/>
+      <c r="G55" s="14"/>
+      <c r="H55" s="21"/>
+      <c r="I55" s="14"/>
+      <c r="J55" s="21"/>
     </row>
     <row r="56" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A56" s="39" t="s">
+      <c r="A56" s="28" t="s">
         <v>91</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="C56" s="24"/>
-[...6 lines deleted...]
-      <c r="J56" s="32"/>
+      <c r="C56" s="14"/>
+      <c r="D56" s="21"/>
+      <c r="E56" s="14"/>
+      <c r="F56" s="21"/>
+      <c r="G56" s="14"/>
+      <c r="H56" s="21"/>
+      <c r="I56" s="14"/>
+      <c r="J56" s="21"/>
     </row>
     <row r="57" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A57" s="39" t="s">
+      <c r="A57" s="28" t="s">
         <v>93</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="C57" s="24"/>
-[...6 lines deleted...]
-      <c r="J57" s="32"/>
+      <c r="C57" s="14"/>
+      <c r="D57" s="21"/>
+      <c r="E57" s="14"/>
+      <c r="F57" s="21"/>
+      <c r="G57" s="14"/>
+      <c r="H57" s="21"/>
+      <c r="I57" s="14"/>
+      <c r="J57" s="21"/>
     </row>
     <row r="58" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A58" s="39" t="s">
+      <c r="A58" s="28" t="s">
         <v>95</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="C58" s="24"/>
-[...6 lines deleted...]
-      <c r="J58" s="32"/>
+      <c r="C58" s="14"/>
+      <c r="D58" s="21"/>
+      <c r="E58" s="14"/>
+      <c r="F58" s="21"/>
+      <c r="G58" s="14"/>
+      <c r="H58" s="21"/>
+      <c r="I58" s="14"/>
+      <c r="J58" s="21"/>
     </row>
     <row r="59" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A59" s="39" t="s">
+      <c r="A59" s="28" t="s">
         <v>97</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="C59" s="24"/>
-[...6 lines deleted...]
-      <c r="J59" s="32"/>
+      <c r="C59" s="14"/>
+      <c r="D59" s="21"/>
+      <c r="E59" s="14"/>
+      <c r="F59" s="21"/>
+      <c r="G59" s="14"/>
+      <c r="H59" s="21"/>
+      <c r="I59" s="14"/>
+      <c r="J59" s="21"/>
     </row>
     <row r="60" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A60" s="39" t="s">
+      <c r="A60" s="28" t="s">
         <v>99</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>100</v>
       </c>
-      <c r="C60" s="24"/>
-[...6 lines deleted...]
-      <c r="J60" s="32"/>
+      <c r="C60" s="14"/>
+      <c r="D60" s="21"/>
+      <c r="E60" s="14"/>
+      <c r="F60" s="21"/>
+      <c r="G60" s="14"/>
+      <c r="H60" s="21"/>
+      <c r="I60" s="14"/>
+      <c r="J60" s="21"/>
     </row>
     <row r="61" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A61" s="39" t="s">
+      <c r="A61" s="28" t="s">
         <v>101</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="C61" s="24"/>
-[...6 lines deleted...]
-      <c r="J61" s="32"/>
+      <c r="C61" s="14"/>
+      <c r="D61" s="21"/>
+      <c r="E61" s="14"/>
+      <c r="F61" s="21"/>
+      <c r="G61" s="14"/>
+      <c r="H61" s="21"/>
+      <c r="I61" s="14"/>
+      <c r="J61" s="21"/>
     </row>
     <row r="62" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A62" s="39" t="s">
+      <c r="A62" s="28" t="s">
         <v>103</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="C62" s="24"/>
-[...6 lines deleted...]
-      <c r="J62" s="32"/>
+      <c r="C62" s="14"/>
+      <c r="D62" s="21"/>
+      <c r="E62" s="14"/>
+      <c r="F62" s="21"/>
+      <c r="G62" s="14"/>
+      <c r="H62" s="21"/>
+      <c r="I62" s="14"/>
+      <c r="J62" s="21"/>
     </row>
     <row r="63" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A63" s="39" t="s">
+      <c r="A63" s="28" t="s">
         <v>105</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="C63" s="24"/>
-[...6 lines deleted...]
-      <c r="J63" s="32"/>
+      <c r="C63" s="14"/>
+      <c r="D63" s="21"/>
+      <c r="E63" s="14"/>
+      <c r="F63" s="21"/>
+      <c r="G63" s="14"/>
+      <c r="H63" s="21"/>
+      <c r="I63" s="14"/>
+      <c r="J63" s="21"/>
     </row>
     <row r="64" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A64" s="39" t="s">
+      <c r="A64" s="28" t="s">
         <v>107</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="C64" s="24"/>
-[...6 lines deleted...]
-      <c r="J64" s="32"/>
+      <c r="C64" s="14"/>
+      <c r="D64" s="21"/>
+      <c r="E64" s="14"/>
+      <c r="F64" s="21"/>
+      <c r="G64" s="14"/>
+      <c r="H64" s="21"/>
+      <c r="I64" s="14"/>
+      <c r="J64" s="21"/>
     </row>
     <row r="65" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A65" s="39" t="s">
+      <c r="A65" s="28" t="s">
         <v>109</v>
       </c>
       <c r="B65" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="C65" s="24"/>
-[...6 lines deleted...]
-      <c r="J65" s="32"/>
+      <c r="C65" s="14"/>
+      <c r="D65" s="21"/>
+      <c r="E65" s="14"/>
+      <c r="F65" s="21"/>
+      <c r="G65" s="14"/>
+      <c r="H65" s="21"/>
+      <c r="I65" s="14"/>
+      <c r="J65" s="21"/>
     </row>
     <row r="66" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A66" s="39" t="s">
+      <c r="A66" s="28" t="s">
         <v>111</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="C66" s="24"/>
-[...6 lines deleted...]
-      <c r="J66" s="32"/>
+      <c r="C66" s="14"/>
+      <c r="D66" s="21"/>
+      <c r="E66" s="14"/>
+      <c r="F66" s="21"/>
+      <c r="G66" s="14"/>
+      <c r="H66" s="21"/>
+      <c r="I66" s="14"/>
+      <c r="J66" s="21"/>
     </row>
     <row r="67" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A67" s="39" t="s">
+      <c r="A67" s="28" t="s">
         <v>113</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="C67" s="24"/>
-[...6 lines deleted...]
-      <c r="J67" s="32"/>
+      <c r="C67" s="14"/>
+      <c r="D67" s="21"/>
+      <c r="E67" s="14"/>
+      <c r="F67" s="21"/>
+      <c r="G67" s="14"/>
+      <c r="H67" s="21"/>
+      <c r="I67" s="14"/>
+      <c r="J67" s="21"/>
     </row>
     <row r="68" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A68" s="39" t="s">
+      <c r="A68" s="28" t="s">
         <v>115</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="C68" s="24"/>
-[...6 lines deleted...]
-      <c r="J68" s="32"/>
+      <c r="C68" s="14"/>
+      <c r="D68" s="21"/>
+      <c r="E68" s="14"/>
+      <c r="F68" s="21"/>
+      <c r="G68" s="14"/>
+      <c r="H68" s="21"/>
+      <c r="I68" s="14"/>
+      <c r="J68" s="21"/>
     </row>
     <row r="69" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A69" s="39" t="s">
+      <c r="A69" s="28" t="s">
         <v>117</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="C69" s="24"/>
-[...6 lines deleted...]
-      <c r="J69" s="32"/>
+      <c r="C69" s="14"/>
+      <c r="D69" s="21"/>
+      <c r="E69" s="14"/>
+      <c r="F69" s="21"/>
+      <c r="G69" s="14"/>
+      <c r="H69" s="21"/>
+      <c r="I69" s="14"/>
+      <c r="J69" s="21"/>
     </row>
     <row r="70" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A70" s="39" t="s">
+      <c r="A70" s="28" t="s">
         <v>119</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="C70" s="24"/>
-[...6 lines deleted...]
-      <c r="J70" s="32"/>
+      <c r="C70" s="14"/>
+      <c r="D70" s="21"/>
+      <c r="E70" s="14"/>
+      <c r="F70" s="21"/>
+      <c r="G70" s="14"/>
+      <c r="H70" s="21"/>
+      <c r="I70" s="14"/>
+      <c r="J70" s="21"/>
     </row>
     <row r="71" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A71" s="39" t="s">
+      <c r="A71" s="28" t="s">
         <v>121</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="C71" s="24"/>
-[...6 lines deleted...]
-      <c r="J71" s="32"/>
+      <c r="C71" s="14"/>
+      <c r="D71" s="21"/>
+      <c r="E71" s="14"/>
+      <c r="F71" s="21"/>
+      <c r="G71" s="14"/>
+      <c r="H71" s="21"/>
+      <c r="I71" s="14"/>
+      <c r="J71" s="21"/>
     </row>
     <row r="72" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A72" s="39" t="s">
+      <c r="A72" s="28" t="s">
         <v>123</v>
       </c>
       <c r="B72" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="C72" s="24"/>
-[...6 lines deleted...]
-      <c r="J72" s="32"/>
+      <c r="C72" s="14"/>
+      <c r="D72" s="21"/>
+      <c r="E72" s="14"/>
+      <c r="F72" s="21"/>
+      <c r="G72" s="14"/>
+      <c r="H72" s="21"/>
+      <c r="I72" s="14"/>
+      <c r="J72" s="21"/>
     </row>
     <row r="73" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A73" s="39" t="s">
+      <c r="A73" s="28" t="s">
         <v>125</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="C73" s="24"/>
-[...6 lines deleted...]
-      <c r="J73" s="32"/>
+      <c r="C73" s="14"/>
+      <c r="D73" s="21"/>
+      <c r="E73" s="14"/>
+      <c r="F73" s="21"/>
+      <c r="G73" s="14"/>
+      <c r="H73" s="21"/>
+      <c r="I73" s="14"/>
+      <c r="J73" s="21"/>
     </row>
     <row r="74" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A74" s="39" t="s">
+      <c r="A74" s="28" t="s">
         <v>127</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="C74" s="24"/>
-[...6 lines deleted...]
-      <c r="J74" s="32"/>
+      <c r="C74" s="14"/>
+      <c r="D74" s="21"/>
+      <c r="E74" s="14"/>
+      <c r="F74" s="21"/>
+      <c r="G74" s="14"/>
+      <c r="H74" s="21"/>
+      <c r="I74" s="14"/>
+      <c r="J74" s="21"/>
     </row>
     <row r="75" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A75" s="39" t="s">
+      <c r="A75" s="28" t="s">
         <v>129</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="C75" s="24"/>
-[...6 lines deleted...]
-      <c r="J75" s="32"/>
+      <c r="C75" s="14"/>
+      <c r="D75" s="21"/>
+      <c r="E75" s="14"/>
+      <c r="F75" s="21"/>
+      <c r="G75" s="14"/>
+      <c r="H75" s="21"/>
+      <c r="I75" s="14"/>
+      <c r="J75" s="21"/>
     </row>
     <row r="76" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A76" s="39" t="s">
+      <c r="A76" s="28" t="s">
         <v>131</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>132</v>
       </c>
-      <c r="C76" s="24"/>
-[...6 lines deleted...]
-      <c r="J76" s="32"/>
+      <c r="C76" s="14"/>
+      <c r="D76" s="21"/>
+      <c r="E76" s="14"/>
+      <c r="F76" s="21"/>
+      <c r="G76" s="14"/>
+      <c r="H76" s="21"/>
+      <c r="I76" s="14"/>
+      <c r="J76" s="21"/>
     </row>
     <row r="77" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A77" s="39" t="s">
+      <c r="A77" s="28" t="s">
         <v>133</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>134</v>
       </c>
-      <c r="C77" s="24"/>
-[...6 lines deleted...]
-      <c r="J77" s="32"/>
+      <c r="C77" s="14"/>
+      <c r="D77" s="21"/>
+      <c r="E77" s="14"/>
+      <c r="F77" s="21"/>
+      <c r="G77" s="14"/>
+      <c r="H77" s="21"/>
+      <c r="I77" s="14"/>
+      <c r="J77" s="21"/>
     </row>
     <row r="78" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A78" s="39" t="s">
+      <c r="A78" s="28" t="s">
         <v>135</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="C78" s="24"/>
-[...6 lines deleted...]
-      <c r="J78" s="32"/>
+      <c r="C78" s="14"/>
+      <c r="D78" s="21"/>
+      <c r="E78" s="14"/>
+      <c r="F78" s="21"/>
+      <c r="G78" s="14"/>
+      <c r="H78" s="21"/>
+      <c r="I78" s="14"/>
+      <c r="J78" s="21"/>
     </row>
     <row r="79" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A79" s="39" t="s">
+      <c r="A79" s="28" t="s">
         <v>137</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="C79" s="24"/>
-[...6 lines deleted...]
-      <c r="J79" s="32"/>
+      <c r="C79" s="14"/>
+      <c r="D79" s="21"/>
+      <c r="E79" s="14"/>
+      <c r="F79" s="21"/>
+      <c r="G79" s="14"/>
+      <c r="H79" s="21"/>
+      <c r="I79" s="14"/>
+      <c r="J79" s="21"/>
     </row>
     <row r="80" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A80" s="39" t="s">
+      <c r="A80" s="28" t="s">
         <v>139</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>140</v>
       </c>
-      <c r="C80" s="24"/>
-[...6 lines deleted...]
-      <c r="J80" s="32"/>
+      <c r="C80" s="14"/>
+      <c r="D80" s="21"/>
+      <c r="E80" s="14"/>
+      <c r="F80" s="21"/>
+      <c r="G80" s="14"/>
+      <c r="H80" s="21"/>
+      <c r="I80" s="14"/>
+      <c r="J80" s="21"/>
     </row>
     <row r="81" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A81" s="39" t="s">
+      <c r="A81" s="28" t="s">
         <v>141</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>142</v>
       </c>
-      <c r="C81" s="24"/>
-[...6 lines deleted...]
-      <c r="J81" s="32"/>
+      <c r="C81" s="14"/>
+      <c r="D81" s="21"/>
+      <c r="E81" s="14"/>
+      <c r="F81" s="21"/>
+      <c r="G81" s="14"/>
+      <c r="H81" s="21"/>
+      <c r="I81" s="14"/>
+      <c r="J81" s="21"/>
     </row>
     <row r="82" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A82" s="39" t="s">
+      <c r="A82" s="28" t="s">
         <v>143</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>144</v>
       </c>
-      <c r="C82" s="24"/>
-[...6 lines deleted...]
-      <c r="J82" s="32"/>
+      <c r="C82" s="14"/>
+      <c r="D82" s="21"/>
+      <c r="E82" s="14"/>
+      <c r="F82" s="21"/>
+      <c r="G82" s="14"/>
+      <c r="H82" s="21"/>
+      <c r="I82" s="14"/>
+      <c r="J82" s="21"/>
     </row>
     <row r="83" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A83" s="39" t="s">
+      <c r="A83" s="28" t="s">
         <v>145</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>146</v>
       </c>
-      <c r="C83" s="24"/>
-[...6 lines deleted...]
-      <c r="J83" s="32"/>
+      <c r="C83" s="14"/>
+      <c r="D83" s="21"/>
+      <c r="E83" s="14"/>
+      <c r="F83" s="21"/>
+      <c r="G83" s="14"/>
+      <c r="H83" s="21"/>
+      <c r="I83" s="14"/>
+      <c r="J83" s="21"/>
     </row>
     <row r="84" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A84" s="39" t="s">
+      <c r="A84" s="28" t="s">
         <v>147</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>148</v>
       </c>
-      <c r="C84" s="24"/>
-[...6 lines deleted...]
-      <c r="J84" s="32"/>
+      <c r="C84" s="14"/>
+      <c r="D84" s="21"/>
+      <c r="E84" s="14"/>
+      <c r="F84" s="21"/>
+      <c r="G84" s="14"/>
+      <c r="H84" s="21"/>
+      <c r="I84" s="14"/>
+      <c r="J84" s="21"/>
     </row>
     <row r="85" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A85" s="39" t="s">
+      <c r="A85" s="28" t="s">
         <v>149</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="C85" s="24"/>
-[...6 lines deleted...]
-      <c r="J85" s="32"/>
+      <c r="C85" s="14"/>
+      <c r="D85" s="21"/>
+      <c r="E85" s="14"/>
+      <c r="F85" s="21"/>
+      <c r="G85" s="14"/>
+      <c r="H85" s="21"/>
+      <c r="I85" s="14"/>
+      <c r="J85" s="21"/>
     </row>
     <row r="86" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A86" s="39" t="s">
+      <c r="A86" s="28" t="s">
         <v>151</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>152</v>
       </c>
-      <c r="C86" s="24"/>
-[...6 lines deleted...]
-      <c r="J86" s="32"/>
+      <c r="C86" s="14"/>
+      <c r="D86" s="21"/>
+      <c r="E86" s="14"/>
+      <c r="F86" s="21"/>
+      <c r="G86" s="14"/>
+      <c r="H86" s="21"/>
+      <c r="I86" s="14"/>
+      <c r="J86" s="21"/>
     </row>
     <row r="87" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A87" s="39" t="s">
+      <c r="A87" s="28" t="s">
         <v>153</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>154</v>
       </c>
-      <c r="C87" s="24"/>
-[...6 lines deleted...]
-      <c r="J87" s="32"/>
+      <c r="C87" s="14"/>
+      <c r="D87" s="21"/>
+      <c r="E87" s="14"/>
+      <c r="F87" s="21"/>
+      <c r="G87" s="14"/>
+      <c r="H87" s="21"/>
+      <c r="I87" s="14"/>
+      <c r="J87" s="21"/>
     </row>
     <row r="88" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A88" s="39" t="s">
+      <c r="A88" s="28" t="s">
         <v>155</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>156</v>
       </c>
-      <c r="C88" s="24"/>
-[...6 lines deleted...]
-      <c r="J88" s="32"/>
+      <c r="C88" s="14"/>
+      <c r="D88" s="21"/>
+      <c r="E88" s="14"/>
+      <c r="F88" s="21"/>
+      <c r="G88" s="14"/>
+      <c r="H88" s="21"/>
+      <c r="I88" s="14"/>
+      <c r="J88" s="21"/>
     </row>
     <row r="89" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A89" s="39" t="s">
+      <c r="A89" s="28" t="s">
         <v>157</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>158</v>
       </c>
-      <c r="C89" s="24"/>
-[...6 lines deleted...]
-      <c r="J89" s="32"/>
+      <c r="C89" s="14"/>
+      <c r="D89" s="21"/>
+      <c r="E89" s="14"/>
+      <c r="F89" s="21"/>
+      <c r="G89" s="14"/>
+      <c r="H89" s="21"/>
+      <c r="I89" s="14"/>
+      <c r="J89" s="21"/>
     </row>
     <row r="90" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A90" s="39" t="s">
+      <c r="A90" s="28" t="s">
         <v>159</v>
       </c>
       <c r="B90" s="6" t="s">
         <v>160</v>
       </c>
-      <c r="C90" s="24"/>
-[...6 lines deleted...]
-      <c r="J90" s="32"/>
+      <c r="C90" s="14"/>
+      <c r="D90" s="21"/>
+      <c r="E90" s="14"/>
+      <c r="F90" s="21"/>
+      <c r="G90" s="14"/>
+      <c r="H90" s="21"/>
+      <c r="I90" s="14"/>
+      <c r="J90" s="21"/>
     </row>
     <row r="91" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A91" s="39" t="s">
+      <c r="A91" s="28" t="s">
         <v>161</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>162</v>
       </c>
-      <c r="C91" s="24"/>
-[...6 lines deleted...]
-      <c r="J91" s="32"/>
+      <c r="C91" s="14"/>
+      <c r="D91" s="21"/>
+      <c r="E91" s="14"/>
+      <c r="F91" s="21"/>
+      <c r="G91" s="14"/>
+      <c r="H91" s="21"/>
+      <c r="I91" s="14"/>
+      <c r="J91" s="21"/>
     </row>
     <row r="92" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A92" s="39" t="s">
+      <c r="A92" s="28" t="s">
         <v>163</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="C92" s="24"/>
-[...6 lines deleted...]
-      <c r="J92" s="32"/>
+      <c r="C92" s="14"/>
+      <c r="D92" s="21"/>
+      <c r="E92" s="14"/>
+      <c r="F92" s="21"/>
+      <c r="G92" s="14"/>
+      <c r="H92" s="21"/>
+      <c r="I92" s="14"/>
+      <c r="J92" s="21"/>
     </row>
     <row r="93" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A93" s="39" t="s">
+      <c r="A93" s="28" t="s">
         <v>165</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>166</v>
       </c>
-      <c r="C93" s="24"/>
-[...6 lines deleted...]
-      <c r="J93" s="32"/>
+      <c r="C93" s="14"/>
+      <c r="D93" s="21"/>
+      <c r="E93" s="14"/>
+      <c r="F93" s="21"/>
+      <c r="G93" s="14"/>
+      <c r="H93" s="21"/>
+      <c r="I93" s="14"/>
+      <c r="J93" s="21"/>
     </row>
     <row r="94" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A94" s="39" t="s">
+      <c r="A94" s="28" t="s">
         <v>167</v>
       </c>
       <c r="B94" s="6" t="s">
         <v>168</v>
       </c>
-      <c r="C94" s="24"/>
-[...6 lines deleted...]
-      <c r="J94" s="32"/>
+      <c r="C94" s="14"/>
+      <c r="D94" s="21"/>
+      <c r="E94" s="14"/>
+      <c r="F94" s="21"/>
+      <c r="G94" s="14"/>
+      <c r="H94" s="21"/>
+      <c r="I94" s="14"/>
+      <c r="J94" s="21"/>
     </row>
     <row r="95" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A95" s="39" t="s">
+      <c r="A95" s="28" t="s">
         <v>169</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>170</v>
       </c>
-      <c r="C95" s="24"/>
-[...6 lines deleted...]
-      <c r="J95" s="32"/>
+      <c r="C95" s="14"/>
+      <c r="D95" s="21"/>
+      <c r="E95" s="14"/>
+      <c r="F95" s="21"/>
+      <c r="G95" s="14"/>
+      <c r="H95" s="21"/>
+      <c r="I95" s="14"/>
+      <c r="J95" s="21"/>
     </row>
     <row r="96" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A96" s="39" t="s">
+      <c r="A96" s="28" t="s">
         <v>171</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="C96" s="24"/>
-[...6 lines deleted...]
-      <c r="J96" s="32"/>
+      <c r="C96" s="14"/>
+      <c r="D96" s="21"/>
+      <c r="E96" s="14"/>
+      <c r="F96" s="21"/>
+      <c r="G96" s="14"/>
+      <c r="H96" s="21"/>
+      <c r="I96" s="14"/>
+      <c r="J96" s="21"/>
     </row>
     <row r="97" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A97" s="39" t="s">
+      <c r="A97" s="28" t="s">
         <v>173</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>174</v>
       </c>
-      <c r="C97" s="24"/>
-[...6 lines deleted...]
-      <c r="J97" s="32"/>
+      <c r="C97" s="14"/>
+      <c r="D97" s="21"/>
+      <c r="E97" s="14"/>
+      <c r="F97" s="21"/>
+      <c r="G97" s="14"/>
+      <c r="H97" s="21"/>
+      <c r="I97" s="14"/>
+      <c r="J97" s="21"/>
     </row>
     <row r="98" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A98" s="39" t="s">
+      <c r="A98" s="28" t="s">
         <v>175</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>176</v>
       </c>
-      <c r="C98" s="24"/>
-[...6 lines deleted...]
-      <c r="J98" s="32"/>
+      <c r="C98" s="14"/>
+      <c r="D98" s="21"/>
+      <c r="E98" s="14"/>
+      <c r="F98" s="21"/>
+      <c r="G98" s="14"/>
+      <c r="H98" s="21"/>
+      <c r="I98" s="14"/>
+      <c r="J98" s="21"/>
     </row>
     <row r="99" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A99" s="39" t="s">
+      <c r="A99" s="28" t="s">
         <v>177</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>178</v>
       </c>
-      <c r="C99" s="24"/>
-[...6 lines deleted...]
-      <c r="J99" s="32"/>
+      <c r="C99" s="14"/>
+      <c r="D99" s="21"/>
+      <c r="E99" s="14"/>
+      <c r="F99" s="21"/>
+      <c r="G99" s="14"/>
+      <c r="H99" s="21"/>
+      <c r="I99" s="14"/>
+      <c r="J99" s="21"/>
     </row>
     <row r="100" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A100" s="39" t="s">
+      <c r="A100" s="28" t="s">
         <v>179</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>180</v>
       </c>
-      <c r="C100" s="24"/>
-[...6 lines deleted...]
-      <c r="J100" s="32"/>
+      <c r="C100" s="14"/>
+      <c r="D100" s="21"/>
+      <c r="E100" s="14"/>
+      <c r="F100" s="21"/>
+      <c r="G100" s="14"/>
+      <c r="H100" s="21"/>
+      <c r="I100" s="14"/>
+      <c r="J100" s="21"/>
     </row>
     <row r="101" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A101" s="39" t="s">
+      <c r="A101" s="28" t="s">
         <v>181</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>182</v>
       </c>
-      <c r="C101" s="24"/>
-[...6 lines deleted...]
-      <c r="J101" s="32"/>
+      <c r="C101" s="14"/>
+      <c r="D101" s="21"/>
+      <c r="E101" s="14"/>
+      <c r="F101" s="21"/>
+      <c r="G101" s="14"/>
+      <c r="H101" s="21"/>
+      <c r="I101" s="14"/>
+      <c r="J101" s="21"/>
     </row>
     <row r="102" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A102" s="39" t="s">
+      <c r="A102" s="28" t="s">
         <v>183</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>184</v>
       </c>
-      <c r="C102" s="24"/>
-[...6 lines deleted...]
-      <c r="J102" s="32"/>
+      <c r="C102" s="14"/>
+      <c r="D102" s="21"/>
+      <c r="E102" s="14"/>
+      <c r="F102" s="21"/>
+      <c r="G102" s="14"/>
+      <c r="H102" s="21"/>
+      <c r="I102" s="14"/>
+      <c r="J102" s="21"/>
     </row>
     <row r="103" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A103" s="39" t="s">
+      <c r="A103" s="28" t="s">
         <v>185</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>186</v>
       </c>
-      <c r="C103" s="24"/>
-[...6 lines deleted...]
-      <c r="J103" s="32"/>
+      <c r="C103" s="14"/>
+      <c r="D103" s="21"/>
+      <c r="E103" s="14"/>
+      <c r="F103" s="21"/>
+      <c r="G103" s="14"/>
+      <c r="H103" s="21"/>
+      <c r="I103" s="14"/>
+      <c r="J103" s="21"/>
     </row>
     <row r="104" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A104" s="39" t="s">
+      <c r="A104" s="28" t="s">
         <v>187</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="C104" s="24"/>
-[...6 lines deleted...]
-      <c r="J104" s="32"/>
+      <c r="C104" s="14"/>
+      <c r="D104" s="21"/>
+      <c r="E104" s="14"/>
+      <c r="F104" s="21"/>
+      <c r="G104" s="14"/>
+      <c r="H104" s="21"/>
+      <c r="I104" s="14"/>
+      <c r="J104" s="21"/>
     </row>
     <row r="105" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A105" s="39" t="s">
+      <c r="A105" s="28" t="s">
         <v>188</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>189</v>
       </c>
-      <c r="C105" s="24"/>
-[...6 lines deleted...]
-      <c r="J105" s="32"/>
+      <c r="C105" s="14"/>
+      <c r="D105" s="21"/>
+      <c r="E105" s="14"/>
+      <c r="F105" s="21"/>
+      <c r="G105" s="14"/>
+      <c r="H105" s="21"/>
+      <c r="I105" s="14"/>
+      <c r="J105" s="21"/>
     </row>
     <row r="106" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A106" s="44" t="s">
+      <c r="A106" s="33" t="s">
         <v>190</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>191</v>
       </c>
-      <c r="C106" s="24"/>
-[...6 lines deleted...]
-      <c r="J106" s="32"/>
+      <c r="C106" s="14"/>
+      <c r="D106" s="21"/>
+      <c r="E106" s="14"/>
+      <c r="F106" s="21"/>
+      <c r="G106" s="14"/>
+      <c r="H106" s="21"/>
+      <c r="I106" s="14"/>
+      <c r="J106" s="21"/>
     </row>
     <row r="107" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A107" s="45" t="s">
+      <c r="A107" s="34" t="s">
         <v>192</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>193</v>
       </c>
-      <c r="C107" s="24"/>
-[...6 lines deleted...]
-      <c r="J107" s="32"/>
+      <c r="C107" s="14"/>
+      <c r="D107" s="21"/>
+      <c r="E107" s="14"/>
+      <c r="F107" s="21"/>
+      <c r="G107" s="14"/>
+      <c r="H107" s="21"/>
+      <c r="I107" s="14"/>
+      <c r="J107" s="21"/>
     </row>
     <row r="108" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A108" s="45" t="s">
+      <c r="A108" s="34" t="s">
         <v>194</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="C108" s="24"/>
-[...6 lines deleted...]
-      <c r="J108" s="32"/>
+      <c r="C108" s="14"/>
+      <c r="D108" s="21"/>
+      <c r="E108" s="14"/>
+      <c r="F108" s="21"/>
+      <c r="G108" s="14"/>
+      <c r="H108" s="21"/>
+      <c r="I108" s="14"/>
+      <c r="J108" s="21"/>
     </row>
     <row r="109" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A109" s="45" t="s">
+      <c r="A109" s="34" t="s">
         <v>196</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="C109" s="24"/>
-[...6 lines deleted...]
-      <c r="J109" s="32"/>
+      <c r="C109" s="14"/>
+      <c r="D109" s="21"/>
+      <c r="E109" s="14"/>
+      <c r="F109" s="21"/>
+      <c r="G109" s="14"/>
+      <c r="H109" s="21"/>
+      <c r="I109" s="14"/>
+      <c r="J109" s="21"/>
     </row>
     <row r="110" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A110" s="45" t="s">
+      <c r="A110" s="34" t="s">
         <v>198</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>199</v>
       </c>
-      <c r="C110" s="24"/>
-[...6 lines deleted...]
-      <c r="J110" s="32"/>
+      <c r="C110" s="14"/>
+      <c r="D110" s="21"/>
+      <c r="E110" s="14"/>
+      <c r="F110" s="21"/>
+      <c r="G110" s="14"/>
+      <c r="H110" s="21"/>
+      <c r="I110" s="14"/>
+      <c r="J110" s="21"/>
     </row>
     <row r="111" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A111" s="45" t="s">
+      <c r="A111" s="34" t="s">
         <v>200</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="C111" s="24"/>
-[...6 lines deleted...]
-      <c r="J111" s="32"/>
+      <c r="C111" s="14"/>
+      <c r="D111" s="21"/>
+      <c r="E111" s="14"/>
+      <c r="F111" s="21"/>
+      <c r="G111" s="14"/>
+      <c r="H111" s="21"/>
+      <c r="I111" s="14"/>
+      <c r="J111" s="21"/>
     </row>
     <row r="112" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A112" s="45" t="s">
+      <c r="A112" s="34" t="s">
         <v>202</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>203</v>
       </c>
-      <c r="C112" s="24"/>
-[...6 lines deleted...]
-      <c r="J112" s="32"/>
+      <c r="C112" s="14"/>
+      <c r="D112" s="21"/>
+      <c r="E112" s="14"/>
+      <c r="F112" s="21"/>
+      <c r="G112" s="14"/>
+      <c r="H112" s="21"/>
+      <c r="I112" s="14"/>
+      <c r="J112" s="21"/>
     </row>
     <row r="113" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A113" s="45" t="s">
+      <c r="A113" s="34" t="s">
         <v>204</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>205</v>
       </c>
-      <c r="C113" s="24"/>
-[...6 lines deleted...]
-      <c r="J113" s="32"/>
+      <c r="C113" s="14"/>
+      <c r="D113" s="21"/>
+      <c r="E113" s="14"/>
+      <c r="F113" s="21"/>
+      <c r="G113" s="14"/>
+      <c r="H113" s="21"/>
+      <c r="I113" s="14"/>
+      <c r="J113" s="21"/>
     </row>
     <row r="114" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A114" s="45" t="s">
+      <c r="A114" s="34" t="s">
         <v>206</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>207</v>
       </c>
-      <c r="C114" s="24"/>
-[...6 lines deleted...]
-      <c r="J114" s="32"/>
+      <c r="C114" s="14"/>
+      <c r="D114" s="21"/>
+      <c r="E114" s="14"/>
+      <c r="F114" s="21"/>
+      <c r="G114" s="14"/>
+      <c r="H114" s="21"/>
+      <c r="I114" s="14"/>
+      <c r="J114" s="21"/>
     </row>
     <row r="115" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A115" s="45" t="s">
+      <c r="A115" s="34" t="s">
         <v>208</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="C115" s="24"/>
-[...6 lines deleted...]
-      <c r="J115" s="32"/>
+      <c r="C115" s="14"/>
+      <c r="D115" s="21"/>
+      <c r="E115" s="14"/>
+      <c r="F115" s="21"/>
+      <c r="G115" s="14"/>
+      <c r="H115" s="21"/>
+      <c r="I115" s="14"/>
+      <c r="J115" s="21"/>
     </row>
     <row r="116" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A116" s="45" t="s">
+      <c r="A116" s="34" t="s">
         <v>210</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="C116" s="24"/>
-[...6 lines deleted...]
-      <c r="J116" s="32"/>
+      <c r="C116" s="14"/>
+      <c r="D116" s="21"/>
+      <c r="E116" s="14"/>
+      <c r="F116" s="21"/>
+      <c r="G116" s="14"/>
+      <c r="H116" s="21"/>
+      <c r="I116" s="14"/>
+      <c r="J116" s="21"/>
     </row>
     <row r="117" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A117" s="45" t="s">
+      <c r="A117" s="34" t="s">
         <v>212</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>213</v>
       </c>
-      <c r="C117" s="24"/>
-[...6 lines deleted...]
-      <c r="J117" s="32"/>
+      <c r="C117" s="14"/>
+      <c r="D117" s="21"/>
+      <c r="E117" s="14"/>
+      <c r="F117" s="21"/>
+      <c r="G117" s="14"/>
+      <c r="H117" s="21"/>
+      <c r="I117" s="14"/>
+      <c r="J117" s="21"/>
     </row>
     <row r="118" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A118" s="45" t="s">
+      <c r="A118" s="34" t="s">
         <v>214</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>215</v>
       </c>
-      <c r="C118" s="24"/>
-[...6 lines deleted...]
-      <c r="J118" s="32"/>
+      <c r="C118" s="14"/>
+      <c r="D118" s="21"/>
+      <c r="E118" s="14"/>
+      <c r="F118" s="21"/>
+      <c r="G118" s="14"/>
+      <c r="H118" s="21"/>
+      <c r="I118" s="14"/>
+      <c r="J118" s="21"/>
     </row>
     <row r="119" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A119" s="45" t="s">
+      <c r="A119" s="34" t="s">
         <v>216</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="C119" s="24"/>
-[...6 lines deleted...]
-      <c r="J119" s="32"/>
+      <c r="C119" s="14"/>
+      <c r="D119" s="21"/>
+      <c r="E119" s="14"/>
+      <c r="F119" s="21"/>
+      <c r="G119" s="14"/>
+      <c r="H119" s="21"/>
+      <c r="I119" s="14"/>
+      <c r="J119" s="21"/>
     </row>
     <row r="120" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A120" s="45" t="s">
+      <c r="A120" s="34" t="s">
         <v>218</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>219</v>
       </c>
-      <c r="C120" s="24"/>
-[...6 lines deleted...]
-      <c r="J120" s="32"/>
+      <c r="C120" s="14"/>
+      <c r="D120" s="21"/>
+      <c r="E120" s="14"/>
+      <c r="F120" s="21"/>
+      <c r="G120" s="14"/>
+      <c r="H120" s="21"/>
+      <c r="I120" s="14"/>
+      <c r="J120" s="21"/>
     </row>
     <row r="121" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A121" s="45" t="s">
+      <c r="A121" s="34" t="s">
         <v>220</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>221</v>
       </c>
-      <c r="C121" s="24"/>
-[...6 lines deleted...]
-      <c r="J121" s="32"/>
+      <c r="C121" s="14"/>
+      <c r="D121" s="21"/>
+      <c r="E121" s="14"/>
+      <c r="F121" s="21"/>
+      <c r="G121" s="14"/>
+      <c r="H121" s="21"/>
+      <c r="I121" s="14"/>
+      <c r="J121" s="21"/>
     </row>
     <row r="122" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A122" s="45" t="s">
+      <c r="A122" s="34" t="s">
         <v>222</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="C122" s="24"/>
-[...6 lines deleted...]
-      <c r="J122" s="32"/>
+      <c r="C122" s="14"/>
+      <c r="D122" s="21"/>
+      <c r="E122" s="14"/>
+      <c r="F122" s="21"/>
+      <c r="G122" s="14"/>
+      <c r="H122" s="21"/>
+      <c r="I122" s="14"/>
+      <c r="J122" s="21"/>
     </row>
     <row r="123" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A123" s="45" t="s">
+      <c r="A123" s="34" t="s">
         <v>224</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="C123" s="24"/>
-[...6 lines deleted...]
-      <c r="J123" s="32"/>
+      <c r="C123" s="14"/>
+      <c r="D123" s="21"/>
+      <c r="E123" s="14"/>
+      <c r="F123" s="21"/>
+      <c r="G123" s="14"/>
+      <c r="H123" s="21"/>
+      <c r="I123" s="14"/>
+      <c r="J123" s="21"/>
     </row>
     <row r="124" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A124" s="45" t="s">
+      <c r="A124" s="34" t="s">
         <v>226</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>227</v>
       </c>
-      <c r="C124" s="24"/>
-[...6 lines deleted...]
-      <c r="J124" s="32"/>
+      <c r="C124" s="14"/>
+      <c r="D124" s="21"/>
+      <c r="E124" s="14"/>
+      <c r="F124" s="21"/>
+      <c r="G124" s="14"/>
+      <c r="H124" s="21"/>
+      <c r="I124" s="14"/>
+      <c r="J124" s="21"/>
     </row>
     <row r="125" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A125" s="45" t="s">
+      <c r="A125" s="34" t="s">
         <v>228</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>229</v>
       </c>
-      <c r="C125" s="24"/>
-[...6 lines deleted...]
-      <c r="J125" s="32"/>
+      <c r="C125" s="14"/>
+      <c r="D125" s="21"/>
+      <c r="E125" s="14"/>
+      <c r="F125" s="21"/>
+      <c r="G125" s="14"/>
+      <c r="H125" s="21"/>
+      <c r="I125" s="14"/>
+      <c r="J125" s="21"/>
     </row>
     <row r="126" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A126" s="45" t="s">
+      <c r="A126" s="34" t="s">
         <v>230</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>231</v>
       </c>
-      <c r="C126" s="24"/>
-[...6 lines deleted...]
-      <c r="J126" s="32"/>
+      <c r="C126" s="14"/>
+      <c r="D126" s="21"/>
+      <c r="E126" s="14"/>
+      <c r="F126" s="21"/>
+      <c r="G126" s="14"/>
+      <c r="H126" s="21"/>
+      <c r="I126" s="14"/>
+      <c r="J126" s="21"/>
     </row>
     <row r="127" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A127" s="45" t="s">
+      <c r="A127" s="34" t="s">
         <v>232</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>233</v>
       </c>
-      <c r="C127" s="24"/>
-[...6 lines deleted...]
-      <c r="J127" s="32"/>
+      <c r="C127" s="14"/>
+      <c r="D127" s="21"/>
+      <c r="E127" s="14"/>
+      <c r="F127" s="21"/>
+      <c r="G127" s="14"/>
+      <c r="H127" s="21"/>
+      <c r="I127" s="14"/>
+      <c r="J127" s="21"/>
     </row>
     <row r="128" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A128" s="45" t="s">
+      <c r="A128" s="34" t="s">
         <v>234</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>235</v>
       </c>
-      <c r="C128" s="24"/>
-[...6 lines deleted...]
-      <c r="J128" s="32"/>
+      <c r="C128" s="14"/>
+      <c r="D128" s="21"/>
+      <c r="E128" s="14"/>
+      <c r="F128" s="21"/>
+      <c r="G128" s="14"/>
+      <c r="H128" s="21"/>
+      <c r="I128" s="14"/>
+      <c r="J128" s="21"/>
     </row>
     <row r="129" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A129" s="45" t="s">
+      <c r="A129" s="34" t="s">
         <v>236</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>237</v>
       </c>
-      <c r="C129" s="24"/>
-[...6 lines deleted...]
-      <c r="J129" s="32"/>
+      <c r="C129" s="14"/>
+      <c r="D129" s="21"/>
+      <c r="E129" s="14"/>
+      <c r="F129" s="21"/>
+      <c r="G129" s="14"/>
+      <c r="H129" s="21"/>
+      <c r="I129" s="14"/>
+      <c r="J129" s="21"/>
     </row>
     <row r="130" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A130" s="39" t="s">
+      <c r="A130" s="28" t="s">
         <v>238</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>332</v>
-[...8 lines deleted...]
-      <c r="J130" s="32"/>
+        <v>285</v>
+      </c>
+      <c r="C130" s="14"/>
+      <c r="D130" s="21"/>
+      <c r="E130" s="14"/>
+      <c r="F130" s="21"/>
+      <c r="G130" s="14"/>
+      <c r="H130" s="21"/>
+      <c r="I130" s="14"/>
+      <c r="J130" s="21"/>
     </row>
     <row r="131" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A131" s="39" t="s">
+      <c r="A131" s="28" t="s">
         <v>239</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>304</v>
-[...8 lines deleted...]
-      <c r="J131" s="32"/>
+        <v>258</v>
+      </c>
+      <c r="C131" s="14"/>
+      <c r="D131" s="21"/>
+      <c r="E131" s="14"/>
+      <c r="F131" s="21"/>
+      <c r="G131" s="14"/>
+      <c r="H131" s="21"/>
+      <c r="I131" s="14"/>
+      <c r="J131" s="21"/>
     </row>
     <row r="132" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A132" s="39" t="s">
+      <c r="A132" s="28" t="s">
         <v>240</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>305</v>
-[...8 lines deleted...]
-      <c r="J132" s="32"/>
+        <v>259</v>
+      </c>
+      <c r="C132" s="14"/>
+      <c r="D132" s="21"/>
+      <c r="E132" s="14"/>
+      <c r="F132" s="21"/>
+      <c r="G132" s="14"/>
+      <c r="H132" s="21"/>
+      <c r="I132" s="14"/>
+      <c r="J132" s="21"/>
     </row>
     <row r="133" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A133" s="39" t="s">
+      <c r="A133" s="28" t="s">
         <v>241</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>306</v>
-[...8 lines deleted...]
-      <c r="J133" s="32"/>
+        <v>260</v>
+      </c>
+      <c r="C133" s="14"/>
+      <c r="D133" s="21"/>
+      <c r="E133" s="14"/>
+      <c r="F133" s="21"/>
+      <c r="G133" s="14"/>
+      <c r="H133" s="21"/>
+      <c r="I133" s="14"/>
+      <c r="J133" s="21"/>
     </row>
     <row r="134" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A134" s="39" t="s">
+      <c r="A134" s="28" t="s">
         <v>242</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>307</v>
-[...8 lines deleted...]
-      <c r="J134" s="32"/>
+        <v>261</v>
+      </c>
+      <c r="C134" s="14"/>
+      <c r="D134" s="21"/>
+      <c r="E134" s="14"/>
+      <c r="F134" s="21"/>
+      <c r="G134" s="14"/>
+      <c r="H134" s="21"/>
+      <c r="I134" s="14"/>
+      <c r="J134" s="21"/>
     </row>
     <row r="135" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A135" s="39" t="s">
+      <c r="A135" s="28" t="s">
         <v>243</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>308</v>
-[...8 lines deleted...]
-      <c r="J135" s="32"/>
+        <v>262</v>
+      </c>
+      <c r="C135" s="14"/>
+      <c r="D135" s="21"/>
+      <c r="E135" s="14"/>
+      <c r="F135" s="21"/>
+      <c r="G135" s="14"/>
+      <c r="H135" s="21"/>
+      <c r="I135" s="14"/>
+      <c r="J135" s="21"/>
     </row>
     <row r="136" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A136" s="39" t="s">
+      <c r="A136" s="28" t="s">
         <v>244</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>303</v>
-[...8 lines deleted...]
-      <c r="J136" s="32"/>
+        <v>257</v>
+      </c>
+      <c r="C136" s="14"/>
+      <c r="D136" s="21"/>
+      <c r="E136" s="14"/>
+      <c r="F136" s="21"/>
+      <c r="G136" s="14"/>
+      <c r="H136" s="21"/>
+      <c r="I136" s="14"/>
+      <c r="J136" s="21"/>
     </row>
     <row r="137" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A137" s="39" t="s">
+      <c r="A137" s="28" t="s">
         <v>245</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>309</v>
-[...8 lines deleted...]
-      <c r="J137" s="32"/>
+        <v>263</v>
+      </c>
+      <c r="C137" s="14"/>
+      <c r="D137" s="21"/>
+      <c r="E137" s="14"/>
+      <c r="F137" s="21"/>
+      <c r="G137" s="14"/>
+      <c r="H137" s="21"/>
+      <c r="I137" s="14"/>
+      <c r="J137" s="21"/>
     </row>
     <row r="138" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A138" s="39" t="s">
+      <c r="A138" s="28" t="s">
         <v>246</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>310</v>
-[...8 lines deleted...]
-      <c r="J138" s="32"/>
+        <v>264</v>
+      </c>
+      <c r="C138" s="14"/>
+      <c r="D138" s="21"/>
+      <c r="E138" s="14"/>
+      <c r="F138" s="21"/>
+      <c r="G138" s="14"/>
+      <c r="H138" s="21"/>
+      <c r="I138" s="14"/>
+      <c r="J138" s="21"/>
     </row>
     <row r="139" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A139" s="39" t="s">
+      <c r="A139" s="28" t="s">
         <v>247</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>311</v>
-[...8 lines deleted...]
-      <c r="J139" s="32"/>
+        <v>265</v>
+      </c>
+      <c r="C139" s="14"/>
+      <c r="D139" s="21"/>
+      <c r="E139" s="14"/>
+      <c r="F139" s="21"/>
+      <c r="G139" s="14"/>
+      <c r="H139" s="21"/>
+      <c r="I139" s="14"/>
+      <c r="J139" s="21"/>
     </row>
     <row r="140" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A140" s="39" t="s">
-        <v>333</v>
+      <c r="A140" s="28" t="s">
+        <v>286</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>334</v>
-[...8 lines deleted...]
-      <c r="J140" s="32"/>
+        <v>287</v>
+      </c>
+      <c r="C140" s="14"/>
+      <c r="D140" s="21"/>
+      <c r="E140" s="14"/>
+      <c r="F140" s="21"/>
+      <c r="G140" s="14"/>
+      <c r="H140" s="21"/>
+      <c r="I140" s="14"/>
+      <c r="J140" s="21"/>
     </row>
     <row r="141" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A141" s="39" t="s">
-        <v>335</v>
+      <c r="A141" s="28" t="s">
+        <v>288</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>336</v>
-[...8 lines deleted...]
-      <c r="J141" s="32"/>
+        <v>289</v>
+      </c>
+      <c r="C141" s="14"/>
+      <c r="D141" s="21"/>
+      <c r="E141" s="14"/>
+      <c r="F141" s="21"/>
+      <c r="G141" s="14"/>
+      <c r="H141" s="21"/>
+      <c r="I141" s="14"/>
+      <c r="J141" s="21"/>
     </row>
     <row r="142" spans="1:10" ht="24" x14ac:dyDescent="0.2">
-      <c r="A142" s="39" t="s">
-        <v>337</v>
+      <c r="A142" s="28" t="s">
+        <v>290</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>338</v>
-[...8 lines deleted...]
-      <c r="J142" s="32"/>
+        <v>291</v>
+      </c>
+      <c r="C142" s="14"/>
+      <c r="D142" s="21"/>
+      <c r="E142" s="14"/>
+      <c r="F142" s="21"/>
+      <c r="G142" s="14"/>
+      <c r="H142" s="21"/>
+      <c r="I142" s="14"/>
+      <c r="J142" s="21"/>
     </row>
     <row r="143" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A143" s="39" t="s">
-        <v>339</v>
+      <c r="A143" s="28" t="s">
+        <v>292</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>340</v>
-[...8 lines deleted...]
-      <c r="J143" s="32"/>
+        <v>293</v>
+      </c>
+      <c r="C143" s="14"/>
+      <c r="D143" s="21"/>
+      <c r="E143" s="14"/>
+      <c r="F143" s="21"/>
+      <c r="G143" s="14"/>
+      <c r="H143" s="21"/>
+      <c r="I143" s="14"/>
+      <c r="J143" s="21"/>
     </row>
     <row r="144" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A144" s="39" t="s">
-        <v>341</v>
+      <c r="A144" s="28" t="s">
+        <v>294</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>342</v>
-[...8 lines deleted...]
-      <c r="J144" s="32"/>
+        <v>295</v>
+      </c>
+      <c r="C144" s="14"/>
+      <c r="D144" s="21"/>
+      <c r="E144" s="14"/>
+      <c r="F144" s="21"/>
+      <c r="G144" s="14"/>
+      <c r="H144" s="21"/>
+      <c r="I144" s="14"/>
+      <c r="J144" s="21"/>
     </row>
     <row r="145" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A145" s="39" t="s">
-        <v>343</v>
+      <c r="A145" s="28" t="s">
+        <v>296</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>344</v>
-[...8 lines deleted...]
-      <c r="J145" s="32"/>
+        <v>297</v>
+      </c>
+      <c r="C145" s="14"/>
+      <c r="D145" s="21"/>
+      <c r="E145" s="14"/>
+      <c r="F145" s="21"/>
+      <c r="G145" s="14"/>
+      <c r="H145" s="21"/>
+      <c r="I145" s="14"/>
+      <c r="J145" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="15">
-    <mergeCell ref="I4:J4"/>
-[...4 lines deleted...]
-    <mergeCell ref="G4:H4"/>
     <mergeCell ref="C1:J1"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:F3"/>
     <mergeCell ref="G3:H3"/>
     <mergeCell ref="I3:J3"/>
     <mergeCell ref="C2:D2"/>
     <mergeCell ref="E2:F2"/>
     <mergeCell ref="G2:H2"/>
     <mergeCell ref="I2:J2"/>
+    <mergeCell ref="I4:J4"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="G4:H4"/>
   </mergeCells>
-  <phoneticPr fontId="7"/>
+  <phoneticPr fontId="6"/>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A140:A145" xr:uid="{8F2651C1-0F5A-493C-96AA-6C42914F7004}">
       <formula1>測定項目コード</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G23:G145 E23:E145 C23:C145 I23:I145" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>"E,&lt;,&gt;"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="70" fitToHeight="2" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="83" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:P145"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="70" workbookViewId="0">
       <pane xSplit="2" ySplit="18" topLeftCell="C94" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="36" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
-        <v>530</v>
-[...8 lines deleted...]
-      <c r="J1" s="54"/>
+        <v>494</v>
+      </c>
+      <c r="C1" s="47"/>
+      <c r="D1" s="47"/>
+      <c r="E1" s="47"/>
+      <c r="F1" s="47"/>
+      <c r="G1" s="47"/>
+      <c r="H1" s="47"/>
+      <c r="I1" s="47"/>
+      <c r="J1" s="47"/>
     </row>
     <row r="2" spans="1:10" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C2" s="70" t="s">
-[...14 lines deleted...]
-      <c r="J2" s="63"/>
+      <c r="C2" s="57" t="s">
+        <v>267</v>
+      </c>
+      <c r="D2" s="56"/>
+      <c r="E2" s="56" t="s">
+        <v>270</v>
+      </c>
+      <c r="F2" s="56"/>
+      <c r="G2" s="56" t="s">
+        <v>274</v>
+      </c>
+      <c r="H2" s="56"/>
+      <c r="I2" s="56" t="s">
+        <v>277</v>
+      </c>
+      <c r="J2" s="56"/>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="B3" s="23" t="s">
-[...11 lines deleted...]
-      <c r="J3" s="58"/>
+      <c r="B3" s="13" t="s">
+        <v>266</v>
+      </c>
+      <c r="C3" s="58"/>
+      <c r="D3" s="59"/>
+      <c r="E3" s="50" t="s">
+        <v>273</v>
+      </c>
+      <c r="F3" s="51"/>
+      <c r="G3" s="50"/>
+      <c r="H3" s="51"/>
+      <c r="I3" s="50"/>
+      <c r="J3" s="51"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A4" s="65" t="s">
+      <c r="A4" s="43" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="66" t="s">
+      <c r="B4" s="44" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="67" t="s">
+      <c r="C4" s="45" t="s">
         <v>2</v>
       </c>
-      <c r="D4" s="67"/>
-      <c r="E4" s="67" t="s">
+      <c r="D4" s="45"/>
+      <c r="E4" s="45" t="s">
         <v>2</v>
       </c>
-      <c r="F4" s="67"/>
-      <c r="G4" s="67" t="s">
+      <c r="F4" s="45"/>
+      <c r="G4" s="45" t="s">
         <v>2</v>
       </c>
-      <c r="H4" s="67"/>
-      <c r="I4" s="67" t="s">
+      <c r="H4" s="45"/>
+      <c r="I4" s="45" t="s">
         <v>2</v>
       </c>
-      <c r="J4" s="67"/>
+      <c r="J4" s="45"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A5" s="65"/>
-[...1 lines deleted...]
-      <c r="C5" s="29" t="s">
+      <c r="A5" s="43"/>
+      <c r="B5" s="44"/>
+      <c r="C5" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="29" t="s">
+      <c r="D5" s="18" t="s">
         <v>4</v>
       </c>
-      <c r="E5" s="29" t="s">
+      <c r="E5" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="F5" s="29" t="s">
+      <c r="F5" s="18" t="s">
         <v>4</v>
       </c>
-      <c r="G5" s="29" t="s">
+      <c r="G5" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="H5" s="29" t="s">
+      <c r="H5" s="18" t="s">
         <v>4</v>
       </c>
-      <c r="I5" s="29" t="s">
+      <c r="I5" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="J5" s="29" t="s">
+      <c r="J5" s="18" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A6" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C6" s="12"/>
-      <c r="D6" s="31">
+      <c r="D6" s="20">
         <v>2025</v>
       </c>
       <c r="E6" s="12"/>
-      <c r="F6" s="31">
+      <c r="F6" s="20">
         <v>2025</v>
       </c>
-      <c r="G6" s="46"/>
-      <c r="H6" s="47">
+      <c r="G6" s="35"/>
+      <c r="H6" s="36">
         <v>2025</v>
       </c>
       <c r="I6" s="12"/>
-      <c r="J6" s="31">
+      <c r="J6" s="20">
         <v>2025</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>7</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="D7" s="33" t="s">
+      <c r="D7" s="22" t="s">
         <v>249</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="F7" s="33" t="s">
+      <c r="F7" s="22" t="s">
         <v>249</v>
       </c>
-      <c r="G7" s="27" t="s">
+      <c r="G7" s="16" t="s">
         <v>248</v>
       </c>
-      <c r="H7" s="48" t="s">
+      <c r="H7" s="37" t="s">
         <v>249</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="J7" s="33" t="s">
+      <c r="J7" s="22" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="1"/>
-      <c r="D8" s="33" t="s">
-        <v>314</v>
+      <c r="D8" s="22" t="s">
+        <v>268</v>
       </c>
       <c r="E8" s="1"/>
-      <c r="F8" s="33" t="s">
-[...4 lines deleted...]
-        <v>321</v>
+      <c r="F8" s="22" t="s">
+        <v>271</v>
+      </c>
+      <c r="G8" s="16"/>
+      <c r="H8" s="37" t="s">
+        <v>275</v>
       </c>
       <c r="I8" s="1"/>
-      <c r="J8" s="33" t="s">
-        <v>324</v>
+      <c r="J8" s="22" t="s">
+        <v>278</v>
       </c>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="1"/>
-      <c r="D9" s="33" t="s">
-        <v>315</v>
+      <c r="D9" s="22" t="s">
+        <v>269</v>
       </c>
       <c r="E9" s="1"/>
-      <c r="F9" s="33" t="s">
-[...4 lines deleted...]
-        <v>318</v>
+      <c r="F9" s="22" t="s">
+        <v>272</v>
+      </c>
+      <c r="G9" s="16"/>
+      <c r="H9" s="37" t="s">
+        <v>272</v>
       </c>
       <c r="I9" s="1"/>
-      <c r="J9" s="33" t="s">
-        <v>325</v>
+      <c r="J9" s="22" t="s">
+        <v>279</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A10" s="3"/>
       <c r="B10" s="9" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="D10" s="33" t="s">
+      <c r="D10" s="22" t="s">
         <v>251</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="F10" s="33" t="s">
+      <c r="F10" s="22" t="s">
         <v>251</v>
       </c>
-      <c r="G10" s="27" t="s">
+      <c r="G10" s="16" t="s">
         <v>250</v>
       </c>
-      <c r="H10" s="48" t="s">
+      <c r="H10" s="37" t="s">
         <v>251</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="J10" s="33" t="s">
+      <c r="J10" s="22" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A11" s="3"/>
       <c r="B11" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="C11" s="24"/>
-[...6 lines deleted...]
-      <c r="J11" s="32"/>
+      <c r="C11" s="14"/>
+      <c r="D11" s="21"/>
+      <c r="E11" s="14"/>
+      <c r="F11" s="21"/>
+      <c r="G11" s="14"/>
+      <c r="H11" s="21"/>
+      <c r="I11" s="14"/>
+      <c r="J11" s="21"/>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A12" s="3"/>
       <c r="B12" s="9" t="s">
         <v>12</v>
       </c>
-      <c r="C12" s="24"/>
-[...6 lines deleted...]
-      <c r="J12" s="32"/>
+      <c r="C12" s="14"/>
+      <c r="D12" s="21"/>
+      <c r="E12" s="14"/>
+      <c r="F12" s="21"/>
+      <c r="G12" s="14"/>
+      <c r="H12" s="21"/>
+      <c r="I12" s="14"/>
+      <c r="J12" s="21"/>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B13" s="11" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="12"/>
-      <c r="D13" s="31">
+      <c r="D13" s="20">
         <v>2025</v>
       </c>
       <c r="E13" s="12"/>
-      <c r="F13" s="31">
+      <c r="F13" s="20">
         <v>2025</v>
       </c>
-      <c r="G13" s="46"/>
-      <c r="H13" s="47">
+      <c r="G13" s="35"/>
+      <c r="H13" s="36">
         <v>2025</v>
       </c>
       <c r="I13" s="12"/>
-      <c r="J13" s="31">
+      <c r="J13" s="20">
         <v>2025</v>
       </c>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="1"/>
-      <c r="D14" s="33" t="s">
-        <v>361</v>
+      <c r="D14" s="22" t="s">
+        <v>314</v>
       </c>
       <c r="E14" s="1"/>
-      <c r="F14" s="33" t="s">
-[...4 lines deleted...]
-        <v>361</v>
+      <c r="F14" s="22" t="s">
+        <v>314</v>
+      </c>
+      <c r="G14" s="16"/>
+      <c r="H14" s="22" t="s">
+        <v>314</v>
       </c>
       <c r="I14" s="1"/>
-      <c r="J14" s="33" t="s">
-        <v>361</v>
+      <c r="J14" s="22" t="s">
+        <v>314</v>
       </c>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C15" s="1"/>
-      <c r="D15" s="33" t="s">
-        <v>362</v>
+      <c r="D15" s="22" t="s">
+        <v>315</v>
       </c>
       <c r="E15" s="1"/>
-      <c r="F15" s="33" t="s">
-[...4 lines deleted...]
-        <v>364</v>
+      <c r="F15" s="22" t="s">
+        <v>316</v>
+      </c>
+      <c r="G15" s="16"/>
+      <c r="H15" s="37" t="s">
+        <v>317</v>
       </c>
       <c r="I15" s="1"/>
-      <c r="J15" s="33" t="s">
-        <v>365</v>
+      <c r="J15" s="22" t="s">
+        <v>318</v>
       </c>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="D16" s="33" t="s">
-        <v>300</v>
+      <c r="D16" s="22" t="s">
+        <v>254</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="F16" s="33" t="s">
-[...12 lines deleted...]
-        <v>326</v>
+      <c r="F16" s="22" t="s">
+        <v>254</v>
+      </c>
+      <c r="G16" s="16" t="s">
+        <v>282</v>
+      </c>
+      <c r="H16" s="37" t="s">
+        <v>280</v>
+      </c>
+      <c r="I16" s="16" t="s">
+        <v>281</v>
+      </c>
+      <c r="J16" s="37" t="s">
+        <v>280</v>
       </c>
     </row>
     <row r="17" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C17" s="1"/>
-      <c r="D17" s="33" t="s">
-        <v>366</v>
+      <c r="D17" s="22" t="s">
+        <v>319</v>
       </c>
       <c r="E17" s="1"/>
-      <c r="F17" s="33" t="s">
-[...4 lines deleted...]
-        <v>366</v>
+      <c r="F17" s="22" t="s">
+        <v>319</v>
+      </c>
+      <c r="G17" s="16"/>
+      <c r="H17" s="37" t="s">
+        <v>319</v>
       </c>
       <c r="I17" s="1"/>
-      <c r="J17" s="33" t="s">
-        <v>367</v>
+      <c r="J17" s="22" t="s">
+        <v>320</v>
       </c>
       <c r="P17">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A18" s="10" t="s">
         <v>5</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="C18" s="36"/>
-[...13 lines deleted...]
-        <v>368</v>
+      <c r="C18" s="25"/>
+      <c r="D18" s="26" t="s">
+        <v>321</v>
+      </c>
+      <c r="E18" s="25"/>
+      <c r="F18" s="26" t="s">
+        <v>321</v>
+      </c>
+      <c r="G18" s="16"/>
+      <c r="H18" s="37" t="s">
+        <v>321</v>
+      </c>
+      <c r="I18" s="25"/>
+      <c r="J18" s="26" t="s">
+        <v>321</v>
       </c>
     </row>
     <row r="19" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A19" s="38" t="s">
+      <c r="A19" s="27" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>329</v>
+        <v>283</v>
       </c>
       <c r="C19" s="12"/>
-      <c r="D19" s="33" t="s">
-        <v>367</v>
+      <c r="D19" s="22" t="s">
+        <v>320</v>
       </c>
       <c r="E19" s="12"/>
-      <c r="F19" s="33" t="s">
-[...4 lines deleted...]
-        <v>367</v>
+      <c r="F19" s="22" t="s">
+        <v>320</v>
+      </c>
+      <c r="G19" s="16"/>
+      <c r="H19" s="37" t="s">
+        <v>320</v>
       </c>
       <c r="I19" s="12"/>
-      <c r="J19" s="33" t="s">
-        <v>367</v>
+      <c r="J19" s="22" t="s">
+        <v>320</v>
       </c>
     </row>
     <row r="20" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A20" s="39" t="s">
+      <c r="A20" s="28" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C20" s="24"/>
-[...6 lines deleted...]
-      <c r="J20" s="32"/>
+      <c r="C20" s="14"/>
+      <c r="D20" s="21"/>
+      <c r="E20" s="14"/>
+      <c r="F20" s="21"/>
+      <c r="G20" s="14"/>
+      <c r="H20" s="21"/>
+      <c r="I20" s="14"/>
+      <c r="J20" s="21"/>
     </row>
     <row r="21" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A21" s="39" t="s">
+      <c r="A21" s="28" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="C21" s="24"/>
-[...6 lines deleted...]
-      <c r="J21" s="32"/>
+      <c r="C21" s="14"/>
+      <c r="D21" s="21"/>
+      <c r="E21" s="14"/>
+      <c r="F21" s="21"/>
+      <c r="G21" s="14"/>
+      <c r="H21" s="21"/>
+      <c r="I21" s="14"/>
+      <c r="J21" s="21"/>
     </row>
     <row r="22" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A22" s="39" t="s">
+      <c r="A22" s="28" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="C22" s="24"/>
-[...6 lines deleted...]
-      <c r="J22" s="32"/>
+      <c r="C22" s="14"/>
+      <c r="D22" s="21"/>
+      <c r="E22" s="14"/>
+      <c r="F22" s="21"/>
+      <c r="G22" s="14"/>
+      <c r="H22" s="21"/>
+      <c r="I22" s="14"/>
+      <c r="J22" s="21"/>
     </row>
     <row r="23" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A23" s="39" t="s">
+      <c r="A23" s="28" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C23" s="1"/>
-      <c r="D23" s="33" t="s">
-        <v>369</v>
+      <c r="D23" s="22" t="s">
+        <v>322</v>
       </c>
       <c r="E23" s="1"/>
-      <c r="F23" s="33" t="s">
-[...4 lines deleted...]
-        <v>374</v>
+      <c r="F23" s="22" t="s">
+        <v>326</v>
+      </c>
+      <c r="G23" s="16"/>
+      <c r="H23" s="37" t="s">
+        <v>327</v>
       </c>
       <c r="I23" s="1"/>
-      <c r="J23" s="33" t="s">
-        <v>375</v>
+      <c r="J23" s="22" t="s">
+        <v>328</v>
       </c>
     </row>
     <row r="24" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A24" s="39" t="s">
+      <c r="A24" s="28" t="s">
         <v>29</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C24" s="1"/>
-      <c r="D24" s="33" t="s">
-        <v>376</v>
+      <c r="D24" s="22" t="s">
+        <v>329</v>
       </c>
       <c r="E24" s="1"/>
-      <c r="F24" s="33" t="s">
-[...4 lines deleted...]
-        <v>371</v>
+      <c r="F24" s="22" t="s">
+        <v>323</v>
+      </c>
+      <c r="G24" s="16"/>
+      <c r="H24" s="37" t="s">
+        <v>324</v>
       </c>
       <c r="I24" s="1"/>
-      <c r="J24" s="33" t="s">
-        <v>372</v>
+      <c r="J24" s="22" t="s">
+        <v>325</v>
       </c>
     </row>
     <row r="25" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A25" s="39" t="s">
+      <c r="A25" s="28" t="s">
         <v>31</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C25" s="1"/>
-      <c r="D25" s="33" t="s">
-        <v>377</v>
+      <c r="D25" s="22" t="s">
+        <v>330</v>
       </c>
       <c r="E25" s="1"/>
-      <c r="F25" s="33" t="s">
-[...7 lines deleted...]
-      <c r="J25" s="32"/>
+      <c r="F25" s="22" t="s">
+        <v>331</v>
+      </c>
+      <c r="G25" s="16"/>
+      <c r="H25" s="37" t="s">
+        <v>332</v>
+      </c>
+      <c r="I25" s="14"/>
+      <c r="J25" s="21"/>
     </row>
     <row r="26" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A26" s="39" t="s">
+      <c r="A26" s="28" t="s">
         <v>33</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C26" s="24"/>
-[...6 lines deleted...]
-      <c r="J26" s="32"/>
+      <c r="C26" s="14"/>
+      <c r="D26" s="21"/>
+      <c r="E26" s="14"/>
+      <c r="F26" s="21"/>
+      <c r="G26" s="14"/>
+      <c r="H26" s="21"/>
+      <c r="I26" s="14"/>
+      <c r="J26" s="21"/>
     </row>
     <row r="27" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A27" s="39" t="s">
+      <c r="A27" s="28" t="s">
         <v>35</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="C27" s="24"/>
-[...6 lines deleted...]
-      <c r="J27" s="32"/>
+      <c r="C27" s="14"/>
+      <c r="D27" s="21"/>
+      <c r="E27" s="14"/>
+      <c r="F27" s="21"/>
+      <c r="G27" s="14"/>
+      <c r="H27" s="21"/>
+      <c r="I27" s="14"/>
+      <c r="J27" s="21"/>
     </row>
     <row r="28" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A28" s="39" t="s">
+      <c r="A28" s="28" t="s">
         <v>37</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>38</v>
       </c>
       <c r="C28" s="1"/>
-      <c r="D28" s="33" t="s">
-        <v>384</v>
+      <c r="D28" s="22" t="s">
+        <v>337</v>
       </c>
       <c r="E28" s="1"/>
-      <c r="F28" s="33" t="s">
-[...4 lines deleted...]
-        <v>386</v>
+      <c r="F28" s="22" t="s">
+        <v>338</v>
+      </c>
+      <c r="G28" s="16"/>
+      <c r="H28" s="37" t="s">
+        <v>339</v>
       </c>
       <c r="I28" s="1"/>
-      <c r="J28" s="33" t="s">
-        <v>387</v>
+      <c r="J28" s="22" t="s">
+        <v>340</v>
       </c>
     </row>
     <row r="29" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A29" s="39" t="s">
+      <c r="A29" s="28" t="s">
         <v>39</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C29" s="1"/>
-      <c r="D29" s="33" t="s">
-        <v>380</v>
+      <c r="D29" s="22" t="s">
+        <v>333</v>
       </c>
       <c r="E29" s="1"/>
-      <c r="F29" s="33" t="s">
-[...4 lines deleted...]
-        <v>382</v>
+      <c r="F29" s="22" t="s">
+        <v>334</v>
+      </c>
+      <c r="G29" s="16"/>
+      <c r="H29" s="37" t="s">
+        <v>335</v>
       </c>
       <c r="I29" s="1"/>
-      <c r="J29" s="33" t="s">
-        <v>383</v>
+      <c r="J29" s="22" t="s">
+        <v>336</v>
       </c>
     </row>
     <row r="30" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A30" s="39" t="s">
+      <c r="A30" s="28" t="s">
         <v>41</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="C30" s="40"/>
-[...14 lines deleted...]
-      <c r="J30" s="32"/>
+      <c r="C30" s="29"/>
+      <c r="D30" s="30" t="s">
+        <v>375</v>
+      </c>
+      <c r="E30" s="29" t="s">
+        <v>253</v>
+      </c>
+      <c r="F30" s="30" t="s">
+        <v>376</v>
+      </c>
+      <c r="G30" s="29"/>
+      <c r="H30" s="30" t="s">
+        <v>377</v>
+      </c>
+      <c r="I30" s="14"/>
+      <c r="J30" s="21"/>
     </row>
     <row r="31" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A31" s="39" t="s">
+      <c r="A31" s="28" t="s">
         <v>43</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="C31" s="40"/>
-[...12 lines deleted...]
-      <c r="J31" s="32"/>
+      <c r="C31" s="29"/>
+      <c r="D31" s="30" t="s">
+        <v>378</v>
+      </c>
+      <c r="E31" s="29"/>
+      <c r="F31" s="30" t="s">
+        <v>379</v>
+      </c>
+      <c r="G31" s="29"/>
+      <c r="H31" s="30" t="s">
+        <v>308</v>
+      </c>
+      <c r="I31" s="14"/>
+      <c r="J31" s="21"/>
     </row>
     <row r="32" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A32" s="39" t="s">
+      <c r="A32" s="28" t="s">
         <v>45</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="C32" s="40"/>
-[...12 lines deleted...]
-      <c r="J32" s="32"/>
+      <c r="C32" s="29"/>
+      <c r="D32" s="30" t="s">
+        <v>380</v>
+      </c>
+      <c r="E32" s="29"/>
+      <c r="F32" s="30" t="s">
+        <v>276</v>
+      </c>
+      <c r="G32" s="29"/>
+      <c r="H32" s="30" t="s">
+        <v>381</v>
+      </c>
+      <c r="I32" s="14"/>
+      <c r="J32" s="21"/>
     </row>
     <row r="33" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A33" s="39" t="s">
-        <v>346</v>
+      <c r="A33" s="28" t="s">
+        <v>299</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>345</v>
-[...14 lines deleted...]
-      <c r="J33" s="32"/>
+        <v>298</v>
+      </c>
+      <c r="C33" s="29"/>
+      <c r="D33" s="30" t="s">
+        <v>382</v>
+      </c>
+      <c r="E33" s="29"/>
+      <c r="F33" s="30" t="s">
+        <v>383</v>
+      </c>
+      <c r="G33" s="29"/>
+      <c r="H33" s="30" t="s">
+        <v>384</v>
+      </c>
+      <c r="I33" s="14"/>
+      <c r="J33" s="21"/>
     </row>
     <row r="34" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A34" s="39" t="s">
+      <c r="A34" s="28" t="s">
         <v>47</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="C34" s="24"/>
-[...6 lines deleted...]
-      <c r="J34" s="32"/>
+      <c r="C34" s="14"/>
+      <c r="D34" s="21"/>
+      <c r="E34" s="14"/>
+      <c r="F34" s="21"/>
+      <c r="G34" s="14"/>
+      <c r="H34" s="21"/>
+      <c r="I34" s="14"/>
+      <c r="J34" s="21"/>
     </row>
     <row r="35" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A35" s="39" t="s">
+      <c r="A35" s="28" t="s">
         <v>49</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="C35" s="42"/>
-[...12 lines deleted...]
-      <c r="J35" s="32"/>
+      <c r="C35" s="31"/>
+      <c r="D35" s="32" t="s">
+        <v>351</v>
+      </c>
+      <c r="E35" s="31"/>
+      <c r="F35" s="32" t="s">
+        <v>352</v>
+      </c>
+      <c r="G35" s="31"/>
+      <c r="H35" s="32" t="s">
+        <v>353</v>
+      </c>
+      <c r="I35" s="14"/>
+      <c r="J35" s="21"/>
     </row>
     <row r="36" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A36" s="39" t="s">
+      <c r="A36" s="28" t="s">
         <v>51</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="C36" s="42"/>
-[...12 lines deleted...]
-      <c r="J36" s="32"/>
+      <c r="C36" s="31"/>
+      <c r="D36" s="32" t="s">
+        <v>354</v>
+      </c>
+      <c r="E36" s="31"/>
+      <c r="F36" s="32" t="s">
+        <v>355</v>
+      </c>
+      <c r="G36" s="31"/>
+      <c r="H36" s="32" t="s">
+        <v>356</v>
+      </c>
+      <c r="I36" s="14"/>
+      <c r="J36" s="21"/>
     </row>
     <row r="37" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A37" s="39" t="s">
+      <c r="A37" s="28" t="s">
         <v>53</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="C37" s="42" t="s">
-[...17 lines deleted...]
-        <v>391</v>
+      <c r="C37" s="31" t="s">
+        <v>343</v>
+      </c>
+      <c r="D37" s="32" t="s">
+        <v>344</v>
+      </c>
+      <c r="E37" s="31" t="s">
+        <v>343</v>
+      </c>
+      <c r="F37" s="32" t="s">
+        <v>344</v>
+      </c>
+      <c r="G37" s="14"/>
+      <c r="H37" s="21"/>
+      <c r="I37" s="31" t="s">
+        <v>343</v>
+      </c>
+      <c r="J37" s="32" t="s">
+        <v>344</v>
       </c>
     </row>
     <row r="38" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A38" s="39" t="s">
+      <c r="A38" s="28" t="s">
         <v>55</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="C38" s="24"/>
-[...9 lines deleted...]
-        <v>434</v>
+      <c r="C38" s="14"/>
+      <c r="D38" s="21"/>
+      <c r="E38" s="14"/>
+      <c r="F38" s="21"/>
+      <c r="G38" s="14"/>
+      <c r="H38" s="21"/>
+      <c r="I38" s="29" t="s">
+        <v>253</v>
+      </c>
+      <c r="J38" s="30" t="s">
+        <v>387</v>
       </c>
     </row>
     <row r="39" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A39" s="39" t="s">
+      <c r="A39" s="28" t="s">
         <v>57</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="C39" s="42" t="s">
-[...17 lines deleted...]
-        <v>392</v>
+      <c r="C39" s="31" t="s">
+        <v>343</v>
+      </c>
+      <c r="D39" s="32" t="s">
+        <v>345</v>
+      </c>
+      <c r="E39" s="31" t="s">
+        <v>343</v>
+      </c>
+      <c r="F39" s="32" t="s">
+        <v>345</v>
+      </c>
+      <c r="G39" s="14"/>
+      <c r="H39" s="21"/>
+      <c r="I39" s="31" t="s">
+        <v>343</v>
+      </c>
+      <c r="J39" s="32" t="s">
+        <v>345</v>
       </c>
     </row>
     <row r="40" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A40" s="39" t="s">
+      <c r="A40" s="28" t="s">
         <v>59</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="C40" s="24"/>
-[...9 lines deleted...]
-        <v>435</v>
+      <c r="C40" s="14"/>
+      <c r="D40" s="21"/>
+      <c r="E40" s="14"/>
+      <c r="F40" s="21"/>
+      <c r="G40" s="14"/>
+      <c r="H40" s="21"/>
+      <c r="I40" s="29" t="s">
+        <v>253</v>
+      </c>
+      <c r="J40" s="30" t="s">
+        <v>388</v>
       </c>
     </row>
     <row r="41" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A41" s="39" t="s">
+      <c r="A41" s="28" t="s">
         <v>61</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="C41" s="42" t="s">
-[...17 lines deleted...]
-        <v>392</v>
+      <c r="C41" s="31" t="s">
+        <v>343</v>
+      </c>
+      <c r="D41" s="32" t="s">
+        <v>345</v>
+      </c>
+      <c r="E41" s="31" t="s">
+        <v>343</v>
+      </c>
+      <c r="F41" s="32" t="s">
+        <v>345</v>
+      </c>
+      <c r="G41" s="14"/>
+      <c r="H41" s="21"/>
+      <c r="I41" s="31" t="s">
+        <v>343</v>
+      </c>
+      <c r="J41" s="32" t="s">
+        <v>345</v>
       </c>
     </row>
     <row r="42" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A42" s="39" t="s">
+      <c r="A42" s="28" t="s">
         <v>63</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="C42" s="24"/>
-[...9 lines deleted...]
-        <v>436</v>
+      <c r="C42" s="14"/>
+      <c r="D42" s="21"/>
+      <c r="E42" s="14"/>
+      <c r="F42" s="21"/>
+      <c r="G42" s="14"/>
+      <c r="H42" s="21"/>
+      <c r="I42" s="29" t="s">
+        <v>253</v>
+      </c>
+      <c r="J42" s="30" t="s">
+        <v>389</v>
       </c>
     </row>
     <row r="43" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A43" s="39" t="s">
+      <c r="A43" s="28" t="s">
         <v>65</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="C43" s="24"/>
-[...6 lines deleted...]
-      <c r="J43" s="50"/>
+      <c r="C43" s="14"/>
+      <c r="D43" s="21"/>
+      <c r="E43" s="14"/>
+      <c r="F43" s="21"/>
+      <c r="G43" s="14"/>
+      <c r="H43" s="21"/>
+      <c r="I43" s="38"/>
+      <c r="J43" s="39"/>
     </row>
     <row r="44" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A44" s="39" t="s">
+      <c r="A44" s="28" t="s">
         <v>67</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="C44" s="24"/>
-[...6 lines deleted...]
-      <c r="J44" s="32"/>
+      <c r="C44" s="14"/>
+      <c r="D44" s="21"/>
+      <c r="E44" s="14"/>
+      <c r="F44" s="21"/>
+      <c r="G44" s="14"/>
+      <c r="H44" s="21"/>
+      <c r="I44" s="14"/>
+      <c r="J44" s="21"/>
     </row>
     <row r="45" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A45" s="39" t="s">
+      <c r="A45" s="28" t="s">
         <v>69</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="C45" s="42" t="s">
-[...17 lines deleted...]
-        <v>446</v>
+      <c r="C45" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="D45" s="32" t="s">
+        <v>399</v>
+      </c>
+      <c r="E45" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F45" s="32" t="s">
+        <v>399</v>
+      </c>
+      <c r="G45" s="14"/>
+      <c r="H45" s="21"/>
+      <c r="I45" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="J45" s="32" t="s">
+        <v>399</v>
       </c>
     </row>
     <row r="46" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A46" s="39" t="s">
+      <c r="A46" s="28" t="s">
         <v>71</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="C46" s="42" t="s">
-[...17 lines deleted...]
-        <v>447</v>
+      <c r="C46" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="D46" s="32" t="s">
+        <v>400</v>
+      </c>
+      <c r="E46" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F46" s="32" t="s">
+        <v>400</v>
+      </c>
+      <c r="G46" s="14"/>
+      <c r="H46" s="21"/>
+      <c r="I46" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="J46" s="32" t="s">
+        <v>400</v>
       </c>
     </row>
     <row r="47" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A47" s="39" t="s">
+      <c r="A47" s="28" t="s">
         <v>73</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="C47" s="42" t="s">
-[...17 lines deleted...]
-        <v>448</v>
+      <c r="C47" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="D47" s="32" t="s">
+        <v>401</v>
+      </c>
+      <c r="E47" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F47" s="32" t="s">
+        <v>401</v>
+      </c>
+      <c r="G47" s="14"/>
+      <c r="H47" s="21"/>
+      <c r="I47" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="J47" s="32" t="s">
+        <v>401</v>
       </c>
     </row>
     <row r="48" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A48" s="39" t="s">
+      <c r="A48" s="28" t="s">
         <v>75</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="C48" s="42" t="s">
-[...17 lines deleted...]
-        <v>449</v>
+      <c r="C48" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="D48" s="32" t="s">
+        <v>402</v>
+      </c>
+      <c r="E48" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F48" s="32" t="s">
+        <v>402</v>
+      </c>
+      <c r="G48" s="14"/>
+      <c r="H48" s="21"/>
+      <c r="I48" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="J48" s="32" t="s">
+        <v>402</v>
       </c>
     </row>
     <row r="49" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A49" s="39" t="s">
+      <c r="A49" s="28" t="s">
         <v>77</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="C49" s="42" t="s">
-[...17 lines deleted...]
-        <v>450</v>
+      <c r="C49" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="D49" s="32" t="s">
+        <v>403</v>
+      </c>
+      <c r="E49" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F49" s="32" t="s">
+        <v>403</v>
+      </c>
+      <c r="G49" s="14"/>
+      <c r="H49" s="21"/>
+      <c r="I49" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="J49" s="32" t="s">
+        <v>403</v>
       </c>
     </row>
     <row r="50" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A50" s="39" t="s">
+      <c r="A50" s="28" t="s">
         <v>79</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="C50" s="42" t="s">
-[...17 lines deleted...]
-        <v>451</v>
+      <c r="C50" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="D50" s="32" t="s">
+        <v>404</v>
+      </c>
+      <c r="E50" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F50" s="32" t="s">
+        <v>404</v>
+      </c>
+      <c r="G50" s="14"/>
+      <c r="H50" s="21"/>
+      <c r="I50" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="J50" s="32" t="s">
+        <v>404</v>
       </c>
     </row>
     <row r="51" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A51" s="39" t="s">
+      <c r="A51" s="28" t="s">
         <v>81</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="C51" s="42" t="s">
-[...17 lines deleted...]
-        <v>452</v>
+      <c r="C51" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="D51" s="32" t="s">
+        <v>405</v>
+      </c>
+      <c r="E51" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F51" s="32" t="s">
+        <v>405</v>
+      </c>
+      <c r="G51" s="14"/>
+      <c r="H51" s="21"/>
+      <c r="I51" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="J51" s="32" t="s">
+        <v>405</v>
       </c>
     </row>
     <row r="52" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A52" s="39" t="s">
+      <c r="A52" s="28" t="s">
         <v>83</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="C52" s="42" t="s">
-[...17 lines deleted...]
-        <v>453</v>
+      <c r="C52" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="D52" s="32" t="s">
+        <v>406</v>
+      </c>
+      <c r="E52" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F52" s="32" t="s">
+        <v>406</v>
+      </c>
+      <c r="G52" s="14"/>
+      <c r="H52" s="21"/>
+      <c r="I52" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="J52" s="32" t="s">
+        <v>406</v>
       </c>
     </row>
     <row r="53" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A53" s="39" t="s">
+      <c r="A53" s="28" t="s">
         <v>85</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="C53" s="42" t="s">
-[...17 lines deleted...]
-        <v>453</v>
+      <c r="C53" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="D53" s="32" t="s">
+        <v>406</v>
+      </c>
+      <c r="E53" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F53" s="32" t="s">
+        <v>406</v>
+      </c>
+      <c r="G53" s="14"/>
+      <c r="H53" s="21"/>
+      <c r="I53" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="J53" s="32" t="s">
+        <v>406</v>
       </c>
     </row>
     <row r="54" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A54" s="39" t="s">
+      <c r="A54" s="28" t="s">
         <v>87</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="C54" s="42" t="s">
-[...17 lines deleted...]
-        <v>447</v>
+      <c r="C54" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="D54" s="32" t="s">
+        <v>400</v>
+      </c>
+      <c r="E54" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F54" s="32" t="s">
+        <v>400</v>
+      </c>
+      <c r="G54" s="14"/>
+      <c r="H54" s="21"/>
+      <c r="I54" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="J54" s="32" t="s">
+        <v>400</v>
       </c>
     </row>
     <row r="55" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A55" s="39" t="s">
+      <c r="A55" s="28" t="s">
         <v>89</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="C55" s="42" t="s">
-[...17 lines deleted...]
-        <v>411</v>
+      <c r="C55" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="D55" s="32" t="s">
+        <v>364</v>
+      </c>
+      <c r="E55" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F55" s="32" t="s">
+        <v>364</v>
+      </c>
+      <c r="G55" s="14"/>
+      <c r="H55" s="21"/>
+      <c r="I55" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="J55" s="32" t="s">
+        <v>364</v>
       </c>
     </row>
     <row r="56" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A56" s="39" t="s">
+      <c r="A56" s="28" t="s">
         <v>91</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="C56" s="42" t="s">
-[...17 lines deleted...]
-        <v>413</v>
+      <c r="C56" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="D56" s="32" t="s">
+        <v>366</v>
+      </c>
+      <c r="E56" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F56" s="32" t="s">
+        <v>366</v>
+      </c>
+      <c r="G56" s="14"/>
+      <c r="H56" s="21"/>
+      <c r="I56" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="J56" s="32" t="s">
+        <v>366</v>
       </c>
     </row>
     <row r="57" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A57" s="39" t="s">
+      <c r="A57" s="28" t="s">
         <v>93</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="C57" s="42" t="s">
-[...17 lines deleted...]
-        <v>414</v>
+      <c r="C57" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="D57" s="32" t="s">
+        <v>367</v>
+      </c>
+      <c r="E57" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F57" s="32" t="s">
+        <v>367</v>
+      </c>
+      <c r="G57" s="14"/>
+      <c r="H57" s="21"/>
+      <c r="I57" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="J57" s="32" t="s">
+        <v>367</v>
       </c>
     </row>
     <row r="58" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A58" s="39" t="s">
+      <c r="A58" s="28" t="s">
         <v>95</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="C58" s="42" t="s">
-[...17 lines deleted...]
-        <v>453</v>
+      <c r="C58" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="D58" s="32" t="s">
+        <v>406</v>
+      </c>
+      <c r="E58" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F58" s="32" t="s">
+        <v>406</v>
+      </c>
+      <c r="G58" s="14"/>
+      <c r="H58" s="21"/>
+      <c r="I58" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="J58" s="32" t="s">
+        <v>406</v>
       </c>
     </row>
     <row r="59" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A59" s="39" t="s">
+      <c r="A59" s="28" t="s">
         <v>97</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="C59" s="42" t="s">
-[...17 lines deleted...]
-        <v>397</v>
+      <c r="C59" s="31" t="s">
+        <v>343</v>
+      </c>
+      <c r="D59" s="32" t="s">
+        <v>350</v>
+      </c>
+      <c r="E59" s="31" t="s">
+        <v>343</v>
+      </c>
+      <c r="F59" s="32" t="s">
+        <v>350</v>
+      </c>
+      <c r="G59" s="14"/>
+      <c r="H59" s="21"/>
+      <c r="I59" s="31" t="s">
+        <v>343</v>
+      </c>
+      <c r="J59" s="32" t="s">
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A60" s="39" t="s">
+      <c r="A60" s="28" t="s">
         <v>99</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>100</v>
       </c>
-      <c r="C60" s="42"/>
-[...11 lines deleted...]
-        <v>406</v>
+      <c r="C60" s="31"/>
+      <c r="D60" s="32" t="s">
+        <v>357</v>
+      </c>
+      <c r="E60" s="31"/>
+      <c r="F60" s="32" t="s">
+        <v>358</v>
+      </c>
+      <c r="G60" s="14"/>
+      <c r="H60" s="21"/>
+      <c r="I60" s="31"/>
+      <c r="J60" s="32" t="s">
+        <v>359</v>
       </c>
     </row>
     <row r="61" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A61" s="39" t="s">
+      <c r="A61" s="28" t="s">
         <v>101</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="C61" s="42"/>
-[...13 lines deleted...]
-        <v>408</v>
+      <c r="C61" s="31"/>
+      <c r="D61" s="32" t="s">
+        <v>360</v>
+      </c>
+      <c r="E61" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F61" s="32" t="s">
+        <v>362</v>
+      </c>
+      <c r="G61" s="14"/>
+      <c r="H61" s="21"/>
+      <c r="I61" s="31"/>
+      <c r="J61" s="32" t="s">
+        <v>361</v>
       </c>
     </row>
     <row r="62" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A62" s="39" t="s">
+      <c r="A62" s="28" t="s">
         <v>103</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="C62" s="42"/>
-[...11 lines deleted...]
-        <v>410</v>
+      <c r="C62" s="31"/>
+      <c r="D62" s="32" t="s">
+        <v>357</v>
+      </c>
+      <c r="E62" s="31"/>
+      <c r="F62" s="32" t="s">
+        <v>358</v>
+      </c>
+      <c r="G62" s="14"/>
+      <c r="H62" s="21"/>
+      <c r="I62" s="31"/>
+      <c r="J62" s="32" t="s">
+        <v>363</v>
       </c>
     </row>
     <row r="63" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A63" s="39" t="s">
+      <c r="A63" s="28" t="s">
         <v>105</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="C63" s="24"/>
-[...9 lines deleted...]
-        <v>437</v>
+      <c r="C63" s="14"/>
+      <c r="D63" s="21"/>
+      <c r="E63" s="14"/>
+      <c r="F63" s="21"/>
+      <c r="G63" s="14"/>
+      <c r="H63" s="21"/>
+      <c r="I63" s="29" t="s">
+        <v>253</v>
+      </c>
+      <c r="J63" s="30" t="s">
+        <v>390</v>
       </c>
     </row>
     <row r="64" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A64" s="39" t="s">
+      <c r="A64" s="28" t="s">
         <v>107</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="C64" s="42" t="s">
-[...17 lines deleted...]
-        <v>395</v>
+      <c r="C64" s="31" t="s">
+        <v>343</v>
+      </c>
+      <c r="D64" s="32" t="s">
+        <v>348</v>
+      </c>
+      <c r="E64" s="31" t="s">
+        <v>343</v>
+      </c>
+      <c r="F64" s="32" t="s">
+        <v>348</v>
+      </c>
+      <c r="G64" s="14"/>
+      <c r="H64" s="21"/>
+      <c r="I64" s="31" t="s">
+        <v>343</v>
+      </c>
+      <c r="J64" s="32" t="s">
+        <v>348</v>
       </c>
     </row>
     <row r="65" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A65" s="39" t="s">
+      <c r="A65" s="28" t="s">
         <v>109</v>
       </c>
       <c r="B65" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="C65" s="24"/>
-[...6 lines deleted...]
-      <c r="J65" s="32"/>
+      <c r="C65" s="14"/>
+      <c r="D65" s="21"/>
+      <c r="E65" s="14"/>
+      <c r="F65" s="21"/>
+      <c r="G65" s="14"/>
+      <c r="H65" s="21"/>
+      <c r="I65" s="14"/>
+      <c r="J65" s="21"/>
     </row>
     <row r="66" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A66" s="39" t="s">
+      <c r="A66" s="28" t="s">
         <v>111</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="C66" s="24"/>
-[...6 lines deleted...]
-      <c r="J66" s="32"/>
+      <c r="C66" s="14"/>
+      <c r="D66" s="21"/>
+      <c r="E66" s="14"/>
+      <c r="F66" s="21"/>
+      <c r="G66" s="14"/>
+      <c r="H66" s="21"/>
+      <c r="I66" s="14"/>
+      <c r="J66" s="21"/>
     </row>
     <row r="67" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A67" s="39" t="s">
+      <c r="A67" s="28" t="s">
         <v>113</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="C67" s="24"/>
-[...6 lines deleted...]
-      <c r="J67" s="32"/>
+      <c r="C67" s="14"/>
+      <c r="D67" s="21"/>
+      <c r="E67" s="14"/>
+      <c r="F67" s="21"/>
+      <c r="G67" s="14"/>
+      <c r="H67" s="21"/>
+      <c r="I67" s="14"/>
+      <c r="J67" s="21"/>
     </row>
     <row r="68" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A68" s="39" t="s">
+      <c r="A68" s="28" t="s">
         <v>115</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="C68" s="24"/>
-[...6 lines deleted...]
-      <c r="J68" s="32"/>
+      <c r="C68" s="14"/>
+      <c r="D68" s="21"/>
+      <c r="E68" s="14"/>
+      <c r="F68" s="21"/>
+      <c r="G68" s="14"/>
+      <c r="H68" s="21"/>
+      <c r="I68" s="14"/>
+      <c r="J68" s="21"/>
     </row>
     <row r="69" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A69" s="39" t="s">
+      <c r="A69" s="28" t="s">
         <v>117</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="C69" s="24"/>
-[...6 lines deleted...]
-      <c r="J69" s="32"/>
+      <c r="C69" s="14"/>
+      <c r="D69" s="21"/>
+      <c r="E69" s="14"/>
+      <c r="F69" s="21"/>
+      <c r="G69" s="14"/>
+      <c r="H69" s="21"/>
+      <c r="I69" s="14"/>
+      <c r="J69" s="21"/>
     </row>
     <row r="70" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A70" s="39" t="s">
+      <c r="A70" s="28" t="s">
         <v>119</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="C70" s="24"/>
-[...10 lines deleted...]
-      <c r="J70" s="32"/>
+      <c r="C70" s="14"/>
+      <c r="D70" s="21"/>
+      <c r="E70" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F70" s="32" t="s">
+        <v>407</v>
+      </c>
+      <c r="G70" s="14"/>
+      <c r="H70" s="21"/>
+      <c r="I70" s="14"/>
+      <c r="J70" s="21"/>
     </row>
     <row r="71" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A71" s="39" t="s">
+      <c r="A71" s="28" t="s">
         <v>121</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="C71" s="24"/>
-[...10 lines deleted...]
-      <c r="J71" s="32"/>
+      <c r="C71" s="14"/>
+      <c r="D71" s="21"/>
+      <c r="E71" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F71" s="32" t="s">
+        <v>403</v>
+      </c>
+      <c r="G71" s="14"/>
+      <c r="H71" s="21"/>
+      <c r="I71" s="14"/>
+      <c r="J71" s="21"/>
     </row>
     <row r="72" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A72" s="39" t="s">
+      <c r="A72" s="28" t="s">
         <v>123</v>
       </c>
       <c r="B72" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="C72" s="24"/>
-[...10 lines deleted...]
-      <c r="J72" s="32"/>
+      <c r="C72" s="14"/>
+      <c r="D72" s="21"/>
+      <c r="E72" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F72" s="32" t="s">
+        <v>407</v>
+      </c>
+      <c r="G72" s="14"/>
+      <c r="H72" s="21"/>
+      <c r="I72" s="14"/>
+      <c r="J72" s="21"/>
     </row>
     <row r="73" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A73" s="39" t="s">
+      <c r="A73" s="28" t="s">
         <v>125</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="C73" s="24"/>
-[...10 lines deleted...]
-      <c r="J73" s="32"/>
+      <c r="C73" s="14"/>
+      <c r="D73" s="21"/>
+      <c r="E73" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F73" s="32" t="s">
+        <v>408</v>
+      </c>
+      <c r="G73" s="14"/>
+      <c r="H73" s="21"/>
+      <c r="I73" s="14"/>
+      <c r="J73" s="21"/>
     </row>
     <row r="74" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A74" s="39" t="s">
+      <c r="A74" s="28" t="s">
         <v>127</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="C74" s="24"/>
-[...10 lines deleted...]
-      <c r="J74" s="32"/>
+      <c r="C74" s="14"/>
+      <c r="D74" s="21"/>
+      <c r="E74" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F74" s="32" t="s">
+        <v>368</v>
+      </c>
+      <c r="G74" s="14"/>
+      <c r="H74" s="21"/>
+      <c r="I74" s="14"/>
+      <c r="J74" s="21"/>
     </row>
     <row r="75" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A75" s="39" t="s">
+      <c r="A75" s="28" t="s">
         <v>129</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="C75" s="24"/>
-[...10 lines deleted...]
-      <c r="J75" s="32"/>
+      <c r="C75" s="14"/>
+      <c r="D75" s="21"/>
+      <c r="E75" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F75" s="32" t="s">
+        <v>369</v>
+      </c>
+      <c r="G75" s="14"/>
+      <c r="H75" s="21"/>
+      <c r="I75" s="14"/>
+      <c r="J75" s="21"/>
     </row>
     <row r="76" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A76" s="39" t="s">
+      <c r="A76" s="28" t="s">
         <v>131</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>132</v>
       </c>
-      <c r="C76" s="24"/>
-[...10 lines deleted...]
-      <c r="J76" s="32"/>
+      <c r="C76" s="14"/>
+      <c r="D76" s="21"/>
+      <c r="E76" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F76" s="32" t="s">
+        <v>366</v>
+      </c>
+      <c r="G76" s="14"/>
+      <c r="H76" s="21"/>
+      <c r="I76" s="14"/>
+      <c r="J76" s="21"/>
     </row>
     <row r="77" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A77" s="39" t="s">
+      <c r="A77" s="28" t="s">
         <v>133</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>134</v>
       </c>
-      <c r="C77" s="24"/>
-[...10 lines deleted...]
-      <c r="J77" s="32"/>
+      <c r="C77" s="14"/>
+      <c r="D77" s="21"/>
+      <c r="E77" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F77" s="32" t="s">
+        <v>370</v>
+      </c>
+      <c r="G77" s="14"/>
+      <c r="H77" s="21"/>
+      <c r="I77" s="14"/>
+      <c r="J77" s="21"/>
     </row>
     <row r="78" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A78" s="39" t="s">
+      <c r="A78" s="28" t="s">
         <v>135</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="C78" s="24"/>
-[...10 lines deleted...]
-      <c r="J78" s="32"/>
+      <c r="C78" s="14"/>
+      <c r="D78" s="21"/>
+      <c r="E78" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F78" s="32" t="s">
+        <v>365</v>
+      </c>
+      <c r="G78" s="14"/>
+      <c r="H78" s="21"/>
+      <c r="I78" s="14"/>
+      <c r="J78" s="21"/>
     </row>
     <row r="79" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A79" s="39" t="s">
+      <c r="A79" s="28" t="s">
         <v>137</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="C79" s="24"/>
-[...10 lines deleted...]
-      <c r="J79" s="32"/>
+      <c r="C79" s="14"/>
+      <c r="D79" s="21"/>
+      <c r="E79" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F79" s="32" t="s">
+        <v>371</v>
+      </c>
+      <c r="G79" s="14"/>
+      <c r="H79" s="21"/>
+      <c r="I79" s="14"/>
+      <c r="J79" s="21"/>
     </row>
     <row r="80" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A80" s="39" t="s">
+      <c r="A80" s="28" t="s">
         <v>139</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>140</v>
       </c>
-      <c r="C80" s="24"/>
-[...10 lines deleted...]
-      <c r="J80" s="32"/>
+      <c r="C80" s="14"/>
+      <c r="D80" s="21"/>
+      <c r="E80" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F80" s="32" t="s">
+        <v>368</v>
+      </c>
+      <c r="G80" s="14"/>
+      <c r="H80" s="21"/>
+      <c r="I80" s="14"/>
+      <c r="J80" s="21"/>
     </row>
     <row r="81" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A81" s="39" t="s">
+      <c r="A81" s="28" t="s">
         <v>141</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>142</v>
       </c>
-      <c r="C81" s="24"/>
-[...10 lines deleted...]
-      <c r="J81" s="32"/>
+      <c r="C81" s="14"/>
+      <c r="D81" s="21"/>
+      <c r="E81" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F81" s="32" t="s">
+        <v>372</v>
+      </c>
+      <c r="G81" s="14"/>
+      <c r="H81" s="21"/>
+      <c r="I81" s="14"/>
+      <c r="J81" s="21"/>
     </row>
     <row r="82" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A82" s="39" t="s">
+      <c r="A82" s="28" t="s">
         <v>143</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>144</v>
       </c>
-      <c r="C82" s="24"/>
-[...10 lines deleted...]
-      <c r="J82" s="32"/>
+      <c r="C82" s="14"/>
+      <c r="D82" s="21"/>
+      <c r="E82" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F82" s="32" t="s">
+        <v>368</v>
+      </c>
+      <c r="G82" s="14"/>
+      <c r="H82" s="21"/>
+      <c r="I82" s="14"/>
+      <c r="J82" s="21"/>
     </row>
     <row r="83" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A83" s="39" t="s">
+      <c r="A83" s="28" t="s">
         <v>145</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>146</v>
       </c>
-      <c r="C83" s="24"/>
-[...10 lines deleted...]
-      <c r="J83" s="32"/>
+      <c r="C83" s="14"/>
+      <c r="D83" s="21"/>
+      <c r="E83" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F83" s="32" t="s">
+        <v>373</v>
+      </c>
+      <c r="G83" s="14"/>
+      <c r="H83" s="21"/>
+      <c r="I83" s="14"/>
+      <c r="J83" s="21"/>
     </row>
     <row r="84" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A84" s="39" t="s">
+      <c r="A84" s="28" t="s">
         <v>147</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>148</v>
       </c>
-      <c r="C84" s="24"/>
-[...10 lines deleted...]
-      <c r="J84" s="32"/>
+      <c r="C84" s="14"/>
+      <c r="D84" s="21"/>
+      <c r="E84" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F84" s="32" t="s">
+        <v>368</v>
+      </c>
+      <c r="G84" s="14"/>
+      <c r="H84" s="21"/>
+      <c r="I84" s="14"/>
+      <c r="J84" s="21"/>
     </row>
     <row r="85" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A85" s="39" t="s">
+      <c r="A85" s="28" t="s">
         <v>149</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="C85" s="24"/>
-[...10 lines deleted...]
-      <c r="J85" s="32"/>
+      <c r="C85" s="14"/>
+      <c r="D85" s="21"/>
+      <c r="E85" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F85" s="32" t="s">
+        <v>374</v>
+      </c>
+      <c r="G85" s="14"/>
+      <c r="H85" s="21"/>
+      <c r="I85" s="14"/>
+      <c r="J85" s="21"/>
     </row>
     <row r="86" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A86" s="39" t="s">
+      <c r="A86" s="28" t="s">
         <v>151</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>152</v>
       </c>
-      <c r="C86" s="24"/>
-[...10 lines deleted...]
-      <c r="J86" s="32"/>
+      <c r="C86" s="14"/>
+      <c r="D86" s="21"/>
+      <c r="E86" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F86" s="32" t="s">
+        <v>409</v>
+      </c>
+      <c r="G86" s="14"/>
+      <c r="H86" s="21"/>
+      <c r="I86" s="14"/>
+      <c r="J86" s="21"/>
     </row>
     <row r="87" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A87" s="39" t="s">
+      <c r="A87" s="28" t="s">
         <v>153</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>154</v>
       </c>
-      <c r="C87" s="24"/>
-[...10 lines deleted...]
-      <c r="J87" s="32"/>
+      <c r="C87" s="14"/>
+      <c r="D87" s="21"/>
+      <c r="E87" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F87" s="32" t="s">
+        <v>410</v>
+      </c>
+      <c r="G87" s="14"/>
+      <c r="H87" s="21"/>
+      <c r="I87" s="14"/>
+      <c r="J87" s="21"/>
     </row>
     <row r="88" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A88" s="39" t="s">
+      <c r="A88" s="28" t="s">
         <v>155</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>156</v>
       </c>
-      <c r="C88" s="24"/>
-[...6 lines deleted...]
-      <c r="J88" s="32"/>
+      <c r="C88" s="14"/>
+      <c r="D88" s="21"/>
+      <c r="E88" s="14"/>
+      <c r="F88" s="21"/>
+      <c r="G88" s="14"/>
+      <c r="H88" s="21"/>
+      <c r="I88" s="14"/>
+      <c r="J88" s="21"/>
     </row>
     <row r="89" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A89" s="39" t="s">
+      <c r="A89" s="28" t="s">
         <v>157</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>158</v>
       </c>
-      <c r="C89" s="42" t="s">
-[...14 lines deleted...]
-      <c r="J89" s="32"/>
+      <c r="C89" s="31" t="s">
+        <v>343</v>
+      </c>
+      <c r="D89" s="32" t="s">
+        <v>345</v>
+      </c>
+      <c r="E89" s="31" t="s">
+        <v>343</v>
+      </c>
+      <c r="F89" s="32" t="s">
+        <v>345</v>
+      </c>
+      <c r="G89" s="14"/>
+      <c r="H89" s="21"/>
+      <c r="I89" s="14"/>
+      <c r="J89" s="21"/>
     </row>
     <row r="90" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A90" s="39" t="s">
+      <c r="A90" s="28" t="s">
         <v>159</v>
       </c>
       <c r="B90" s="6" t="s">
         <v>160</v>
       </c>
-      <c r="C90" s="24"/>
-[...10 lines deleted...]
-      <c r="J90" s="32"/>
+      <c r="C90" s="14"/>
+      <c r="D90" s="21"/>
+      <c r="E90" s="31" t="s">
+        <v>343</v>
+      </c>
+      <c r="F90" s="32" t="s">
+        <v>349</v>
+      </c>
+      <c r="G90" s="14"/>
+      <c r="H90" s="21"/>
+      <c r="I90" s="14"/>
+      <c r="J90" s="21"/>
     </row>
     <row r="91" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A91" s="39" t="s">
+      <c r="A91" s="28" t="s">
         <v>161</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>162</v>
       </c>
-      <c r="C91" s="24"/>
-[...10 lines deleted...]
-      <c r="J91" s="32"/>
+      <c r="C91" s="14"/>
+      <c r="D91" s="21"/>
+      <c r="E91" s="31" t="s">
+        <v>343</v>
+      </c>
+      <c r="F91" s="32" t="s">
+        <v>350</v>
+      </c>
+      <c r="G91" s="14"/>
+      <c r="H91" s="21"/>
+      <c r="I91" s="14"/>
+      <c r="J91" s="21"/>
     </row>
     <row r="92" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A92" s="39" t="s">
+      <c r="A92" s="28" t="s">
         <v>163</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="C92" s="24"/>
-[...6 lines deleted...]
-      <c r="J92" s="32"/>
+      <c r="C92" s="14"/>
+      <c r="D92" s="21"/>
+      <c r="E92" s="14"/>
+      <c r="F92" s="21"/>
+      <c r="G92" s="14"/>
+      <c r="H92" s="21"/>
+      <c r="I92" s="14"/>
+      <c r="J92" s="21"/>
     </row>
     <row r="93" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A93" s="39" t="s">
+      <c r="A93" s="28" t="s">
         <v>165</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>166</v>
       </c>
-      <c r="C93" s="24"/>
-[...6 lines deleted...]
-      <c r="J93" s="32"/>
+      <c r="C93" s="14"/>
+      <c r="D93" s="21"/>
+      <c r="E93" s="14"/>
+      <c r="F93" s="21"/>
+      <c r="G93" s="14"/>
+      <c r="H93" s="21"/>
+      <c r="I93" s="14"/>
+      <c r="J93" s="21"/>
     </row>
     <row r="94" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A94" s="39" t="s">
+      <c r="A94" s="28" t="s">
         <v>167</v>
       </c>
       <c r="B94" s="6" t="s">
         <v>168</v>
       </c>
-      <c r="C94" s="24"/>
-[...10 lines deleted...]
-      <c r="J94" s="32"/>
+      <c r="C94" s="14"/>
+      <c r="D94" s="21"/>
+      <c r="E94" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F94" s="32" t="s">
+        <v>411</v>
+      </c>
+      <c r="G94" s="14"/>
+      <c r="H94" s="21"/>
+      <c r="I94" s="14"/>
+      <c r="J94" s="21"/>
     </row>
     <row r="95" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A95" s="39" t="s">
+      <c r="A95" s="28" t="s">
         <v>169</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>170</v>
       </c>
-      <c r="C95" s="42"/>
-[...10 lines deleted...]
-      <c r="J95" s="32"/>
+      <c r="C95" s="31"/>
+      <c r="D95" s="32" t="s">
+        <v>341</v>
+      </c>
+      <c r="E95" s="31"/>
+      <c r="F95" s="32" t="s">
+        <v>342</v>
+      </c>
+      <c r="G95" s="14"/>
+      <c r="H95" s="21"/>
+      <c r="I95" s="14"/>
+      <c r="J95" s="21"/>
     </row>
     <row r="96" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A96" s="39" t="s">
+      <c r="A96" s="28" t="s">
         <v>171</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="C96" s="24"/>
-[...10 lines deleted...]
-      <c r="J96" s="32"/>
+      <c r="C96" s="14"/>
+      <c r="D96" s="21"/>
+      <c r="E96" s="31" t="s">
+        <v>343</v>
+      </c>
+      <c r="F96" s="32" t="s">
+        <v>400</v>
+      </c>
+      <c r="G96" s="14"/>
+      <c r="H96" s="21"/>
+      <c r="I96" s="14"/>
+      <c r="J96" s="21"/>
     </row>
     <row r="97" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A97" s="39" t="s">
+      <c r="A97" s="28" t="s">
         <v>173</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>174</v>
       </c>
-      <c r="C97" s="24"/>
-[...6 lines deleted...]
-      <c r="J97" s="32"/>
+      <c r="C97" s="14"/>
+      <c r="D97" s="21"/>
+      <c r="E97" s="14"/>
+      <c r="F97" s="21"/>
+      <c r="G97" s="14"/>
+      <c r="H97" s="21"/>
+      <c r="I97" s="14"/>
+      <c r="J97" s="21"/>
     </row>
     <row r="98" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A98" s="39" t="s">
+      <c r="A98" s="28" t="s">
         <v>175</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>176</v>
       </c>
-      <c r="C98" s="42" t="s">
-[...14 lines deleted...]
-      <c r="J98" s="32"/>
+      <c r="C98" s="31" t="s">
+        <v>343</v>
+      </c>
+      <c r="D98" s="32" t="s">
+        <v>342</v>
+      </c>
+      <c r="E98" s="31" t="s">
+        <v>343</v>
+      </c>
+      <c r="F98" s="32" t="s">
+        <v>342</v>
+      </c>
+      <c r="G98" s="14"/>
+      <c r="H98" s="21"/>
+      <c r="I98" s="14"/>
+      <c r="J98" s="21"/>
     </row>
     <row r="99" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A99" s="39" t="s">
+      <c r="A99" s="28" t="s">
         <v>177</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>178</v>
       </c>
-      <c r="C99" s="24"/>
-[...6 lines deleted...]
-      <c r="J99" s="32"/>
+      <c r="C99" s="14"/>
+      <c r="D99" s="21"/>
+      <c r="E99" s="14"/>
+      <c r="F99" s="21"/>
+      <c r="G99" s="14"/>
+      <c r="H99" s="21"/>
+      <c r="I99" s="14"/>
+      <c r="J99" s="21"/>
     </row>
     <row r="100" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A100" s="39" t="s">
+      <c r="A100" s="28" t="s">
         <v>179</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>180</v>
       </c>
-      <c r="C100" s="42"/>
-[...10 lines deleted...]
-      <c r="J100" s="32"/>
+      <c r="C100" s="31"/>
+      <c r="D100" s="32" t="s">
+        <v>346</v>
+      </c>
+      <c r="E100" s="31"/>
+      <c r="F100" s="32" t="s">
+        <v>347</v>
+      </c>
+      <c r="G100" s="14"/>
+      <c r="H100" s="21"/>
+      <c r="I100" s="14"/>
+      <c r="J100" s="21"/>
     </row>
     <row r="101" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A101" s="39" t="s">
+      <c r="A101" s="28" t="s">
         <v>181</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>182</v>
       </c>
-      <c r="C101" s="24"/>
-[...6 lines deleted...]
-      <c r="J101" s="32"/>
+      <c r="C101" s="14"/>
+      <c r="D101" s="21"/>
+      <c r="E101" s="14"/>
+      <c r="F101" s="21"/>
+      <c r="G101" s="14"/>
+      <c r="H101" s="21"/>
+      <c r="I101" s="14"/>
+      <c r="J101" s="21"/>
     </row>
     <row r="102" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A102" s="39" t="s">
+      <c r="A102" s="28" t="s">
         <v>183</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>184</v>
       </c>
-      <c r="C102" s="42" t="s">
-[...14 lines deleted...]
-      <c r="J102" s="32"/>
+      <c r="C102" s="31" t="s">
+        <v>343</v>
+      </c>
+      <c r="D102" s="32" t="s">
+        <v>342</v>
+      </c>
+      <c r="E102" s="31" t="s">
+        <v>343</v>
+      </c>
+      <c r="F102" s="32" t="s">
+        <v>342</v>
+      </c>
+      <c r="G102" s="14"/>
+      <c r="H102" s="21"/>
+      <c r="I102" s="14"/>
+      <c r="J102" s="21"/>
     </row>
     <row r="103" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A103" s="39" t="s">
+      <c r="A103" s="28" t="s">
         <v>185</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>186</v>
       </c>
-      <c r="C103" s="40"/>
-[...10 lines deleted...]
-      <c r="J103" s="32"/>
+      <c r="C103" s="29"/>
+      <c r="D103" s="30" t="s">
+        <v>385</v>
+      </c>
+      <c r="E103" s="29"/>
+      <c r="F103" s="30" t="s">
+        <v>386</v>
+      </c>
+      <c r="G103" s="14"/>
+      <c r="H103" s="21"/>
+      <c r="I103" s="14"/>
+      <c r="J103" s="21"/>
     </row>
     <row r="104" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A104" s="39" t="s">
+      <c r="A104" s="28" t="s">
         <v>187</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="C104" s="24"/>
-[...6 lines deleted...]
-      <c r="J104" s="32"/>
+      <c r="C104" s="14"/>
+      <c r="D104" s="21"/>
+      <c r="E104" s="14"/>
+      <c r="F104" s="21"/>
+      <c r="G104" s="14"/>
+      <c r="H104" s="21"/>
+      <c r="I104" s="14"/>
+      <c r="J104" s="21"/>
     </row>
     <row r="105" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A105" s="39" t="s">
+      <c r="A105" s="28" t="s">
         <v>188</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>189</v>
       </c>
-      <c r="C105" s="24"/>
-[...6 lines deleted...]
-      <c r="J105" s="32"/>
+      <c r="C105" s="14"/>
+      <c r="D105" s="21"/>
+      <c r="E105" s="14"/>
+      <c r="F105" s="21"/>
+      <c r="G105" s="14"/>
+      <c r="H105" s="21"/>
+      <c r="I105" s="14"/>
+      <c r="J105" s="21"/>
     </row>
     <row r="106" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A106" s="44" t="s">
+      <c r="A106" s="33" t="s">
         <v>190</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>191</v>
       </c>
-      <c r="C106" s="24"/>
-[...6 lines deleted...]
-      <c r="J106" s="32"/>
+      <c r="C106" s="14"/>
+      <c r="D106" s="21"/>
+      <c r="E106" s="14"/>
+      <c r="F106" s="21"/>
+      <c r="G106" s="14"/>
+      <c r="H106" s="21"/>
+      <c r="I106" s="14"/>
+      <c r="J106" s="21"/>
     </row>
     <row r="107" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A107" s="45" t="s">
+      <c r="A107" s="34" t="s">
         <v>192</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>193</v>
       </c>
-      <c r="C107" s="24"/>
-[...6 lines deleted...]
-      <c r="J107" s="32"/>
+      <c r="C107" s="14"/>
+      <c r="D107" s="21"/>
+      <c r="E107" s="14"/>
+      <c r="F107" s="21"/>
+      <c r="G107" s="14"/>
+      <c r="H107" s="21"/>
+      <c r="I107" s="14"/>
+      <c r="J107" s="21"/>
     </row>
     <row r="108" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A108" s="45" t="s">
+      <c r="A108" s="34" t="s">
         <v>194</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="C108" s="24"/>
-[...6 lines deleted...]
-      <c r="J108" s="32"/>
+      <c r="C108" s="14"/>
+      <c r="D108" s="21"/>
+      <c r="E108" s="14"/>
+      <c r="F108" s="21"/>
+      <c r="G108" s="14"/>
+      <c r="H108" s="21"/>
+      <c r="I108" s="14"/>
+      <c r="J108" s="21"/>
     </row>
     <row r="109" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A109" s="45" t="s">
+      <c r="A109" s="34" t="s">
         <v>196</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="C109" s="24"/>
-[...6 lines deleted...]
-      <c r="J109" s="32"/>
+      <c r="C109" s="14"/>
+      <c r="D109" s="21"/>
+      <c r="E109" s="14"/>
+      <c r="F109" s="21"/>
+      <c r="G109" s="14"/>
+      <c r="H109" s="21"/>
+      <c r="I109" s="14"/>
+      <c r="J109" s="21"/>
     </row>
     <row r="110" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A110" s="45" t="s">
+      <c r="A110" s="34" t="s">
         <v>198</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>199</v>
       </c>
-      <c r="C110" s="24"/>
-[...6 lines deleted...]
-      <c r="J110" s="32"/>
+      <c r="C110" s="14"/>
+      <c r="D110" s="21"/>
+      <c r="E110" s="14"/>
+      <c r="F110" s="21"/>
+      <c r="G110" s="14"/>
+      <c r="H110" s="21"/>
+      <c r="I110" s="14"/>
+      <c r="J110" s="21"/>
     </row>
     <row r="111" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A111" s="45" t="s">
+      <c r="A111" s="34" t="s">
         <v>200</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="C111" s="24"/>
-[...6 lines deleted...]
-      <c r="J111" s="32"/>
+      <c r="C111" s="14"/>
+      <c r="D111" s="21"/>
+      <c r="E111" s="14"/>
+      <c r="F111" s="21"/>
+      <c r="G111" s="14"/>
+      <c r="H111" s="21"/>
+      <c r="I111" s="14"/>
+      <c r="J111" s="21"/>
     </row>
     <row r="112" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A112" s="45" t="s">
+      <c r="A112" s="34" t="s">
         <v>202</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>203</v>
       </c>
-      <c r="C112" s="24"/>
-[...6 lines deleted...]
-      <c r="J112" s="32"/>
+      <c r="C112" s="14"/>
+      <c r="D112" s="21"/>
+      <c r="E112" s="14"/>
+      <c r="F112" s="21"/>
+      <c r="G112" s="14"/>
+      <c r="H112" s="21"/>
+      <c r="I112" s="14"/>
+      <c r="J112" s="21"/>
     </row>
     <row r="113" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A113" s="45" t="s">
+      <c r="A113" s="34" t="s">
         <v>204</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>205</v>
       </c>
-      <c r="C113" s="24"/>
-[...6 lines deleted...]
-      <c r="J113" s="32"/>
+      <c r="C113" s="14"/>
+      <c r="D113" s="21"/>
+      <c r="E113" s="14"/>
+      <c r="F113" s="21"/>
+      <c r="G113" s="14"/>
+      <c r="H113" s="21"/>
+      <c r="I113" s="14"/>
+      <c r="J113" s="21"/>
     </row>
     <row r="114" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A114" s="45" t="s">
+      <c r="A114" s="34" t="s">
         <v>206</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>207</v>
       </c>
-      <c r="C114" s="24"/>
-[...6 lines deleted...]
-      <c r="J114" s="32"/>
+      <c r="C114" s="14"/>
+      <c r="D114" s="21"/>
+      <c r="E114" s="14"/>
+      <c r="F114" s="21"/>
+      <c r="G114" s="14"/>
+      <c r="H114" s="21"/>
+      <c r="I114" s="14"/>
+      <c r="J114" s="21"/>
     </row>
     <row r="115" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A115" s="45" t="s">
+      <c r="A115" s="34" t="s">
         <v>208</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="C115" s="24"/>
-[...6 lines deleted...]
-      <c r="J115" s="32"/>
+      <c r="C115" s="14"/>
+      <c r="D115" s="21"/>
+      <c r="E115" s="14"/>
+      <c r="F115" s="21"/>
+      <c r="G115" s="14"/>
+      <c r="H115" s="21"/>
+      <c r="I115" s="14"/>
+      <c r="J115" s="21"/>
     </row>
     <row r="116" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A116" s="45" t="s">
+      <c r="A116" s="34" t="s">
         <v>210</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="C116" s="24"/>
-[...6 lines deleted...]
-      <c r="J116" s="32"/>
+      <c r="C116" s="14"/>
+      <c r="D116" s="21"/>
+      <c r="E116" s="14"/>
+      <c r="F116" s="21"/>
+      <c r="G116" s="14"/>
+      <c r="H116" s="21"/>
+      <c r="I116" s="14"/>
+      <c r="J116" s="21"/>
     </row>
     <row r="117" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A117" s="45" t="s">
+      <c r="A117" s="34" t="s">
         <v>212</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>213</v>
       </c>
-      <c r="C117" s="24"/>
-[...6 lines deleted...]
-      <c r="J117" s="32"/>
+      <c r="C117" s="14"/>
+      <c r="D117" s="21"/>
+      <c r="E117" s="14"/>
+      <c r="F117" s="21"/>
+      <c r="G117" s="14"/>
+      <c r="H117" s="21"/>
+      <c r="I117" s="14"/>
+      <c r="J117" s="21"/>
     </row>
     <row r="118" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A118" s="45" t="s">
+      <c r="A118" s="34" t="s">
         <v>214</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>215</v>
       </c>
-      <c r="C118" s="24"/>
-[...6 lines deleted...]
-      <c r="J118" s="32"/>
+      <c r="C118" s="14"/>
+      <c r="D118" s="21"/>
+      <c r="E118" s="14"/>
+      <c r="F118" s="21"/>
+      <c r="G118" s="14"/>
+      <c r="H118" s="21"/>
+      <c r="I118" s="14"/>
+      <c r="J118" s="21"/>
     </row>
     <row r="119" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A119" s="45" t="s">
+      <c r="A119" s="34" t="s">
         <v>216</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="C119" s="24"/>
-[...6 lines deleted...]
-      <c r="J119" s="32"/>
+      <c r="C119" s="14"/>
+      <c r="D119" s="21"/>
+      <c r="E119" s="14"/>
+      <c r="F119" s="21"/>
+      <c r="G119" s="14"/>
+      <c r="H119" s="21"/>
+      <c r="I119" s="14"/>
+      <c r="J119" s="21"/>
     </row>
     <row r="120" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A120" s="45" t="s">
+      <c r="A120" s="34" t="s">
         <v>218</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>219</v>
       </c>
-      <c r="C120" s="24"/>
-[...6 lines deleted...]
-      <c r="J120" s="32"/>
+      <c r="C120" s="14"/>
+      <c r="D120" s="21"/>
+      <c r="E120" s="14"/>
+      <c r="F120" s="21"/>
+      <c r="G120" s="14"/>
+      <c r="H120" s="21"/>
+      <c r="I120" s="14"/>
+      <c r="J120" s="21"/>
     </row>
     <row r="121" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A121" s="45" t="s">
+      <c r="A121" s="34" t="s">
         <v>220</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>221</v>
       </c>
-      <c r="C121" s="24"/>
-[...6 lines deleted...]
-      <c r="J121" s="32"/>
+      <c r="C121" s="14"/>
+      <c r="D121" s="21"/>
+      <c r="E121" s="14"/>
+      <c r="F121" s="21"/>
+      <c r="G121" s="14"/>
+      <c r="H121" s="21"/>
+      <c r="I121" s="14"/>
+      <c r="J121" s="21"/>
     </row>
     <row r="122" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A122" s="45" t="s">
+      <c r="A122" s="34" t="s">
         <v>222</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="C122" s="24"/>
-[...6 lines deleted...]
-      <c r="J122" s="32"/>
+      <c r="C122" s="14"/>
+      <c r="D122" s="21"/>
+      <c r="E122" s="14"/>
+      <c r="F122" s="21"/>
+      <c r="G122" s="14"/>
+      <c r="H122" s="21"/>
+      <c r="I122" s="14"/>
+      <c r="J122" s="21"/>
     </row>
     <row r="123" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A123" s="45" t="s">
+      <c r="A123" s="34" t="s">
         <v>224</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="C123" s="24"/>
-[...6 lines deleted...]
-      <c r="J123" s="32"/>
+      <c r="C123" s="14"/>
+      <c r="D123" s="21"/>
+      <c r="E123" s="14"/>
+      <c r="F123" s="21"/>
+      <c r="G123" s="14"/>
+      <c r="H123" s="21"/>
+      <c r="I123" s="14"/>
+      <c r="J123" s="21"/>
     </row>
     <row r="124" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A124" s="45" t="s">
+      <c r="A124" s="34" t="s">
         <v>226</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>227</v>
       </c>
-      <c r="C124" s="24"/>
-[...6 lines deleted...]
-      <c r="J124" s="32"/>
+      <c r="C124" s="14"/>
+      <c r="D124" s="21"/>
+      <c r="E124" s="14"/>
+      <c r="F124" s="21"/>
+      <c r="G124" s="14"/>
+      <c r="H124" s="21"/>
+      <c r="I124" s="14"/>
+      <c r="J124" s="21"/>
     </row>
     <row r="125" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A125" s="45" t="s">
+      <c r="A125" s="34" t="s">
         <v>228</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>229</v>
       </c>
-      <c r="C125" s="24"/>
-[...6 lines deleted...]
-      <c r="J125" s="32"/>
+      <c r="C125" s="14"/>
+      <c r="D125" s="21"/>
+      <c r="E125" s="14"/>
+      <c r="F125" s="21"/>
+      <c r="G125" s="14"/>
+      <c r="H125" s="21"/>
+      <c r="I125" s="14"/>
+      <c r="J125" s="21"/>
     </row>
     <row r="126" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A126" s="45" t="s">
+      <c r="A126" s="34" t="s">
         <v>230</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>231</v>
       </c>
-      <c r="C126" s="24"/>
-[...6 lines deleted...]
-      <c r="J126" s="32"/>
+      <c r="C126" s="14"/>
+      <c r="D126" s="21"/>
+      <c r="E126" s="14"/>
+      <c r="F126" s="21"/>
+      <c r="G126" s="14"/>
+      <c r="H126" s="21"/>
+      <c r="I126" s="14"/>
+      <c r="J126" s="21"/>
     </row>
     <row r="127" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A127" s="45" t="s">
+      <c r="A127" s="34" t="s">
         <v>232</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>233</v>
       </c>
-      <c r="C127" s="24"/>
-[...6 lines deleted...]
-      <c r="J127" s="32"/>
+      <c r="C127" s="14"/>
+      <c r="D127" s="21"/>
+      <c r="E127" s="14"/>
+      <c r="F127" s="21"/>
+      <c r="G127" s="14"/>
+      <c r="H127" s="21"/>
+      <c r="I127" s="14"/>
+      <c r="J127" s="21"/>
     </row>
     <row r="128" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A128" s="45" t="s">
+      <c r="A128" s="34" t="s">
         <v>234</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>235</v>
       </c>
-      <c r="C128" s="24"/>
-[...6 lines deleted...]
-      <c r="J128" s="32"/>
+      <c r="C128" s="14"/>
+      <c r="D128" s="21"/>
+      <c r="E128" s="14"/>
+      <c r="F128" s="21"/>
+      <c r="G128" s="14"/>
+      <c r="H128" s="21"/>
+      <c r="I128" s="14"/>
+      <c r="J128" s="21"/>
     </row>
     <row r="129" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A129" s="45" t="s">
+      <c r="A129" s="34" t="s">
         <v>236</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>237</v>
       </c>
-      <c r="C129" s="24"/>
-[...6 lines deleted...]
-      <c r="J129" s="32"/>
+      <c r="C129" s="14"/>
+      <c r="D129" s="21"/>
+      <c r="E129" s="14"/>
+      <c r="F129" s="21"/>
+      <c r="G129" s="14"/>
+      <c r="H129" s="21"/>
+      <c r="I129" s="14"/>
+      <c r="J129" s="21"/>
     </row>
     <row r="130" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A130" s="39" t="s">
+      <c r="A130" s="28" t="s">
         <v>238</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>332</v>
-[...10 lines deleted...]
-      <c r="J130" s="32"/>
+        <v>285</v>
+      </c>
+      <c r="C130" s="14"/>
+      <c r="D130" s="21"/>
+      <c r="E130" s="31"/>
+      <c r="F130" s="32" t="s">
+        <v>402</v>
+      </c>
+      <c r="G130" s="14"/>
+      <c r="H130" s="21"/>
+      <c r="I130" s="14"/>
+      <c r="J130" s="21"/>
     </row>
     <row r="131" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A131" s="39" t="s">
+      <c r="A131" s="28" t="s">
         <v>239</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>304</v>
-[...10 lines deleted...]
-      <c r="J131" s="32"/>
+        <v>258</v>
+      </c>
+      <c r="C131" s="14"/>
+      <c r="D131" s="21"/>
+      <c r="E131" s="31"/>
+      <c r="F131" s="32" t="s">
+        <v>412</v>
+      </c>
+      <c r="G131" s="14"/>
+      <c r="H131" s="21"/>
+      <c r="I131" s="14"/>
+      <c r="J131" s="21"/>
     </row>
     <row r="132" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A132" s="39" t="s">
+      <c r="A132" s="28" t="s">
         <v>240</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>305</v>
-[...8 lines deleted...]
-      <c r="J132" s="32"/>
+        <v>259</v>
+      </c>
+      <c r="C132" s="14"/>
+      <c r="D132" s="21"/>
+      <c r="E132" s="14"/>
+      <c r="F132" s="21"/>
+      <c r="G132" s="14"/>
+      <c r="H132" s="21"/>
+      <c r="I132" s="14"/>
+      <c r="J132" s="21"/>
     </row>
     <row r="133" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A133" s="39" t="s">
+      <c r="A133" s="28" t="s">
         <v>241</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>306</v>
-[...8 lines deleted...]
-      <c r="J133" s="32"/>
+        <v>260</v>
+      </c>
+      <c r="C133" s="14"/>
+      <c r="D133" s="21"/>
+      <c r="E133" s="14"/>
+      <c r="F133" s="21"/>
+      <c r="G133" s="14"/>
+      <c r="H133" s="21"/>
+      <c r="I133" s="14"/>
+      <c r="J133" s="21"/>
     </row>
     <row r="134" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A134" s="39" t="s">
+      <c r="A134" s="28" t="s">
         <v>242</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>307</v>
-[...8 lines deleted...]
-      <c r="J134" s="32"/>
+        <v>261</v>
+      </c>
+      <c r="C134" s="14"/>
+      <c r="D134" s="21"/>
+      <c r="E134" s="14"/>
+      <c r="F134" s="21"/>
+      <c r="G134" s="14"/>
+      <c r="H134" s="21"/>
+      <c r="I134" s="14"/>
+      <c r="J134" s="21"/>
     </row>
     <row r="135" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A135" s="39" t="s">
+      <c r="A135" s="28" t="s">
         <v>243</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>308</v>
-[...8 lines deleted...]
-      <c r="J135" s="32"/>
+        <v>262</v>
+      </c>
+      <c r="C135" s="14"/>
+      <c r="D135" s="21"/>
+      <c r="E135" s="14"/>
+      <c r="F135" s="21"/>
+      <c r="G135" s="14"/>
+      <c r="H135" s="21"/>
+      <c r="I135" s="14"/>
+      <c r="J135" s="21"/>
     </row>
     <row r="136" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A136" s="39" t="s">
+      <c r="A136" s="28" t="s">
         <v>244</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>303</v>
-[...8 lines deleted...]
-      <c r="J136" s="32"/>
+        <v>257</v>
+      </c>
+      <c r="C136" s="14"/>
+      <c r="D136" s="21"/>
+      <c r="E136" s="14"/>
+      <c r="F136" s="21"/>
+      <c r="G136" s="14"/>
+      <c r="H136" s="21"/>
+      <c r="I136" s="14"/>
+      <c r="J136" s="21"/>
     </row>
     <row r="137" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A137" s="39" t="s">
+      <c r="A137" s="28" t="s">
         <v>245</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>309</v>
-[...10 lines deleted...]
-      <c r="J137" s="32"/>
+        <v>263</v>
+      </c>
+      <c r="C137" s="29"/>
+      <c r="D137" s="30" t="s">
+        <v>388</v>
+      </c>
+      <c r="E137" s="14"/>
+      <c r="F137" s="21"/>
+      <c r="G137" s="14"/>
+      <c r="H137" s="21"/>
+      <c r="I137" s="14"/>
+      <c r="J137" s="21"/>
     </row>
     <row r="138" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A138" s="39" t="s">
+      <c r="A138" s="28" t="s">
         <v>246</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>310</v>
-[...8 lines deleted...]
-      <c r="J138" s="32"/>
+        <v>264</v>
+      </c>
+      <c r="C138" s="14"/>
+      <c r="D138" s="21"/>
+      <c r="E138" s="14"/>
+      <c r="F138" s="21"/>
+      <c r="G138" s="14"/>
+      <c r="H138" s="21"/>
+      <c r="I138" s="14"/>
+      <c r="J138" s="21"/>
     </row>
     <row r="139" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A139" s="39" t="s">
+      <c r="A139" s="28" t="s">
         <v>247</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>311</v>
-[...8 lines deleted...]
-      <c r="J139" s="32"/>
+        <v>265</v>
+      </c>
+      <c r="C139" s="14"/>
+      <c r="D139" s="21"/>
+      <c r="E139" s="40"/>
+      <c r="F139" s="41"/>
+      <c r="G139" s="14"/>
+      <c r="H139" s="21"/>
+      <c r="I139" s="14"/>
+      <c r="J139" s="21"/>
     </row>
     <row r="140" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A140" s="39" t="s">
-        <v>333</v>
+      <c r="A140" s="28" t="s">
+        <v>286</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>334</v>
-[...8 lines deleted...]
-      <c r="J140" s="32"/>
+        <v>287</v>
+      </c>
+      <c r="C140" s="14"/>
+      <c r="D140" s="21"/>
+      <c r="E140" s="14"/>
+      <c r="F140" s="21"/>
+      <c r="G140" s="14"/>
+      <c r="H140" s="21"/>
+      <c r="I140" s="14"/>
+      <c r="J140" s="21"/>
     </row>
     <row r="141" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A141" s="39" t="s">
-        <v>335</v>
+      <c r="A141" s="28" t="s">
+        <v>288</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>336</v>
-[...8 lines deleted...]
-      <c r="J141" s="32"/>
+        <v>289</v>
+      </c>
+      <c r="C141" s="14"/>
+      <c r="D141" s="21"/>
+      <c r="E141" s="14"/>
+      <c r="F141" s="21"/>
+      <c r="G141" s="14"/>
+      <c r="H141" s="21"/>
+      <c r="I141" s="14"/>
+      <c r="J141" s="21"/>
     </row>
     <row r="142" spans="1:10" ht="24" x14ac:dyDescent="0.2">
-      <c r="A142" s="39" t="s">
-        <v>337</v>
+      <c r="A142" s="28" t="s">
+        <v>290</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>338</v>
-[...8 lines deleted...]
-      <c r="J142" s="32"/>
+        <v>291</v>
+      </c>
+      <c r="C142" s="14"/>
+      <c r="D142" s="21"/>
+      <c r="E142" s="14"/>
+      <c r="F142" s="21"/>
+      <c r="G142" s="14"/>
+      <c r="H142" s="21"/>
+      <c r="I142" s="14"/>
+      <c r="J142" s="21"/>
     </row>
     <row r="143" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A143" s="39" t="s">
-        <v>339</v>
+      <c r="A143" s="28" t="s">
+        <v>292</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>340</v>
-[...8 lines deleted...]
-      <c r="J143" s="32"/>
+        <v>293</v>
+      </c>
+      <c r="C143" s="14"/>
+      <c r="D143" s="21"/>
+      <c r="E143" s="14"/>
+      <c r="F143" s="21"/>
+      <c r="G143" s="14"/>
+      <c r="H143" s="21"/>
+      <c r="I143" s="14"/>
+      <c r="J143" s="21"/>
     </row>
     <row r="144" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A144" s="39" t="s">
-        <v>341</v>
+      <c r="A144" s="28" t="s">
+        <v>294</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>342</v>
-[...8 lines deleted...]
-      <c r="J144" s="32"/>
+        <v>295</v>
+      </c>
+      <c r="C144" s="14"/>
+      <c r="D144" s="21"/>
+      <c r="E144" s="14"/>
+      <c r="F144" s="21"/>
+      <c r="G144" s="14"/>
+      <c r="H144" s="21"/>
+      <c r="I144" s="14"/>
+      <c r="J144" s="21"/>
     </row>
     <row r="145" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A145" s="39" t="s">
-        <v>343</v>
+      <c r="A145" s="28" t="s">
+        <v>296</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>344</v>
-[...8 lines deleted...]
-      <c r="J145" s="32"/>
+        <v>297</v>
+      </c>
+      <c r="C145" s="14"/>
+      <c r="D145" s="21"/>
+      <c r="E145" s="14"/>
+      <c r="F145" s="21"/>
+      <c r="G145" s="14"/>
+      <c r="H145" s="21"/>
+      <c r="I145" s="14"/>
+      <c r="J145" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="15">
-    <mergeCell ref="C1:J1"/>
-[...3 lines deleted...]
-    <mergeCell ref="I2:J2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="I3:J3"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:F3"/>
     <mergeCell ref="G3:H3"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I4:J4"/>
+    <mergeCell ref="C1:J1"/>
+    <mergeCell ref="C2:D2"/>
+    <mergeCell ref="E2:F2"/>
+    <mergeCell ref="G2:H2"/>
+    <mergeCell ref="I2:J2"/>
   </mergeCells>
-  <phoneticPr fontId="7"/>
+  <phoneticPr fontId="6"/>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G26:G27 C23:C145 G30:G145 E23:E145 I23:I145" xr:uid="{00000000-0002-0000-0200-000000000000}">
       <formula1>"E,&lt;,&gt;"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A140:A145" xr:uid="{315650AE-EC43-4039-A9BB-6A1D7A8D9A3A}">
       <formula1>測定項目コード</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="55" fitToHeight="3" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="83" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:J145"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="85" zoomScaleNormal="70" zoomScaleSheetLayoutView="85" workbookViewId="0">
       <pane xSplit="2" ySplit="18" topLeftCell="C31" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="36" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
-        <v>530</v>
-[...10 lines deleted...]
-      <c r="J1" s="54"/>
+        <v>494</v>
+      </c>
+      <c r="C1" s="46" t="s">
+        <v>255</v>
+      </c>
+      <c r="D1" s="47"/>
+      <c r="E1" s="47"/>
+      <c r="F1" s="47"/>
+      <c r="G1" s="47"/>
+      <c r="H1" s="47"/>
+      <c r="I1" s="47"/>
+      <c r="J1" s="47"/>
     </row>
     <row r="2" spans="1:10" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C2" s="61" t="s">
-[...14 lines deleted...]
-      <c r="J2" s="62"/>
+      <c r="C2" s="54" t="s">
+        <v>267</v>
+      </c>
+      <c r="D2" s="55"/>
+      <c r="E2" s="56" t="s">
+        <v>270</v>
+      </c>
+      <c r="F2" s="56"/>
+      <c r="G2" s="55" t="s">
+        <v>274</v>
+      </c>
+      <c r="H2" s="55"/>
+      <c r="I2" s="55" t="s">
+        <v>277</v>
+      </c>
+      <c r="J2" s="55"/>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="B3" s="23" t="s">
-[...11 lines deleted...]
-      <c r="J3" s="60"/>
+      <c r="B3" s="13" t="s">
+        <v>266</v>
+      </c>
+      <c r="C3" s="48"/>
+      <c r="D3" s="49"/>
+      <c r="E3" s="50" t="s">
+        <v>273</v>
+      </c>
+      <c r="F3" s="51"/>
+      <c r="G3" s="52"/>
+      <c r="H3" s="53"/>
+      <c r="I3" s="52"/>
+      <c r="J3" s="53"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A4" s="65" t="s">
+      <c r="A4" s="43" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="66" t="s">
+      <c r="B4" s="44" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="64" t="s">
+      <c r="C4" s="42" t="s">
         <v>2</v>
       </c>
-      <c r="D4" s="64"/>
-      <c r="E4" s="67" t="s">
+      <c r="D4" s="42"/>
+      <c r="E4" s="45" t="s">
         <v>2</v>
       </c>
-      <c r="F4" s="67"/>
-      <c r="G4" s="64" t="s">
+      <c r="F4" s="45"/>
+      <c r="G4" s="42" t="s">
         <v>2</v>
       </c>
-      <c r="H4" s="64"/>
-      <c r="I4" s="64" t="s">
+      <c r="H4" s="42"/>
+      <c r="I4" s="42" t="s">
         <v>2</v>
       </c>
-      <c r="J4" s="64"/>
+      <c r="J4" s="42"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A5" s="65"/>
-[...1 lines deleted...]
-      <c r="C5" s="28" t="s">
+      <c r="A5" s="43"/>
+      <c r="B5" s="44"/>
+      <c r="C5" s="17" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="28" t="s">
+      <c r="D5" s="17" t="s">
         <v>4</v>
       </c>
-      <c r="E5" s="29" t="s">
+      <c r="E5" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="F5" s="29" t="s">
+      <c r="F5" s="18" t="s">
         <v>4</v>
       </c>
-      <c r="G5" s="28" t="s">
+      <c r="G5" s="17" t="s">
         <v>3</v>
       </c>
-      <c r="H5" s="28" t="s">
+      <c r="H5" s="17" t="s">
         <v>4</v>
       </c>
-      <c r="I5" s="28" t="s">
+      <c r="I5" s="17" t="s">
         <v>3</v>
       </c>
-      <c r="J5" s="28" t="s">
+      <c r="J5" s="17" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A6" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="8" t="s">
         <v>6</v>
       </c>
-      <c r="C6" s="25"/>
-      <c r="D6" s="30">
+      <c r="C6" s="15"/>
+      <c r="D6" s="19">
         <v>2025</v>
       </c>
       <c r="E6" s="12"/>
-      <c r="F6" s="31">
+      <c r="F6" s="20">
         <v>2025</v>
       </c>
-      <c r="G6" s="25"/>
-      <c r="H6" s="30">
+      <c r="G6" s="15"/>
+      <c r="H6" s="19">
         <v>2025</v>
       </c>
-      <c r="I6" s="25"/>
-      <c r="J6" s="30">
+      <c r="I6" s="15"/>
+      <c r="J6" s="19">
         <v>2025</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="C7" s="24" t="s">
+      <c r="C7" s="14" t="s">
         <v>248</v>
       </c>
-      <c r="D7" s="32" t="s">
+      <c r="D7" s="21" t="s">
         <v>249</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="F7" s="33" t="s">
+      <c r="F7" s="22" t="s">
         <v>249</v>
       </c>
-      <c r="G7" s="24" t="s">
+      <c r="G7" s="14" t="s">
         <v>248</v>
       </c>
-      <c r="H7" s="32" t="s">
+      <c r="H7" s="21" t="s">
         <v>249</v>
       </c>
-      <c r="I7" s="24" t="s">
+      <c r="I7" s="14" t="s">
         <v>248</v>
       </c>
-      <c r="J7" s="32" t="s">
+      <c r="J7" s="21" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="C8" s="24"/>
-[...1 lines deleted...]
-        <v>314</v>
+      <c r="C8" s="14"/>
+      <c r="D8" s="21" t="s">
+        <v>268</v>
       </c>
       <c r="E8" s="1"/>
-      <c r="F8" s="33" t="s">
-[...8 lines deleted...]
-        <v>324</v>
+      <c r="F8" s="22" t="s">
+        <v>271</v>
+      </c>
+      <c r="G8" s="14"/>
+      <c r="H8" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="I8" s="14"/>
+      <c r="J8" s="21" t="s">
+        <v>278</v>
       </c>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="C9" s="24"/>
-[...1 lines deleted...]
-        <v>302</v>
+      <c r="C9" s="14"/>
+      <c r="D9" s="21" t="s">
+        <v>256</v>
       </c>
       <c r="E9" s="1"/>
-      <c r="F9" s="33" t="s">
-[...8 lines deleted...]
-        <v>325</v>
+      <c r="F9" s="22" t="s">
+        <v>272</v>
+      </c>
+      <c r="G9" s="14"/>
+      <c r="H9" s="21" t="s">
+        <v>272</v>
+      </c>
+      <c r="I9" s="14"/>
+      <c r="J9" s="21" t="s">
+        <v>279</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A10" s="3"/>
       <c r="B10" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="C10" s="24" t="s">
+      <c r="C10" s="14" t="s">
         <v>250</v>
       </c>
-      <c r="D10" s="32" t="s">
+      <c r="D10" s="21" t="s">
         <v>251</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="F10" s="33" t="s">
+      <c r="F10" s="22" t="s">
         <v>251</v>
       </c>
-      <c r="G10" s="24" t="s">
+      <c r="G10" s="14" t="s">
         <v>250</v>
       </c>
-      <c r="H10" s="32" t="s">
+      <c r="H10" s="21" t="s">
         <v>251</v>
       </c>
-      <c r="I10" s="24" t="s">
+      <c r="I10" s="14" t="s">
         <v>250</v>
       </c>
-      <c r="J10" s="32" t="s">
+      <c r="J10" s="21" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A11" s="3"/>
       <c r="B11" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="C11" s="24"/>
-[...6 lines deleted...]
-      <c r="J11" s="32"/>
+      <c r="C11" s="14"/>
+      <c r="D11" s="21"/>
+      <c r="E11" s="14"/>
+      <c r="F11" s="21"/>
+      <c r="G11" s="14"/>
+      <c r="H11" s="21"/>
+      <c r="I11" s="14"/>
+      <c r="J11" s="21"/>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A12" s="3"/>
       <c r="B12" s="9" t="s">
         <v>12</v>
       </c>
-      <c r="C12" s="24"/>
-[...6 lines deleted...]
-      <c r="J12" s="32"/>
+      <c r="C12" s="14"/>
+      <c r="D12" s="21"/>
+      <c r="E12" s="14"/>
+      <c r="F12" s="21"/>
+      <c r="G12" s="14"/>
+      <c r="H12" s="21"/>
+      <c r="I12" s="14"/>
+      <c r="J12" s="21"/>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B13" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="C13" s="25"/>
-      <c r="D13" s="30">
+      <c r="C13" s="15"/>
+      <c r="D13" s="19">
         <v>2025</v>
       </c>
       <c r="E13" s="12"/>
-      <c r="F13" s="31">
+      <c r="F13" s="20">
         <v>2025</v>
       </c>
-      <c r="G13" s="25"/>
-      <c r="H13" s="30">
+      <c r="G13" s="15"/>
+      <c r="H13" s="19">
         <v>2025</v>
       </c>
-      <c r="I13" s="25"/>
-      <c r="J13" s="30">
+      <c r="I13" s="15"/>
+      <c r="J13" s="19">
         <v>2025</v>
       </c>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="C14" s="24"/>
-      <c r="D14" s="32"/>
+      <c r="C14" s="14"/>
+      <c r="D14" s="21"/>
       <c r="E14" s="1"/>
-      <c r="F14" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J14" s="32"/>
+      <c r="F14" s="22" t="s">
+        <v>391</v>
+      </c>
+      <c r="G14" s="14"/>
+      <c r="H14" s="21"/>
+      <c r="I14" s="14"/>
+      <c r="J14" s="21"/>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="C15" s="24"/>
-      <c r="D15" s="32"/>
+      <c r="C15" s="14"/>
+      <c r="D15" s="21"/>
       <c r="E15" s="1"/>
-      <c r="F15" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J15" s="32"/>
+      <c r="F15" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="G15" s="14"/>
+      <c r="H15" s="21"/>
+      <c r="I15" s="14"/>
+      <c r="J15" s="21"/>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>16</v>
       </c>
-      <c r="C16" s="24" t="s">
+      <c r="C16" s="14" t="s">
         <v>252</v>
       </c>
-      <c r="D16" s="32" t="s">
-        <v>300</v>
+      <c r="D16" s="21" t="s">
+        <v>254</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="F16" s="33" t="s">
-[...12 lines deleted...]
-        <v>322</v>
+      <c r="F16" s="22" t="s">
+        <v>254</v>
+      </c>
+      <c r="G16" s="14" t="s">
+        <v>281</v>
+      </c>
+      <c r="H16" s="21" t="s">
+        <v>276</v>
+      </c>
+      <c r="I16" s="14" t="s">
+        <v>281</v>
+      </c>
+      <c r="J16" s="21" t="s">
+        <v>276</v>
       </c>
     </row>
     <row r="17" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="C17" s="24"/>
-      <c r="D17" s="32"/>
+      <c r="C17" s="14"/>
+      <c r="D17" s="21"/>
       <c r="E17" s="1"/>
-      <c r="F17" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J17" s="32"/>
+      <c r="F17" s="22" t="s">
+        <v>393</v>
+      </c>
+      <c r="G17" s="14"/>
+      <c r="H17" s="21"/>
+      <c r="I17" s="14"/>
+      <c r="J17" s="21"/>
     </row>
     <row r="18" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A18" s="10" t="s">
         <v>5</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="C18" s="34"/>
-[...8 lines deleted...]
-      <c r="J18" s="35"/>
+      <c r="C18" s="23"/>
+      <c r="D18" s="24"/>
+      <c r="E18" s="25"/>
+      <c r="F18" s="26" t="s">
+        <v>394</v>
+      </c>
+      <c r="G18" s="23"/>
+      <c r="H18" s="24"/>
+      <c r="I18" s="23"/>
+      <c r="J18" s="24"/>
     </row>
     <row r="19" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A19" s="38" t="s">
+      <c r="A19" s="27" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="C19" s="25" t="s">
+      <c r="C19" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="D19" s="32"/>
+      <c r="D19" s="21"/>
       <c r="E19" s="12"/>
-      <c r="F19" s="33" t="s">
-[...2 lines deleted...]
-      <c r="G19" s="25" t="s">
+      <c r="F19" s="22" t="s">
+        <v>395</v>
+      </c>
+      <c r="G19" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="H19" s="32"/>
-      <c r="I19" s="25" t="s">
+      <c r="H19" s="21"/>
+      <c r="I19" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="J19" s="32"/>
+      <c r="J19" s="21"/>
     </row>
     <row r="20" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A20" s="39" t="s">
+      <c r="A20" s="28" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C20" s="24" t="s">
+      <c r="C20" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="D20" s="32"/>
-[...2 lines deleted...]
-      <c r="G20" s="24" t="s">
+      <c r="D20" s="21"/>
+      <c r="E20" s="14"/>
+      <c r="F20" s="21"/>
+      <c r="G20" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="H20" s="32"/>
-      <c r="I20" s="24" t="s">
+      <c r="H20" s="21"/>
+      <c r="I20" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="J20" s="32"/>
+      <c r="J20" s="21"/>
     </row>
     <row r="21" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A21" s="39" t="s">
+      <c r="A21" s="28" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="C21" s="24" t="s">
+      <c r="C21" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="D21" s="32"/>
-[...2 lines deleted...]
-      <c r="G21" s="24" t="s">
+      <c r="D21" s="21"/>
+      <c r="E21" s="14"/>
+      <c r="F21" s="21"/>
+      <c r="G21" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="H21" s="32"/>
-      <c r="I21" s="24" t="s">
+      <c r="H21" s="21"/>
+      <c r="I21" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="J21" s="32"/>
+      <c r="J21" s="21"/>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A22" s="39" t="s">
+      <c r="A22" s="28" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="C22" s="24" t="s">
+      <c r="C22" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="D22" s="32"/>
-[...2 lines deleted...]
-      <c r="G22" s="24" t="s">
+      <c r="D22" s="21"/>
+      <c r="E22" s="14"/>
+      <c r="F22" s="21"/>
+      <c r="G22" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="H22" s="32"/>
-      <c r="I22" s="24" t="s">
+      <c r="H22" s="21"/>
+      <c r="I22" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="J22" s="32"/>
+      <c r="J22" s="21"/>
     </row>
     <row r="23" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A23" s="39" t="s">
+      <c r="A23" s="28" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="C23" s="24"/>
-      <c r="D23" s="32"/>
+      <c r="C23" s="14"/>
+      <c r="D23" s="21"/>
       <c r="E23" s="1"/>
-      <c r="F23" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J23" s="32"/>
+      <c r="F23" s="22" t="s">
+        <v>413</v>
+      </c>
+      <c r="G23" s="14"/>
+      <c r="H23" s="21"/>
+      <c r="I23" s="14"/>
+      <c r="J23" s="21"/>
     </row>
     <row r="24" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A24" s="39" t="s">
+      <c r="A24" s="28" t="s">
         <v>29</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="C24" s="24"/>
-      <c r="D24" s="32"/>
+      <c r="C24" s="14"/>
+      <c r="D24" s="21"/>
       <c r="E24" s="1"/>
-      <c r="F24" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J24" s="32"/>
+      <c r="F24" s="22" t="s">
+        <v>396</v>
+      </c>
+      <c r="G24" s="14"/>
+      <c r="H24" s="21"/>
+      <c r="I24" s="14"/>
+      <c r="J24" s="21"/>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A25" s="39" t="s">
+      <c r="A25" s="28" t="s">
         <v>31</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="C25" s="24"/>
-      <c r="D25" s="32"/>
+      <c r="C25" s="14"/>
+      <c r="D25" s="21"/>
       <c r="E25" s="1" t="s">
-        <v>513</v>
-[...5 lines deleted...]
-      <c r="J25" s="32"/>
+        <v>466</v>
+      </c>
+      <c r="F25" s="22"/>
+      <c r="G25" s="14"/>
+      <c r="H25" s="21"/>
+      <c r="I25" s="14"/>
+      <c r="J25" s="21"/>
     </row>
     <row r="26" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A26" s="39" t="s">
+      <c r="A26" s="28" t="s">
         <v>33</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C26" s="24"/>
-[...6 lines deleted...]
-      <c r="J26" s="32"/>
+      <c r="C26" s="14"/>
+      <c r="D26" s="21"/>
+      <c r="E26" s="14"/>
+      <c r="F26" s="21"/>
+      <c r="G26" s="14"/>
+      <c r="H26" s="21"/>
+      <c r="I26" s="14"/>
+      <c r="J26" s="21"/>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A27" s="39" t="s">
+      <c r="A27" s="28" t="s">
         <v>35</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="C27" s="24"/>
-[...6 lines deleted...]
-      <c r="J27" s="32"/>
+      <c r="C27" s="14"/>
+      <c r="D27" s="21"/>
+      <c r="E27" s="14"/>
+      <c r="F27" s="21"/>
+      <c r="G27" s="14"/>
+      <c r="H27" s="21"/>
+      <c r="I27" s="14"/>
+      <c r="J27" s="21"/>
     </row>
     <row r="28" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A28" s="39" t="s">
+      <c r="A28" s="28" t="s">
         <v>37</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="C28" s="24"/>
-      <c r="D28" s="32"/>
+      <c r="C28" s="14"/>
+      <c r="D28" s="21"/>
       <c r="E28" s="1"/>
-      <c r="F28" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J28" s="32"/>
+      <c r="F28" s="22" t="s">
+        <v>397</v>
+      </c>
+      <c r="G28" s="14"/>
+      <c r="H28" s="21"/>
+      <c r="I28" s="14"/>
+      <c r="J28" s="21"/>
     </row>
     <row r="29" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A29" s="39" t="s">
+      <c r="A29" s="28" t="s">
         <v>39</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="C29" s="24"/>
-      <c r="D29" s="32"/>
+      <c r="C29" s="14"/>
+      <c r="D29" s="21"/>
       <c r="E29" s="1"/>
-      <c r="F29" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J29" s="32"/>
+      <c r="F29" s="22" t="s">
+        <v>398</v>
+      </c>
+      <c r="G29" s="14"/>
+      <c r="H29" s="21"/>
+      <c r="I29" s="14"/>
+      <c r="J29" s="21"/>
     </row>
     <row r="30" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A30" s="39" t="s">
+      <c r="A30" s="28" t="s">
         <v>41</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="C30" s="24"/>
-[...8 lines deleted...]
-      <c r="J30" s="32"/>
+      <c r="C30" s="14"/>
+      <c r="D30" s="21"/>
+      <c r="E30" s="29"/>
+      <c r="F30" s="30" t="s">
+        <v>447</v>
+      </c>
+      <c r="G30" s="14"/>
+      <c r="H30" s="21"/>
+      <c r="I30" s="14"/>
+      <c r="J30" s="21"/>
     </row>
     <row r="31" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A31" s="39" t="s">
+      <c r="A31" s="28" t="s">
         <v>43</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="C31" s="24"/>
-[...8 lines deleted...]
-      <c r="J31" s="32"/>
+      <c r="C31" s="14"/>
+      <c r="D31" s="21"/>
+      <c r="E31" s="29"/>
+      <c r="F31" s="30" t="s">
+        <v>448</v>
+      </c>
+      <c r="G31" s="14"/>
+      <c r="H31" s="21"/>
+      <c r="I31" s="14"/>
+      <c r="J31" s="21"/>
     </row>
     <row r="32" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A32" s="39" t="s">
+      <c r="A32" s="28" t="s">
         <v>45</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="C32" s="24"/>
-[...8 lines deleted...]
-      <c r="J32" s="32"/>
+      <c r="C32" s="14"/>
+      <c r="D32" s="21"/>
+      <c r="E32" s="29"/>
+      <c r="F32" s="30" t="s">
+        <v>449</v>
+      </c>
+      <c r="G32" s="14"/>
+      <c r="H32" s="21"/>
+      <c r="I32" s="14"/>
+      <c r="J32" s="21"/>
     </row>
     <row r="33" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A33" s="39" t="s">
-        <v>346</v>
+      <c r="A33" s="28" t="s">
+        <v>299</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>345</v>
-[...10 lines deleted...]
-      <c r="J33" s="32"/>
+        <v>298</v>
+      </c>
+      <c r="C33" s="14"/>
+      <c r="D33" s="21"/>
+      <c r="E33" s="29"/>
+      <c r="F33" s="30" t="s">
+        <v>450</v>
+      </c>
+      <c r="G33" s="14"/>
+      <c r="H33" s="21"/>
+      <c r="I33" s="14"/>
+      <c r="J33" s="21"/>
     </row>
     <row r="34" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A34" s="39" t="s">
+      <c r="A34" s="28" t="s">
         <v>47</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="C34" s="24"/>
-[...6 lines deleted...]
-      <c r="J34" s="32"/>
+      <c r="C34" s="14"/>
+      <c r="D34" s="21"/>
+      <c r="E34" s="14"/>
+      <c r="F34" s="21"/>
+      <c r="G34" s="14"/>
+      <c r="H34" s="21"/>
+      <c r="I34" s="14"/>
+      <c r="J34" s="21"/>
     </row>
     <row r="35" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A35" s="39" t="s">
+      <c r="A35" s="28" t="s">
         <v>49</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="C35" s="24"/>
-[...6 lines deleted...]
-      <c r="J35" s="32"/>
+      <c r="C35" s="14"/>
+      <c r="D35" s="21"/>
+      <c r="E35" s="14"/>
+      <c r="F35" s="21"/>
+      <c r="G35" s="14"/>
+      <c r="H35" s="21"/>
+      <c r="I35" s="14"/>
+      <c r="J35" s="21"/>
     </row>
     <row r="36" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A36" s="39" t="s">
+      <c r="A36" s="28" t="s">
         <v>51</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="C36" s="24"/>
-[...6 lines deleted...]
-      <c r="J36" s="32"/>
+      <c r="C36" s="14"/>
+      <c r="D36" s="21"/>
+      <c r="E36" s="14"/>
+      <c r="F36" s="21"/>
+      <c r="G36" s="14"/>
+      <c r="H36" s="21"/>
+      <c r="I36" s="14"/>
+      <c r="J36" s="21"/>
     </row>
     <row r="37" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A37" s="39" t="s">
+      <c r="A37" s="28" t="s">
         <v>53</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="C37" s="24"/>
-[...6 lines deleted...]
-      <c r="J37" s="32"/>
+      <c r="C37" s="14"/>
+      <c r="D37" s="21"/>
+      <c r="E37" s="14"/>
+      <c r="F37" s="21"/>
+      <c r="G37" s="14"/>
+      <c r="H37" s="21"/>
+      <c r="I37" s="14"/>
+      <c r="J37" s="21"/>
     </row>
     <row r="38" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A38" s="39" t="s">
+      <c r="A38" s="28" t="s">
         <v>55</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="C38" s="24"/>
-[...6 lines deleted...]
-      <c r="J38" s="32"/>
+      <c r="C38" s="14"/>
+      <c r="D38" s="21"/>
+      <c r="E38" s="14"/>
+      <c r="F38" s="21"/>
+      <c r="G38" s="14"/>
+      <c r="H38" s="21"/>
+      <c r="I38" s="14"/>
+      <c r="J38" s="21"/>
     </row>
     <row r="39" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A39" s="39" t="s">
+      <c r="A39" s="28" t="s">
         <v>57</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="C39" s="24"/>
-[...6 lines deleted...]
-      <c r="J39" s="32"/>
+      <c r="C39" s="14"/>
+      <c r="D39" s="21"/>
+      <c r="E39" s="14"/>
+      <c r="F39" s="21"/>
+      <c r="G39" s="14"/>
+      <c r="H39" s="21"/>
+      <c r="I39" s="14"/>
+      <c r="J39" s="21"/>
     </row>
     <row r="40" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A40" s="39" t="s">
+      <c r="A40" s="28" t="s">
         <v>59</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="C40" s="24"/>
-[...6 lines deleted...]
-      <c r="J40" s="32"/>
+      <c r="C40" s="14"/>
+      <c r="D40" s="21"/>
+      <c r="E40" s="14"/>
+      <c r="F40" s="21"/>
+      <c r="G40" s="14"/>
+      <c r="H40" s="21"/>
+      <c r="I40" s="14"/>
+      <c r="J40" s="21"/>
     </row>
     <row r="41" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A41" s="39" t="s">
+      <c r="A41" s="28" t="s">
         <v>61</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="C41" s="24"/>
-[...6 lines deleted...]
-      <c r="J41" s="32"/>
+      <c r="C41" s="14"/>
+      <c r="D41" s="21"/>
+      <c r="E41" s="14"/>
+      <c r="F41" s="21"/>
+      <c r="G41" s="14"/>
+      <c r="H41" s="21"/>
+      <c r="I41" s="14"/>
+      <c r="J41" s="21"/>
     </row>
     <row r="42" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A42" s="39" t="s">
+      <c r="A42" s="28" t="s">
         <v>63</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="C42" s="24"/>
-[...6 lines deleted...]
-      <c r="J42" s="32"/>
+      <c r="C42" s="14"/>
+      <c r="D42" s="21"/>
+      <c r="E42" s="14"/>
+      <c r="F42" s="21"/>
+      <c r="G42" s="14"/>
+      <c r="H42" s="21"/>
+      <c r="I42" s="14"/>
+      <c r="J42" s="21"/>
     </row>
     <row r="43" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A43" s="39" t="s">
+      <c r="A43" s="28" t="s">
         <v>65</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="C43" s="24"/>
-[...6 lines deleted...]
-      <c r="J43" s="32"/>
+      <c r="C43" s="14"/>
+      <c r="D43" s="21"/>
+      <c r="E43" s="14"/>
+      <c r="F43" s="21"/>
+      <c r="G43" s="14"/>
+      <c r="H43" s="21"/>
+      <c r="I43" s="14"/>
+      <c r="J43" s="21"/>
     </row>
     <row r="44" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A44" s="39" t="s">
+      <c r="A44" s="28" t="s">
         <v>67</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="C44" s="24"/>
-[...6 lines deleted...]
-      <c r="J44" s="32"/>
+      <c r="C44" s="14"/>
+      <c r="D44" s="21"/>
+      <c r="E44" s="14"/>
+      <c r="F44" s="21"/>
+      <c r="G44" s="14"/>
+      <c r="H44" s="21"/>
+      <c r="I44" s="14"/>
+      <c r="J44" s="21"/>
     </row>
     <row r="45" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A45" s="39" t="s">
+      <c r="A45" s="28" t="s">
         <v>69</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="C45" s="24"/>
-[...6 lines deleted...]
-      <c r="J45" s="32"/>
+      <c r="C45" s="14"/>
+      <c r="D45" s="21"/>
+      <c r="E45" s="14"/>
+      <c r="F45" s="21"/>
+      <c r="G45" s="14"/>
+      <c r="H45" s="21"/>
+      <c r="I45" s="14"/>
+      <c r="J45" s="21"/>
     </row>
     <row r="46" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A46" s="39" t="s">
+      <c r="A46" s="28" t="s">
         <v>71</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="C46" s="24"/>
-[...6 lines deleted...]
-      <c r="J46" s="32"/>
+      <c r="C46" s="14"/>
+      <c r="D46" s="21"/>
+      <c r="E46" s="14"/>
+      <c r="F46" s="21"/>
+      <c r="G46" s="14"/>
+      <c r="H46" s="21"/>
+      <c r="I46" s="14"/>
+      <c r="J46" s="21"/>
     </row>
     <row r="47" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A47" s="39" t="s">
+      <c r="A47" s="28" t="s">
         <v>73</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="C47" s="24"/>
-[...6 lines deleted...]
-      <c r="J47" s="32"/>
+      <c r="C47" s="14"/>
+      <c r="D47" s="21"/>
+      <c r="E47" s="14"/>
+      <c r="F47" s="21"/>
+      <c r="G47" s="14"/>
+      <c r="H47" s="21"/>
+      <c r="I47" s="14"/>
+      <c r="J47" s="21"/>
     </row>
     <row r="48" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A48" s="39" t="s">
+      <c r="A48" s="28" t="s">
         <v>75</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="C48" s="24"/>
-[...6 lines deleted...]
-      <c r="J48" s="32"/>
+      <c r="C48" s="14"/>
+      <c r="D48" s="21"/>
+      <c r="E48" s="14"/>
+      <c r="F48" s="21"/>
+      <c r="G48" s="14"/>
+      <c r="H48" s="21"/>
+      <c r="I48" s="14"/>
+      <c r="J48" s="21"/>
     </row>
     <row r="49" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A49" s="39" t="s">
+      <c r="A49" s="28" t="s">
         <v>77</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="C49" s="24"/>
-[...6 lines deleted...]
-      <c r="J49" s="32"/>
+      <c r="C49" s="14"/>
+      <c r="D49" s="21"/>
+      <c r="E49" s="14"/>
+      <c r="F49" s="21"/>
+      <c r="G49" s="14"/>
+      <c r="H49" s="21"/>
+      <c r="I49" s="14"/>
+      <c r="J49" s="21"/>
     </row>
     <row r="50" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A50" s="39" t="s">
+      <c r="A50" s="28" t="s">
         <v>79</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="C50" s="24"/>
-[...6 lines deleted...]
-      <c r="J50" s="32"/>
+      <c r="C50" s="14"/>
+      <c r="D50" s="21"/>
+      <c r="E50" s="14"/>
+      <c r="F50" s="21"/>
+      <c r="G50" s="14"/>
+      <c r="H50" s="21"/>
+      <c r="I50" s="14"/>
+      <c r="J50" s="21"/>
     </row>
     <row r="51" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A51" s="39" t="s">
+      <c r="A51" s="28" t="s">
         <v>81</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="C51" s="24"/>
-[...6 lines deleted...]
-      <c r="J51" s="32"/>
+      <c r="C51" s="14"/>
+      <c r="D51" s="21"/>
+      <c r="E51" s="14"/>
+      <c r="F51" s="21"/>
+      <c r="G51" s="14"/>
+      <c r="H51" s="21"/>
+      <c r="I51" s="14"/>
+      <c r="J51" s="21"/>
     </row>
     <row r="52" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A52" s="39" t="s">
+      <c r="A52" s="28" t="s">
         <v>83</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="C52" s="24"/>
-[...6 lines deleted...]
-      <c r="J52" s="32"/>
+      <c r="C52" s="14"/>
+      <c r="D52" s="21"/>
+      <c r="E52" s="14"/>
+      <c r="F52" s="21"/>
+      <c r="G52" s="14"/>
+      <c r="H52" s="21"/>
+      <c r="I52" s="14"/>
+      <c r="J52" s="21"/>
     </row>
     <row r="53" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A53" s="39" t="s">
+      <c r="A53" s="28" t="s">
         <v>85</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="C53" s="24"/>
-[...6 lines deleted...]
-      <c r="J53" s="32"/>
+      <c r="C53" s="14"/>
+      <c r="D53" s="21"/>
+      <c r="E53" s="14"/>
+      <c r="F53" s="21"/>
+      <c r="G53" s="14"/>
+      <c r="H53" s="21"/>
+      <c r="I53" s="14"/>
+      <c r="J53" s="21"/>
     </row>
     <row r="54" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A54" s="39" t="s">
+      <c r="A54" s="28" t="s">
         <v>87</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="C54" s="24"/>
-[...6 lines deleted...]
-      <c r="J54" s="32"/>
+      <c r="C54" s="14"/>
+      <c r="D54" s="21"/>
+      <c r="E54" s="14"/>
+      <c r="F54" s="21"/>
+      <c r="G54" s="14"/>
+      <c r="H54" s="21"/>
+      <c r="I54" s="14"/>
+      <c r="J54" s="21"/>
     </row>
     <row r="55" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A55" s="39" t="s">
+      <c r="A55" s="28" t="s">
         <v>89</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="C55" s="24"/>
-[...6 lines deleted...]
-      <c r="J55" s="32"/>
+      <c r="C55" s="14"/>
+      <c r="D55" s="21"/>
+      <c r="E55" s="14"/>
+      <c r="F55" s="21"/>
+      <c r="G55" s="14"/>
+      <c r="H55" s="21"/>
+      <c r="I55" s="14"/>
+      <c r="J55" s="21"/>
     </row>
     <row r="56" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A56" s="39" t="s">
+      <c r="A56" s="28" t="s">
         <v>91</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="C56" s="24"/>
-[...6 lines deleted...]
-      <c r="J56" s="32"/>
+      <c r="C56" s="14"/>
+      <c r="D56" s="21"/>
+      <c r="E56" s="14"/>
+      <c r="F56" s="21"/>
+      <c r="G56" s="14"/>
+      <c r="H56" s="21"/>
+      <c r="I56" s="14"/>
+      <c r="J56" s="21"/>
     </row>
     <row r="57" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A57" s="39" t="s">
+      <c r="A57" s="28" t="s">
         <v>93</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="C57" s="24"/>
-[...6 lines deleted...]
-      <c r="J57" s="32"/>
+      <c r="C57" s="14"/>
+      <c r="D57" s="21"/>
+      <c r="E57" s="14"/>
+      <c r="F57" s="21"/>
+      <c r="G57" s="14"/>
+      <c r="H57" s="21"/>
+      <c r="I57" s="14"/>
+      <c r="J57" s="21"/>
     </row>
     <row r="58" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A58" s="39" t="s">
+      <c r="A58" s="28" t="s">
         <v>95</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="C58" s="24"/>
-[...6 lines deleted...]
-      <c r="J58" s="32"/>
+      <c r="C58" s="14"/>
+      <c r="D58" s="21"/>
+      <c r="E58" s="14"/>
+      <c r="F58" s="21"/>
+      <c r="G58" s="14"/>
+      <c r="H58" s="21"/>
+      <c r="I58" s="14"/>
+      <c r="J58" s="21"/>
     </row>
     <row r="59" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A59" s="39" t="s">
+      <c r="A59" s="28" t="s">
         <v>97</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="C59" s="24"/>
-[...6 lines deleted...]
-      <c r="J59" s="32"/>
+      <c r="C59" s="14"/>
+      <c r="D59" s="21"/>
+      <c r="E59" s="14"/>
+      <c r="F59" s="21"/>
+      <c r="G59" s="14"/>
+      <c r="H59" s="21"/>
+      <c r="I59" s="14"/>
+      <c r="J59" s="21"/>
     </row>
     <row r="60" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A60" s="39" t="s">
+      <c r="A60" s="28" t="s">
         <v>99</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>100</v>
       </c>
-      <c r="C60" s="24"/>
-[...6 lines deleted...]
-      <c r="J60" s="32"/>
+      <c r="C60" s="14"/>
+      <c r="D60" s="21"/>
+      <c r="E60" s="14"/>
+      <c r="F60" s="21"/>
+      <c r="G60" s="14"/>
+      <c r="H60" s="21"/>
+      <c r="I60" s="14"/>
+      <c r="J60" s="21"/>
     </row>
     <row r="61" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A61" s="39" t="s">
+      <c r="A61" s="28" t="s">
         <v>101</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="C61" s="24"/>
-[...6 lines deleted...]
-      <c r="J61" s="32"/>
+      <c r="C61" s="14"/>
+      <c r="D61" s="21"/>
+      <c r="E61" s="14"/>
+      <c r="F61" s="21"/>
+      <c r="G61" s="14"/>
+      <c r="H61" s="21"/>
+      <c r="I61" s="14"/>
+      <c r="J61" s="21"/>
     </row>
     <row r="62" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A62" s="39" t="s">
+      <c r="A62" s="28" t="s">
         <v>103</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="C62" s="24"/>
-[...6 lines deleted...]
-      <c r="J62" s="32"/>
+      <c r="C62" s="14"/>
+      <c r="D62" s="21"/>
+      <c r="E62" s="14"/>
+      <c r="F62" s="21"/>
+      <c r="G62" s="14"/>
+      <c r="H62" s="21"/>
+      <c r="I62" s="14"/>
+      <c r="J62" s="21"/>
     </row>
     <row r="63" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A63" s="39" t="s">
+      <c r="A63" s="28" t="s">
         <v>105</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="C63" s="24"/>
-[...6 lines deleted...]
-      <c r="J63" s="32"/>
+      <c r="C63" s="14"/>
+      <c r="D63" s="21"/>
+      <c r="E63" s="14"/>
+      <c r="F63" s="21"/>
+      <c r="G63" s="14"/>
+      <c r="H63" s="21"/>
+      <c r="I63" s="14"/>
+      <c r="J63" s="21"/>
     </row>
     <row r="64" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A64" s="39" t="s">
+      <c r="A64" s="28" t="s">
         <v>107</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="C64" s="24"/>
-[...6 lines deleted...]
-      <c r="J64" s="32"/>
+      <c r="C64" s="14"/>
+      <c r="D64" s="21"/>
+      <c r="E64" s="14"/>
+      <c r="F64" s="21"/>
+      <c r="G64" s="14"/>
+      <c r="H64" s="21"/>
+      <c r="I64" s="14"/>
+      <c r="J64" s="21"/>
     </row>
     <row r="65" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A65" s="39" t="s">
+      <c r="A65" s="28" t="s">
         <v>109</v>
       </c>
       <c r="B65" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="C65" s="24"/>
-[...6 lines deleted...]
-      <c r="J65" s="32"/>
+      <c r="C65" s="14"/>
+      <c r="D65" s="21"/>
+      <c r="E65" s="14"/>
+      <c r="F65" s="21"/>
+      <c r="G65" s="14"/>
+      <c r="H65" s="21"/>
+      <c r="I65" s="14"/>
+      <c r="J65" s="21"/>
     </row>
     <row r="66" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A66" s="39" t="s">
+      <c r="A66" s="28" t="s">
         <v>111</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="C66" s="24"/>
-[...6 lines deleted...]
-      <c r="J66" s="32"/>
+      <c r="C66" s="14"/>
+      <c r="D66" s="21"/>
+      <c r="E66" s="14"/>
+      <c r="F66" s="21"/>
+      <c r="G66" s="14"/>
+      <c r="H66" s="21"/>
+      <c r="I66" s="14"/>
+      <c r="J66" s="21"/>
     </row>
     <row r="67" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A67" s="39" t="s">
+      <c r="A67" s="28" t="s">
         <v>113</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="C67" s="24"/>
-[...6 lines deleted...]
-      <c r="J67" s="32"/>
+      <c r="C67" s="14"/>
+      <c r="D67" s="21"/>
+      <c r="E67" s="14"/>
+      <c r="F67" s="21"/>
+      <c r="G67" s="14"/>
+      <c r="H67" s="21"/>
+      <c r="I67" s="14"/>
+      <c r="J67" s="21"/>
     </row>
     <row r="68" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A68" s="39" t="s">
+      <c r="A68" s="28" t="s">
         <v>115</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="C68" s="24"/>
-[...6 lines deleted...]
-      <c r="J68" s="32"/>
+      <c r="C68" s="14"/>
+      <c r="D68" s="21"/>
+      <c r="E68" s="14"/>
+      <c r="F68" s="21"/>
+      <c r="G68" s="14"/>
+      <c r="H68" s="21"/>
+      <c r="I68" s="14"/>
+      <c r="J68" s="21"/>
     </row>
     <row r="69" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A69" s="39" t="s">
+      <c r="A69" s="28" t="s">
         <v>117</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="C69" s="24"/>
-[...6 lines deleted...]
-      <c r="J69" s="32"/>
+      <c r="C69" s="14"/>
+      <c r="D69" s="21"/>
+      <c r="E69" s="14"/>
+      <c r="F69" s="21"/>
+      <c r="G69" s="14"/>
+      <c r="H69" s="21"/>
+      <c r="I69" s="14"/>
+      <c r="J69" s="21"/>
     </row>
     <row r="70" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A70" s="39" t="s">
+      <c r="A70" s="28" t="s">
         <v>119</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="C70" s="24"/>
-[...6 lines deleted...]
-      <c r="J70" s="32"/>
+      <c r="C70" s="14"/>
+      <c r="D70" s="21"/>
+      <c r="E70" s="14"/>
+      <c r="F70" s="21"/>
+      <c r="G70" s="14"/>
+      <c r="H70" s="21"/>
+      <c r="I70" s="14"/>
+      <c r="J70" s="21"/>
     </row>
     <row r="71" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A71" s="39" t="s">
+      <c r="A71" s="28" t="s">
         <v>121</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="C71" s="24"/>
-[...6 lines deleted...]
-      <c r="J71" s="32"/>
+      <c r="C71" s="14"/>
+      <c r="D71" s="21"/>
+      <c r="E71" s="14"/>
+      <c r="F71" s="21"/>
+      <c r="G71" s="14"/>
+      <c r="H71" s="21"/>
+      <c r="I71" s="14"/>
+      <c r="J71" s="21"/>
     </row>
     <row r="72" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A72" s="39" t="s">
+      <c r="A72" s="28" t="s">
         <v>123</v>
       </c>
       <c r="B72" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="C72" s="24"/>
-[...6 lines deleted...]
-      <c r="J72" s="32"/>
+      <c r="C72" s="14"/>
+      <c r="D72" s="21"/>
+      <c r="E72" s="14"/>
+      <c r="F72" s="21"/>
+      <c r="G72" s="14"/>
+      <c r="H72" s="21"/>
+      <c r="I72" s="14"/>
+      <c r="J72" s="21"/>
     </row>
     <row r="73" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A73" s="39" t="s">
+      <c r="A73" s="28" t="s">
         <v>125</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="C73" s="24"/>
-[...6 lines deleted...]
-      <c r="J73" s="32"/>
+      <c r="C73" s="14"/>
+      <c r="D73" s="21"/>
+      <c r="E73" s="14"/>
+      <c r="F73" s="21"/>
+      <c r="G73" s="14"/>
+      <c r="H73" s="21"/>
+      <c r="I73" s="14"/>
+      <c r="J73" s="21"/>
     </row>
     <row r="74" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A74" s="39" t="s">
+      <c r="A74" s="28" t="s">
         <v>127</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="C74" s="24"/>
-[...6 lines deleted...]
-      <c r="J74" s="32"/>
+      <c r="C74" s="14"/>
+      <c r="D74" s="21"/>
+      <c r="E74" s="14"/>
+      <c r="F74" s="21"/>
+      <c r="G74" s="14"/>
+      <c r="H74" s="21"/>
+      <c r="I74" s="14"/>
+      <c r="J74" s="21"/>
     </row>
     <row r="75" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A75" s="39" t="s">
+      <c r="A75" s="28" t="s">
         <v>129</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="C75" s="24"/>
-[...6 lines deleted...]
-      <c r="J75" s="32"/>
+      <c r="C75" s="14"/>
+      <c r="D75" s="21"/>
+      <c r="E75" s="14"/>
+      <c r="F75" s="21"/>
+      <c r="G75" s="14"/>
+      <c r="H75" s="21"/>
+      <c r="I75" s="14"/>
+      <c r="J75" s="21"/>
     </row>
     <row r="76" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A76" s="39" t="s">
+      <c r="A76" s="28" t="s">
         <v>131</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>132</v>
       </c>
-      <c r="C76" s="24"/>
-[...6 lines deleted...]
-      <c r="J76" s="32"/>
+      <c r="C76" s="14"/>
+      <c r="D76" s="21"/>
+      <c r="E76" s="14"/>
+      <c r="F76" s="21"/>
+      <c r="G76" s="14"/>
+      <c r="H76" s="21"/>
+      <c r="I76" s="14"/>
+      <c r="J76" s="21"/>
     </row>
     <row r="77" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A77" s="39" t="s">
+      <c r="A77" s="28" t="s">
         <v>133</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>134</v>
       </c>
-      <c r="C77" s="24"/>
-[...6 lines deleted...]
-      <c r="J77" s="32"/>
+      <c r="C77" s="14"/>
+      <c r="D77" s="21"/>
+      <c r="E77" s="14"/>
+      <c r="F77" s="21"/>
+      <c r="G77" s="14"/>
+      <c r="H77" s="21"/>
+      <c r="I77" s="14"/>
+      <c r="J77" s="21"/>
     </row>
     <row r="78" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A78" s="39" t="s">
+      <c r="A78" s="28" t="s">
         <v>135</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="C78" s="24"/>
-[...6 lines deleted...]
-      <c r="J78" s="32"/>
+      <c r="C78" s="14"/>
+      <c r="D78" s="21"/>
+      <c r="E78" s="14"/>
+      <c r="F78" s="21"/>
+      <c r="G78" s="14"/>
+      <c r="H78" s="21"/>
+      <c r="I78" s="14"/>
+      <c r="J78" s="21"/>
     </row>
     <row r="79" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A79" s="39" t="s">
+      <c r="A79" s="28" t="s">
         <v>137</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="C79" s="24"/>
-[...6 lines deleted...]
-      <c r="J79" s="32"/>
+      <c r="C79" s="14"/>
+      <c r="D79" s="21"/>
+      <c r="E79" s="14"/>
+      <c r="F79" s="21"/>
+      <c r="G79" s="14"/>
+      <c r="H79" s="21"/>
+      <c r="I79" s="14"/>
+      <c r="J79" s="21"/>
     </row>
     <row r="80" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A80" s="39" t="s">
+      <c r="A80" s="28" t="s">
         <v>139</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>140</v>
       </c>
-      <c r="C80" s="24"/>
-[...6 lines deleted...]
-      <c r="J80" s="32"/>
+      <c r="C80" s="14"/>
+      <c r="D80" s="21"/>
+      <c r="E80" s="14"/>
+      <c r="F80" s="21"/>
+      <c r="G80" s="14"/>
+      <c r="H80" s="21"/>
+      <c r="I80" s="14"/>
+      <c r="J80" s="21"/>
     </row>
     <row r="81" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A81" s="39" t="s">
+      <c r="A81" s="28" t="s">
         <v>141</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>142</v>
       </c>
-      <c r="C81" s="24"/>
-[...6 lines deleted...]
-      <c r="J81" s="32"/>
+      <c r="C81" s="14"/>
+      <c r="D81" s="21"/>
+      <c r="E81" s="14"/>
+      <c r="F81" s="21"/>
+      <c r="G81" s="14"/>
+      <c r="H81" s="21"/>
+      <c r="I81" s="14"/>
+      <c r="J81" s="21"/>
     </row>
     <row r="82" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A82" s="39" t="s">
+      <c r="A82" s="28" t="s">
         <v>143</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>144</v>
       </c>
-      <c r="C82" s="24"/>
-[...6 lines deleted...]
-      <c r="J82" s="32"/>
+      <c r="C82" s="14"/>
+      <c r="D82" s="21"/>
+      <c r="E82" s="14"/>
+      <c r="F82" s="21"/>
+      <c r="G82" s="14"/>
+      <c r="H82" s="21"/>
+      <c r="I82" s="14"/>
+      <c r="J82" s="21"/>
     </row>
     <row r="83" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A83" s="39" t="s">
+      <c r="A83" s="28" t="s">
         <v>145</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>146</v>
       </c>
-      <c r="C83" s="24"/>
-[...6 lines deleted...]
-      <c r="J83" s="32"/>
+      <c r="C83" s="14"/>
+      <c r="D83" s="21"/>
+      <c r="E83" s="14"/>
+      <c r="F83" s="21"/>
+      <c r="G83" s="14"/>
+      <c r="H83" s="21"/>
+      <c r="I83" s="14"/>
+      <c r="J83" s="21"/>
     </row>
     <row r="84" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A84" s="39" t="s">
+      <c r="A84" s="28" t="s">
         <v>147</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>148</v>
       </c>
-      <c r="C84" s="24"/>
-[...6 lines deleted...]
-      <c r="J84" s="32"/>
+      <c r="C84" s="14"/>
+      <c r="D84" s="21"/>
+      <c r="E84" s="14"/>
+      <c r="F84" s="21"/>
+      <c r="G84" s="14"/>
+      <c r="H84" s="21"/>
+      <c r="I84" s="14"/>
+      <c r="J84" s="21"/>
     </row>
     <row r="85" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A85" s="39" t="s">
+      <c r="A85" s="28" t="s">
         <v>149</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="C85" s="24"/>
-[...6 lines deleted...]
-      <c r="J85" s="32"/>
+      <c r="C85" s="14"/>
+      <c r="D85" s="21"/>
+      <c r="E85" s="14"/>
+      <c r="F85" s="21"/>
+      <c r="G85" s="14"/>
+      <c r="H85" s="21"/>
+      <c r="I85" s="14"/>
+      <c r="J85" s="21"/>
     </row>
     <row r="86" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A86" s="39" t="s">
+      <c r="A86" s="28" t="s">
         <v>151</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>152</v>
       </c>
-      <c r="C86" s="24"/>
-[...6 lines deleted...]
-      <c r="J86" s="32"/>
+      <c r="C86" s="14"/>
+      <c r="D86" s="21"/>
+      <c r="E86" s="14"/>
+      <c r="F86" s="21"/>
+      <c r="G86" s="14"/>
+      <c r="H86" s="21"/>
+      <c r="I86" s="14"/>
+      <c r="J86" s="21"/>
     </row>
     <row r="87" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A87" s="39" t="s">
+      <c r="A87" s="28" t="s">
         <v>153</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>154</v>
       </c>
-      <c r="C87" s="24"/>
-[...6 lines deleted...]
-      <c r="J87" s="32"/>
+      <c r="C87" s="14"/>
+      <c r="D87" s="21"/>
+      <c r="E87" s="14"/>
+      <c r="F87" s="21"/>
+      <c r="G87" s="14"/>
+      <c r="H87" s="21"/>
+      <c r="I87" s="14"/>
+      <c r="J87" s="21"/>
     </row>
     <row r="88" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A88" s="39" t="s">
+      <c r="A88" s="28" t="s">
         <v>155</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>156</v>
       </c>
-      <c r="C88" s="24"/>
-[...10 lines deleted...]
-      <c r="J88" s="32"/>
+      <c r="C88" s="14"/>
+      <c r="D88" s="21"/>
+      <c r="E88" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F88" s="32" t="s">
+        <v>414</v>
+      </c>
+      <c r="G88" s="14"/>
+      <c r="H88" s="21"/>
+      <c r="I88" s="14"/>
+      <c r="J88" s="21"/>
     </row>
     <row r="89" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A89" s="39" t="s">
+      <c r="A89" s="28" t="s">
         <v>157</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>158</v>
       </c>
-      <c r="C89" s="24"/>
-[...6 lines deleted...]
-      <c r="J89" s="32"/>
+      <c r="C89" s="14"/>
+      <c r="D89" s="21"/>
+      <c r="E89" s="14"/>
+      <c r="F89" s="21"/>
+      <c r="G89" s="14"/>
+      <c r="H89" s="21"/>
+      <c r="I89" s="14"/>
+      <c r="J89" s="21"/>
     </row>
     <row r="90" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A90" s="39" t="s">
+      <c r="A90" s="28" t="s">
         <v>159</v>
       </c>
       <c r="B90" s="6" t="s">
         <v>160</v>
       </c>
-      <c r="C90" s="24"/>
-[...6 lines deleted...]
-      <c r="J90" s="32"/>
+      <c r="C90" s="14"/>
+      <c r="D90" s="21"/>
+      <c r="E90" s="14"/>
+      <c r="F90" s="21"/>
+      <c r="G90" s="14"/>
+      <c r="H90" s="21"/>
+      <c r="I90" s="14"/>
+      <c r="J90" s="21"/>
     </row>
     <row r="91" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A91" s="39" t="s">
+      <c r="A91" s="28" t="s">
         <v>161</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>162</v>
       </c>
-      <c r="C91" s="24"/>
-[...6 lines deleted...]
-      <c r="J91" s="32"/>
+      <c r="C91" s="14"/>
+      <c r="D91" s="21"/>
+      <c r="E91" s="14"/>
+      <c r="F91" s="21"/>
+      <c r="G91" s="14"/>
+      <c r="H91" s="21"/>
+      <c r="I91" s="14"/>
+      <c r="J91" s="21"/>
     </row>
     <row r="92" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A92" s="39" t="s">
+      <c r="A92" s="28" t="s">
         <v>163</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="C92" s="24"/>
-[...6 lines deleted...]
-      <c r="J92" s="32"/>
+      <c r="C92" s="14"/>
+      <c r="D92" s="21"/>
+      <c r="E92" s="14"/>
+      <c r="F92" s="21"/>
+      <c r="G92" s="14"/>
+      <c r="H92" s="21"/>
+      <c r="I92" s="14"/>
+      <c r="J92" s="21"/>
     </row>
     <row r="93" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A93" s="39" t="s">
+      <c r="A93" s="28" t="s">
         <v>165</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>166</v>
       </c>
-      <c r="C93" s="24"/>
-[...6 lines deleted...]
-      <c r="J93" s="32"/>
+      <c r="C93" s="14"/>
+      <c r="D93" s="21"/>
+      <c r="E93" s="14"/>
+      <c r="F93" s="21"/>
+      <c r="G93" s="14"/>
+      <c r="H93" s="21"/>
+      <c r="I93" s="14"/>
+      <c r="J93" s="21"/>
     </row>
     <row r="94" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A94" s="39" t="s">
+      <c r="A94" s="28" t="s">
         <v>167</v>
       </c>
       <c r="B94" s="6" t="s">
         <v>168</v>
       </c>
-      <c r="C94" s="24"/>
-[...6 lines deleted...]
-      <c r="J94" s="32"/>
+      <c r="C94" s="14"/>
+      <c r="D94" s="21"/>
+      <c r="E94" s="14"/>
+      <c r="F94" s="21"/>
+      <c r="G94" s="14"/>
+      <c r="H94" s="21"/>
+      <c r="I94" s="14"/>
+      <c r="J94" s="21"/>
     </row>
     <row r="95" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A95" s="39" t="s">
+      <c r="A95" s="28" t="s">
         <v>169</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>170</v>
       </c>
-      <c r="C95" s="24"/>
-[...6 lines deleted...]
-      <c r="J95" s="32"/>
+      <c r="C95" s="14"/>
+      <c r="D95" s="21"/>
+      <c r="E95" s="14"/>
+      <c r="F95" s="21"/>
+      <c r="G95" s="14"/>
+      <c r="H95" s="21"/>
+      <c r="I95" s="14"/>
+      <c r="J95" s="21"/>
     </row>
     <row r="96" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A96" s="39" t="s">
+      <c r="A96" s="28" t="s">
         <v>171</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="C96" s="24"/>
-[...6 lines deleted...]
-      <c r="J96" s="32"/>
+      <c r="C96" s="14"/>
+      <c r="D96" s="21"/>
+      <c r="E96" s="14"/>
+      <c r="F96" s="21"/>
+      <c r="G96" s="14"/>
+      <c r="H96" s="21"/>
+      <c r="I96" s="14"/>
+      <c r="J96" s="21"/>
     </row>
     <row r="97" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A97" s="39" t="s">
+      <c r="A97" s="28" t="s">
         <v>173</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>174</v>
       </c>
-      <c r="C97" s="24"/>
-[...6 lines deleted...]
-      <c r="J97" s="32"/>
+      <c r="C97" s="14"/>
+      <c r="D97" s="21"/>
+      <c r="E97" s="14"/>
+      <c r="F97" s="21"/>
+      <c r="G97" s="14"/>
+      <c r="H97" s="21"/>
+      <c r="I97" s="14"/>
+      <c r="J97" s="21"/>
     </row>
     <row r="98" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A98" s="39" t="s">
+      <c r="A98" s="28" t="s">
         <v>175</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>176</v>
       </c>
-      <c r="C98" s="24"/>
-[...6 lines deleted...]
-      <c r="J98" s="32"/>
+      <c r="C98" s="14"/>
+      <c r="D98" s="21"/>
+      <c r="E98" s="14"/>
+      <c r="F98" s="21"/>
+      <c r="G98" s="14"/>
+      <c r="H98" s="21"/>
+      <c r="I98" s="14"/>
+      <c r="J98" s="21"/>
     </row>
     <row r="99" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A99" s="39" t="s">
+      <c r="A99" s="28" t="s">
         <v>177</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>178</v>
       </c>
-      <c r="C99" s="24"/>
-[...6 lines deleted...]
-      <c r="J99" s="32"/>
+      <c r="C99" s="14"/>
+      <c r="D99" s="21"/>
+      <c r="E99" s="14"/>
+      <c r="F99" s="21"/>
+      <c r="G99" s="14"/>
+      <c r="H99" s="21"/>
+      <c r="I99" s="14"/>
+      <c r="J99" s="21"/>
     </row>
     <row r="100" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A100" s="39" t="s">
+      <c r="A100" s="28" t="s">
         <v>179</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>180</v>
       </c>
-      <c r="C100" s="24"/>
-[...6 lines deleted...]
-      <c r="J100" s="32"/>
+      <c r="C100" s="14"/>
+      <c r="D100" s="21"/>
+      <c r="E100" s="14"/>
+      <c r="F100" s="21"/>
+      <c r="G100" s="14"/>
+      <c r="H100" s="21"/>
+      <c r="I100" s="14"/>
+      <c r="J100" s="21"/>
     </row>
     <row r="101" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A101" s="39" t="s">
+      <c r="A101" s="28" t="s">
         <v>181</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>182</v>
       </c>
-      <c r="C101" s="24"/>
-[...6 lines deleted...]
-      <c r="J101" s="32"/>
+      <c r="C101" s="14"/>
+      <c r="D101" s="21"/>
+      <c r="E101" s="14"/>
+      <c r="F101" s="21"/>
+      <c r="G101" s="14"/>
+      <c r="H101" s="21"/>
+      <c r="I101" s="14"/>
+      <c r="J101" s="21"/>
     </row>
     <row r="102" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A102" s="39" t="s">
+      <c r="A102" s="28" t="s">
         <v>183</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>184</v>
       </c>
-      <c r="C102" s="24"/>
-[...6 lines deleted...]
-      <c r="J102" s="32"/>
+      <c r="C102" s="14"/>
+      <c r="D102" s="21"/>
+      <c r="E102" s="14"/>
+      <c r="F102" s="21"/>
+      <c r="G102" s="14"/>
+      <c r="H102" s="21"/>
+      <c r="I102" s="14"/>
+      <c r="J102" s="21"/>
     </row>
     <row r="103" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A103" s="39" t="s">
+      <c r="A103" s="28" t="s">
         <v>185</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>186</v>
       </c>
-      <c r="C103" s="24"/>
-[...6 lines deleted...]
-      <c r="J103" s="32"/>
+      <c r="C103" s="14"/>
+      <c r="D103" s="21"/>
+      <c r="E103" s="14"/>
+      <c r="F103" s="21"/>
+      <c r="G103" s="14"/>
+      <c r="H103" s="21"/>
+      <c r="I103" s="14"/>
+      <c r="J103" s="21"/>
     </row>
     <row r="104" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A104" s="39" t="s">
+      <c r="A104" s="28" t="s">
         <v>187</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="C104" s="24"/>
-[...6 lines deleted...]
-      <c r="J104" s="32"/>
+      <c r="C104" s="14"/>
+      <c r="D104" s="21"/>
+      <c r="E104" s="14"/>
+      <c r="F104" s="21"/>
+      <c r="G104" s="14"/>
+      <c r="H104" s="21"/>
+      <c r="I104" s="14"/>
+      <c r="J104" s="21"/>
     </row>
     <row r="105" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A105" s="39" t="s">
+      <c r="A105" s="28" t="s">
         <v>188</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>189</v>
       </c>
-      <c r="C105" s="24"/>
-[...6 lines deleted...]
-      <c r="J105" s="32"/>
+      <c r="C105" s="14"/>
+      <c r="D105" s="21"/>
+      <c r="E105" s="14"/>
+      <c r="F105" s="21"/>
+      <c r="G105" s="14"/>
+      <c r="H105" s="21"/>
+      <c r="I105" s="14"/>
+      <c r="J105" s="21"/>
     </row>
     <row r="106" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A106" s="44" t="s">
+      <c r="A106" s="33" t="s">
         <v>190</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>191</v>
       </c>
-      <c r="C106" s="24"/>
-[...6 lines deleted...]
-      <c r="J106" s="32"/>
+      <c r="C106" s="14"/>
+      <c r="D106" s="21"/>
+      <c r="E106" s="14"/>
+      <c r="F106" s="21"/>
+      <c r="G106" s="14"/>
+      <c r="H106" s="21"/>
+      <c r="I106" s="14"/>
+      <c r="J106" s="21"/>
     </row>
     <row r="107" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A107" s="45" t="s">
+      <c r="A107" s="34" t="s">
         <v>192</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>193</v>
       </c>
-      <c r="C107" s="24"/>
-[...6 lines deleted...]
-      <c r="J107" s="32"/>
+      <c r="C107" s="14"/>
+      <c r="D107" s="21"/>
+      <c r="E107" s="14"/>
+      <c r="F107" s="21"/>
+      <c r="G107" s="14"/>
+      <c r="H107" s="21"/>
+      <c r="I107" s="14"/>
+      <c r="J107" s="21"/>
     </row>
     <row r="108" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A108" s="45" t="s">
+      <c r="A108" s="34" t="s">
         <v>194</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="C108" s="24"/>
-[...6 lines deleted...]
-      <c r="J108" s="32"/>
+      <c r="C108" s="14"/>
+      <c r="D108" s="21"/>
+      <c r="E108" s="14"/>
+      <c r="F108" s="21"/>
+      <c r="G108" s="14"/>
+      <c r="H108" s="21"/>
+      <c r="I108" s="14"/>
+      <c r="J108" s="21"/>
     </row>
     <row r="109" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A109" s="45" t="s">
+      <c r="A109" s="34" t="s">
         <v>196</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="C109" s="24"/>
-[...6 lines deleted...]
-      <c r="J109" s="32"/>
+      <c r="C109" s="14"/>
+      <c r="D109" s="21"/>
+      <c r="E109" s="14"/>
+      <c r="F109" s="21"/>
+      <c r="G109" s="14"/>
+      <c r="H109" s="21"/>
+      <c r="I109" s="14"/>
+      <c r="J109" s="21"/>
     </row>
     <row r="110" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A110" s="45" t="s">
+      <c r="A110" s="34" t="s">
         <v>198</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>199</v>
       </c>
-      <c r="C110" s="24"/>
-[...6 lines deleted...]
-      <c r="J110" s="32"/>
+      <c r="C110" s="14"/>
+      <c r="D110" s="21"/>
+      <c r="E110" s="14"/>
+      <c r="F110" s="21"/>
+      <c r="G110" s="14"/>
+      <c r="H110" s="21"/>
+      <c r="I110" s="14"/>
+      <c r="J110" s="21"/>
     </row>
     <row r="111" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A111" s="45" t="s">
+      <c r="A111" s="34" t="s">
         <v>200</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="C111" s="24"/>
-[...6 lines deleted...]
-      <c r="J111" s="32"/>
+      <c r="C111" s="14"/>
+      <c r="D111" s="21"/>
+      <c r="E111" s="14"/>
+      <c r="F111" s="21"/>
+      <c r="G111" s="14"/>
+      <c r="H111" s="21"/>
+      <c r="I111" s="14"/>
+      <c r="J111" s="21"/>
     </row>
     <row r="112" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A112" s="45" t="s">
+      <c r="A112" s="34" t="s">
         <v>202</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>203</v>
       </c>
-      <c r="C112" s="24"/>
-[...6 lines deleted...]
-      <c r="J112" s="32"/>
+      <c r="C112" s="14"/>
+      <c r="D112" s="21"/>
+      <c r="E112" s="14"/>
+      <c r="F112" s="21"/>
+      <c r="G112" s="14"/>
+      <c r="H112" s="21"/>
+      <c r="I112" s="14"/>
+      <c r="J112" s="21"/>
     </row>
     <row r="113" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A113" s="45" t="s">
+      <c r="A113" s="34" t="s">
         <v>204</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>205</v>
       </c>
-      <c r="C113" s="24"/>
-[...6 lines deleted...]
-      <c r="J113" s="32"/>
+      <c r="C113" s="14"/>
+      <c r="D113" s="21"/>
+      <c r="E113" s="14"/>
+      <c r="F113" s="21"/>
+      <c r="G113" s="14"/>
+      <c r="H113" s="21"/>
+      <c r="I113" s="14"/>
+      <c r="J113" s="21"/>
     </row>
     <row r="114" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A114" s="45" t="s">
+      <c r="A114" s="34" t="s">
         <v>206</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>207</v>
       </c>
-      <c r="C114" s="24"/>
-[...6 lines deleted...]
-      <c r="J114" s="32"/>
+      <c r="C114" s="14"/>
+      <c r="D114" s="21"/>
+      <c r="E114" s="14"/>
+      <c r="F114" s="21"/>
+      <c r="G114" s="14"/>
+      <c r="H114" s="21"/>
+      <c r="I114" s="14"/>
+      <c r="J114" s="21"/>
     </row>
     <row r="115" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A115" s="45" t="s">
+      <c r="A115" s="34" t="s">
         <v>208</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="C115" s="24"/>
-[...6 lines deleted...]
-      <c r="J115" s="32"/>
+      <c r="C115" s="14"/>
+      <c r="D115" s="21"/>
+      <c r="E115" s="14"/>
+      <c r="F115" s="21"/>
+      <c r="G115" s="14"/>
+      <c r="H115" s="21"/>
+      <c r="I115" s="14"/>
+      <c r="J115" s="21"/>
     </row>
     <row r="116" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A116" s="45" t="s">
+      <c r="A116" s="34" t="s">
         <v>210</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="C116" s="24"/>
-[...6 lines deleted...]
-      <c r="J116" s="32"/>
+      <c r="C116" s="14"/>
+      <c r="D116" s="21"/>
+      <c r="E116" s="14"/>
+      <c r="F116" s="21"/>
+      <c r="G116" s="14"/>
+      <c r="H116" s="21"/>
+      <c r="I116" s="14"/>
+      <c r="J116" s="21"/>
     </row>
     <row r="117" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A117" s="45" t="s">
+      <c r="A117" s="34" t="s">
         <v>212</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>213</v>
       </c>
-      <c r="C117" s="24"/>
-[...6 lines deleted...]
-      <c r="J117" s="32"/>
+      <c r="C117" s="14"/>
+      <c r="D117" s="21"/>
+      <c r="E117" s="14"/>
+      <c r="F117" s="21"/>
+      <c r="G117" s="14"/>
+      <c r="H117" s="21"/>
+      <c r="I117" s="14"/>
+      <c r="J117" s="21"/>
     </row>
     <row r="118" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A118" s="45" t="s">
+      <c r="A118" s="34" t="s">
         <v>214</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>215</v>
       </c>
-      <c r="C118" s="24"/>
-[...6 lines deleted...]
-      <c r="J118" s="32"/>
+      <c r="C118" s="14"/>
+      <c r="D118" s="21"/>
+      <c r="E118" s="14"/>
+      <c r="F118" s="21"/>
+      <c r="G118" s="14"/>
+      <c r="H118" s="21"/>
+      <c r="I118" s="14"/>
+      <c r="J118" s="21"/>
     </row>
     <row r="119" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A119" s="45" t="s">
+      <c r="A119" s="34" t="s">
         <v>216</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="C119" s="24"/>
-[...6 lines deleted...]
-      <c r="J119" s="32"/>
+      <c r="C119" s="14"/>
+      <c r="D119" s="21"/>
+      <c r="E119" s="14"/>
+      <c r="F119" s="21"/>
+      <c r="G119" s="14"/>
+      <c r="H119" s="21"/>
+      <c r="I119" s="14"/>
+      <c r="J119" s="21"/>
     </row>
     <row r="120" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A120" s="45" t="s">
+      <c r="A120" s="34" t="s">
         <v>218</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>219</v>
       </c>
-      <c r="C120" s="24"/>
-[...6 lines deleted...]
-      <c r="J120" s="32"/>
+      <c r="C120" s="14"/>
+      <c r="D120" s="21"/>
+      <c r="E120" s="14"/>
+      <c r="F120" s="21"/>
+      <c r="G120" s="14"/>
+      <c r="H120" s="21"/>
+      <c r="I120" s="14"/>
+      <c r="J120" s="21"/>
     </row>
     <row r="121" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A121" s="45" t="s">
+      <c r="A121" s="34" t="s">
         <v>220</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>221</v>
       </c>
-      <c r="C121" s="24"/>
-[...6 lines deleted...]
-      <c r="J121" s="32"/>
+      <c r="C121" s="14"/>
+      <c r="D121" s="21"/>
+      <c r="E121" s="14"/>
+      <c r="F121" s="21"/>
+      <c r="G121" s="14"/>
+      <c r="H121" s="21"/>
+      <c r="I121" s="14"/>
+      <c r="J121" s="21"/>
     </row>
     <row r="122" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A122" s="45" t="s">
+      <c r="A122" s="34" t="s">
         <v>222</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="C122" s="24"/>
-[...6 lines deleted...]
-      <c r="J122" s="32"/>
+      <c r="C122" s="14"/>
+      <c r="D122" s="21"/>
+      <c r="E122" s="14"/>
+      <c r="F122" s="21"/>
+      <c r="G122" s="14"/>
+      <c r="H122" s="21"/>
+      <c r="I122" s="14"/>
+      <c r="J122" s="21"/>
     </row>
     <row r="123" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A123" s="45" t="s">
+      <c r="A123" s="34" t="s">
         <v>224</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="C123" s="24"/>
-[...6 lines deleted...]
-      <c r="J123" s="32"/>
+      <c r="C123" s="14"/>
+      <c r="D123" s="21"/>
+      <c r="E123" s="14"/>
+      <c r="F123" s="21"/>
+      <c r="G123" s="14"/>
+      <c r="H123" s="21"/>
+      <c r="I123" s="14"/>
+      <c r="J123" s="21"/>
     </row>
     <row r="124" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A124" s="45" t="s">
+      <c r="A124" s="34" t="s">
         <v>226</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>227</v>
       </c>
-      <c r="C124" s="24"/>
-[...6 lines deleted...]
-      <c r="J124" s="32"/>
+      <c r="C124" s="14"/>
+      <c r="D124" s="21"/>
+      <c r="E124" s="14"/>
+      <c r="F124" s="21"/>
+      <c r="G124" s="14"/>
+      <c r="H124" s="21"/>
+      <c r="I124" s="14"/>
+      <c r="J124" s="21"/>
     </row>
     <row r="125" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A125" s="45" t="s">
+      <c r="A125" s="34" t="s">
         <v>228</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>229</v>
       </c>
-      <c r="C125" s="24"/>
-[...6 lines deleted...]
-      <c r="J125" s="32"/>
+      <c r="C125" s="14"/>
+      <c r="D125" s="21"/>
+      <c r="E125" s="14"/>
+      <c r="F125" s="21"/>
+      <c r="G125" s="14"/>
+      <c r="H125" s="21"/>
+      <c r="I125" s="14"/>
+      <c r="J125" s="21"/>
     </row>
     <row r="126" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A126" s="45" t="s">
+      <c r="A126" s="34" t="s">
         <v>230</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>231</v>
       </c>
-      <c r="C126" s="24"/>
-[...6 lines deleted...]
-      <c r="J126" s="32"/>
+      <c r="C126" s="14"/>
+      <c r="D126" s="21"/>
+      <c r="E126" s="14"/>
+      <c r="F126" s="21"/>
+      <c r="G126" s="14"/>
+      <c r="H126" s="21"/>
+      <c r="I126" s="14"/>
+      <c r="J126" s="21"/>
     </row>
     <row r="127" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A127" s="45" t="s">
+      <c r="A127" s="34" t="s">
         <v>232</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>233</v>
       </c>
-      <c r="C127" s="24"/>
-[...6 lines deleted...]
-      <c r="J127" s="32"/>
+      <c r="C127" s="14"/>
+      <c r="D127" s="21"/>
+      <c r="E127" s="14"/>
+      <c r="F127" s="21"/>
+      <c r="G127" s="14"/>
+      <c r="H127" s="21"/>
+      <c r="I127" s="14"/>
+      <c r="J127" s="21"/>
     </row>
     <row r="128" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A128" s="45" t="s">
+      <c r="A128" s="34" t="s">
         <v>234</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>235</v>
       </c>
-      <c r="C128" s="24"/>
-[...6 lines deleted...]
-      <c r="J128" s="32"/>
+      <c r="C128" s="14"/>
+      <c r="D128" s="21"/>
+      <c r="E128" s="14"/>
+      <c r="F128" s="21"/>
+      <c r="G128" s="14"/>
+      <c r="H128" s="21"/>
+      <c r="I128" s="14"/>
+      <c r="J128" s="21"/>
     </row>
     <row r="129" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A129" s="45" t="s">
+      <c r="A129" s="34" t="s">
         <v>236</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>237</v>
       </c>
-      <c r="C129" s="24"/>
-[...6 lines deleted...]
-      <c r="J129" s="32"/>
+      <c r="C129" s="14"/>
+      <c r="D129" s="21"/>
+      <c r="E129" s="14"/>
+      <c r="F129" s="21"/>
+      <c r="G129" s="14"/>
+      <c r="H129" s="21"/>
+      <c r="I129" s="14"/>
+      <c r="J129" s="21"/>
     </row>
     <row r="130" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A130" s="39" t="s">
+      <c r="A130" s="28" t="s">
         <v>238</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>332</v>
-[...8 lines deleted...]
-      <c r="J130" s="32"/>
+        <v>285</v>
+      </c>
+      <c r="C130" s="14"/>
+      <c r="D130" s="21"/>
+      <c r="E130" s="14"/>
+      <c r="F130" s="21"/>
+      <c r="G130" s="14"/>
+      <c r="H130" s="21"/>
+      <c r="I130" s="14"/>
+      <c r="J130" s="21"/>
     </row>
     <row r="131" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A131" s="39" t="s">
+      <c r="A131" s="28" t="s">
         <v>239</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>304</v>
-[...8 lines deleted...]
-      <c r="J131" s="32"/>
+        <v>258</v>
+      </c>
+      <c r="C131" s="14"/>
+      <c r="D131" s="21"/>
+      <c r="E131" s="14"/>
+      <c r="F131" s="21"/>
+      <c r="G131" s="14"/>
+      <c r="H131" s="21"/>
+      <c r="I131" s="14"/>
+      <c r="J131" s="21"/>
     </row>
     <row r="132" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A132" s="39" t="s">
+      <c r="A132" s="28" t="s">
         <v>240</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>305</v>
-[...8 lines deleted...]
-      <c r="J132" s="32"/>
+        <v>259</v>
+      </c>
+      <c r="C132" s="14"/>
+      <c r="D132" s="21"/>
+      <c r="E132" s="14"/>
+      <c r="F132" s="21"/>
+      <c r="G132" s="14"/>
+      <c r="H132" s="21"/>
+      <c r="I132" s="14"/>
+      <c r="J132" s="21"/>
     </row>
     <row r="133" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A133" s="39" t="s">
+      <c r="A133" s="28" t="s">
         <v>241</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>306</v>
-[...8 lines deleted...]
-      <c r="J133" s="32"/>
+        <v>260</v>
+      </c>
+      <c r="C133" s="14"/>
+      <c r="D133" s="21"/>
+      <c r="E133" s="14"/>
+      <c r="F133" s="21"/>
+      <c r="G133" s="14"/>
+      <c r="H133" s="21"/>
+      <c r="I133" s="14"/>
+      <c r="J133" s="21"/>
     </row>
     <row r="134" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A134" s="39" t="s">
+      <c r="A134" s="28" t="s">
         <v>242</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>307</v>
-[...8 lines deleted...]
-      <c r="J134" s="32"/>
+        <v>261</v>
+      </c>
+      <c r="C134" s="14"/>
+      <c r="D134" s="21"/>
+      <c r="E134" s="14"/>
+      <c r="F134" s="21"/>
+      <c r="G134" s="14"/>
+      <c r="H134" s="21"/>
+      <c r="I134" s="14"/>
+      <c r="J134" s="21"/>
     </row>
     <row r="135" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A135" s="39" t="s">
+      <c r="A135" s="28" t="s">
         <v>243</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>308</v>
-[...8 lines deleted...]
-      <c r="J135" s="32"/>
+        <v>262</v>
+      </c>
+      <c r="C135" s="14"/>
+      <c r="D135" s="21"/>
+      <c r="E135" s="14"/>
+      <c r="F135" s="21"/>
+      <c r="G135" s="14"/>
+      <c r="H135" s="21"/>
+      <c r="I135" s="14"/>
+      <c r="J135" s="21"/>
     </row>
     <row r="136" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A136" s="39" t="s">
+      <c r="A136" s="28" t="s">
         <v>244</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>303</v>
-[...8 lines deleted...]
-      <c r="J136" s="32"/>
+        <v>257</v>
+      </c>
+      <c r="C136" s="14"/>
+      <c r="D136" s="21"/>
+      <c r="E136" s="14"/>
+      <c r="F136" s="21"/>
+      <c r="G136" s="14"/>
+      <c r="H136" s="21"/>
+      <c r="I136" s="14"/>
+      <c r="J136" s="21"/>
     </row>
     <row r="137" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A137" s="39" t="s">
+      <c r="A137" s="28" t="s">
         <v>245</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>309</v>
-[...8 lines deleted...]
-      <c r="J137" s="32"/>
+        <v>263</v>
+      </c>
+      <c r="C137" s="14"/>
+      <c r="D137" s="21"/>
+      <c r="E137" s="14"/>
+      <c r="F137" s="21"/>
+      <c r="G137" s="14"/>
+      <c r="H137" s="21"/>
+      <c r="I137" s="14"/>
+      <c r="J137" s="21"/>
     </row>
     <row r="138" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A138" s="39" t="s">
+      <c r="A138" s="28" t="s">
         <v>246</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>310</v>
-[...8 lines deleted...]
-      <c r="J138" s="32"/>
+        <v>264</v>
+      </c>
+      <c r="C138" s="14"/>
+      <c r="D138" s="21"/>
+      <c r="E138" s="14"/>
+      <c r="F138" s="21"/>
+      <c r="G138" s="14"/>
+      <c r="H138" s="21"/>
+      <c r="I138" s="14"/>
+      <c r="J138" s="21"/>
     </row>
     <row r="139" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A139" s="39" t="s">
+      <c r="A139" s="28" t="s">
         <v>247</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>311</v>
-[...8 lines deleted...]
-      <c r="J139" s="32"/>
+        <v>265</v>
+      </c>
+      <c r="C139" s="14"/>
+      <c r="D139" s="21"/>
+      <c r="E139" s="14"/>
+      <c r="F139" s="21"/>
+      <c r="G139" s="14"/>
+      <c r="H139" s="21"/>
+      <c r="I139" s="14"/>
+      <c r="J139" s="21"/>
     </row>
     <row r="140" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A140" s="39" t="s">
-        <v>333</v>
+      <c r="A140" s="28" t="s">
+        <v>286</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>334</v>
-[...8 lines deleted...]
-      <c r="J140" s="32"/>
+        <v>287</v>
+      </c>
+      <c r="C140" s="14"/>
+      <c r="D140" s="21"/>
+      <c r="E140" s="14"/>
+      <c r="F140" s="21"/>
+      <c r="G140" s="14"/>
+      <c r="H140" s="21"/>
+      <c r="I140" s="14"/>
+      <c r="J140" s="21"/>
     </row>
     <row r="141" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A141" s="39" t="s">
-        <v>335</v>
+      <c r="A141" s="28" t="s">
+        <v>288</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>336</v>
-[...8 lines deleted...]
-      <c r="J141" s="32"/>
+        <v>289</v>
+      </c>
+      <c r="C141" s="14"/>
+      <c r="D141" s="21"/>
+      <c r="E141" s="14"/>
+      <c r="F141" s="21"/>
+      <c r="G141" s="14"/>
+      <c r="H141" s="21"/>
+      <c r="I141" s="14"/>
+      <c r="J141" s="21"/>
     </row>
     <row r="142" spans="1:10" ht="24" x14ac:dyDescent="0.2">
-      <c r="A142" s="39" t="s">
-        <v>337</v>
+      <c r="A142" s="28" t="s">
+        <v>290</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>338</v>
-[...8 lines deleted...]
-      <c r="J142" s="32"/>
+        <v>291</v>
+      </c>
+      <c r="C142" s="14"/>
+      <c r="D142" s="21"/>
+      <c r="E142" s="14"/>
+      <c r="F142" s="21"/>
+      <c r="G142" s="14"/>
+      <c r="H142" s="21"/>
+      <c r="I142" s="14"/>
+      <c r="J142" s="21"/>
     </row>
     <row r="143" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A143" s="39" t="s">
-        <v>339</v>
+      <c r="A143" s="28" t="s">
+        <v>292</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>340</v>
-[...8 lines deleted...]
-      <c r="J143" s="32"/>
+        <v>293</v>
+      </c>
+      <c r="C143" s="14"/>
+      <c r="D143" s="21"/>
+      <c r="E143" s="14"/>
+      <c r="F143" s="21"/>
+      <c r="G143" s="14"/>
+      <c r="H143" s="21"/>
+      <c r="I143" s="14"/>
+      <c r="J143" s="21"/>
     </row>
     <row r="144" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A144" s="39" t="s">
-        <v>341</v>
+      <c r="A144" s="28" t="s">
+        <v>294</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>342</v>
-[...8 lines deleted...]
-      <c r="J144" s="32"/>
+        <v>295</v>
+      </c>
+      <c r="C144" s="14"/>
+      <c r="D144" s="21"/>
+      <c r="E144" s="14"/>
+      <c r="F144" s="21"/>
+      <c r="G144" s="14"/>
+      <c r="H144" s="21"/>
+      <c r="I144" s="14"/>
+      <c r="J144" s="21"/>
     </row>
     <row r="145" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A145" s="39" t="s">
-        <v>343</v>
+      <c r="A145" s="28" t="s">
+        <v>296</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>344</v>
-[...8 lines deleted...]
-      <c r="J145" s="32"/>
+        <v>297</v>
+      </c>
+      <c r="C145" s="14"/>
+      <c r="D145" s="21"/>
+      <c r="E145" s="14"/>
+      <c r="F145" s="21"/>
+      <c r="G145" s="14"/>
+      <c r="H145" s="21"/>
+      <c r="I145" s="14"/>
+      <c r="J145" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="15">
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="C1:J1"/>
     <mergeCell ref="C2:D2"/>
     <mergeCell ref="E2:F2"/>
     <mergeCell ref="G2:H2"/>
     <mergeCell ref="I2:J2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:F3"/>
     <mergeCell ref="G3:H3"/>
     <mergeCell ref="I3:J3"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I4:J4"/>
   </mergeCells>
-  <phoneticPr fontId="7"/>
+  <phoneticPr fontId="6"/>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A140:A145" xr:uid="{EF4BEFEB-5D62-449E-9038-A290286A4BEA}">
       <formula1>測定項目コード</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G23:G145 E23:E145 C23:C145 I23:I145" xr:uid="{00000000-0002-0000-0300-000000000000}">
       <formula1>"E,&lt;,&gt;"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="61" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="83" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:J145"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="75" zoomScaleNormal="70" zoomScaleSheetLayoutView="75" workbookViewId="0">
       <pane xSplit="2" ySplit="18" topLeftCell="C19" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="36" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
-        <v>530</v>
-[...10 lines deleted...]
-      <c r="J1" s="54"/>
+        <v>494</v>
+      </c>
+      <c r="C1" s="46" t="s">
+        <v>255</v>
+      </c>
+      <c r="D1" s="47"/>
+      <c r="E1" s="47"/>
+      <c r="F1" s="47"/>
+      <c r="G1" s="47"/>
+      <c r="H1" s="47"/>
+      <c r="I1" s="47"/>
+      <c r="J1" s="47"/>
     </row>
     <row r="2" spans="1:10" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C2" s="70" t="s">
-[...14 lines deleted...]
-      <c r="J2" s="62"/>
+      <c r="C2" s="57" t="s">
+        <v>267</v>
+      </c>
+      <c r="D2" s="56"/>
+      <c r="E2" s="56" t="s">
+        <v>270</v>
+      </c>
+      <c r="F2" s="56"/>
+      <c r="G2" s="56" t="s">
+        <v>274</v>
+      </c>
+      <c r="H2" s="56"/>
+      <c r="I2" s="55" t="s">
+        <v>277</v>
+      </c>
+      <c r="J2" s="55"/>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="B3" s="23" t="s">
-[...11 lines deleted...]
-      <c r="J3" s="60"/>
+      <c r="B3" s="13" t="s">
+        <v>266</v>
+      </c>
+      <c r="C3" s="58"/>
+      <c r="D3" s="59"/>
+      <c r="E3" s="50" t="s">
+        <v>273</v>
+      </c>
+      <c r="F3" s="51"/>
+      <c r="G3" s="50"/>
+      <c r="H3" s="51"/>
+      <c r="I3" s="52"/>
+      <c r="J3" s="53"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A4" s="65" t="s">
+      <c r="A4" s="43" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="66" t="s">
+      <c r="B4" s="44" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="67" t="s">
+      <c r="C4" s="45" t="s">
         <v>2</v>
       </c>
-      <c r="D4" s="67"/>
-      <c r="E4" s="67" t="s">
+      <c r="D4" s="45"/>
+      <c r="E4" s="45" t="s">
         <v>2</v>
       </c>
-      <c r="F4" s="67"/>
-      <c r="G4" s="67" t="s">
+      <c r="F4" s="45"/>
+      <c r="G4" s="45" t="s">
         <v>2</v>
       </c>
-      <c r="H4" s="67"/>
-      <c r="I4" s="64" t="s">
+      <c r="H4" s="45"/>
+      <c r="I4" s="42" t="s">
         <v>2</v>
       </c>
-      <c r="J4" s="64"/>
+      <c r="J4" s="42"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A5" s="65"/>
-[...1 lines deleted...]
-      <c r="C5" s="29" t="s">
+      <c r="A5" s="43"/>
+      <c r="B5" s="44"/>
+      <c r="C5" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="29" t="s">
+      <c r="D5" s="18" t="s">
         <v>4</v>
       </c>
-      <c r="E5" s="29" t="s">
+      <c r="E5" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="F5" s="29" t="s">
+      <c r="F5" s="18" t="s">
         <v>4</v>
       </c>
-      <c r="G5" s="29" t="s">
+      <c r="G5" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="H5" s="29" t="s">
+      <c r="H5" s="18" t="s">
         <v>4</v>
       </c>
-      <c r="I5" s="28" t="s">
+      <c r="I5" s="17" t="s">
         <v>3</v>
       </c>
-      <c r="J5" s="28" t="s">
+      <c r="J5" s="17" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A6" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C6" s="12"/>
-      <c r="D6" s="31">
+      <c r="D6" s="20">
         <v>2025</v>
       </c>
       <c r="E6" s="12"/>
-      <c r="F6" s="31">
+      <c r="F6" s="20">
         <v>2025</v>
       </c>
       <c r="G6" s="12"/>
-      <c r="H6" s="31">
+      <c r="H6" s="20">
         <v>2025</v>
       </c>
-      <c r="I6" s="25"/>
-      <c r="J6" s="30">
+      <c r="I6" s="15"/>
+      <c r="J6" s="19">
         <v>2025</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>7</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="D7" s="33" t="s">
+      <c r="D7" s="22" t="s">
         <v>249</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="F7" s="33" t="s">
+      <c r="F7" s="22" t="s">
         <v>249</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="H7" s="33" t="s">
+      <c r="H7" s="22" t="s">
         <v>249</v>
       </c>
-      <c r="I7" s="24" t="s">
+      <c r="I7" s="14" t="s">
         <v>248</v>
       </c>
-      <c r="J7" s="32" t="s">
+      <c r="J7" s="21" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="1"/>
-      <c r="D8" s="33" t="s">
-        <v>314</v>
+      <c r="D8" s="22" t="s">
+        <v>268</v>
       </c>
       <c r="E8" s="1"/>
-      <c r="F8" s="33" t="s">
-        <v>317</v>
+      <c r="F8" s="22" t="s">
+        <v>271</v>
       </c>
       <c r="G8" s="1"/>
-      <c r="H8" s="33" t="s">
-[...4 lines deleted...]
-        <v>324</v>
+      <c r="H8" s="22" t="s">
+        <v>275</v>
+      </c>
+      <c r="I8" s="14"/>
+      <c r="J8" s="21" t="s">
+        <v>278</v>
       </c>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="1"/>
-      <c r="D9" s="33" t="s">
-        <v>302</v>
+      <c r="D9" s="22" t="s">
+        <v>256</v>
       </c>
       <c r="E9" s="1"/>
-      <c r="F9" s="33" t="s">
-        <v>318</v>
+      <c r="F9" s="22" t="s">
+        <v>272</v>
       </c>
       <c r="G9" s="1"/>
-      <c r="H9" s="33" t="s">
-[...4 lines deleted...]
-        <v>325</v>
+      <c r="H9" s="22" t="s">
+        <v>272</v>
+      </c>
+      <c r="I9" s="14"/>
+      <c r="J9" s="21" t="s">
+        <v>279</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A10" s="3"/>
       <c r="B10" s="9" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="D10" s="33" t="s">
+      <c r="D10" s="22" t="s">
         <v>251</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="F10" s="33" t="s">
+      <c r="F10" s="22" t="s">
         <v>251</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="H10" s="33" t="s">
+      <c r="H10" s="22" t="s">
         <v>251</v>
       </c>
-      <c r="I10" s="24" t="s">
+      <c r="I10" s="14" t="s">
         <v>250</v>
       </c>
-      <c r="J10" s="32" t="s">
+      <c r="J10" s="21" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A11" s="3"/>
       <c r="B11" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="C11" s="24"/>
-[...6 lines deleted...]
-      <c r="J11" s="32"/>
+      <c r="C11" s="14"/>
+      <c r="D11" s="21"/>
+      <c r="E11" s="14"/>
+      <c r="F11" s="21"/>
+      <c r="G11" s="14"/>
+      <c r="H11" s="21"/>
+      <c r="I11" s="14"/>
+      <c r="J11" s="21"/>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A12" s="3"/>
       <c r="B12" s="9" t="s">
         <v>12</v>
       </c>
-      <c r="C12" s="24"/>
-[...6 lines deleted...]
-      <c r="J12" s="32"/>
+      <c r="C12" s="14"/>
+      <c r="D12" s="21"/>
+      <c r="E12" s="14"/>
+      <c r="F12" s="21"/>
+      <c r="G12" s="14"/>
+      <c r="H12" s="21"/>
+      <c r="I12" s="14"/>
+      <c r="J12" s="21"/>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B13" s="11" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="12"/>
-      <c r="D13" s="31">
+      <c r="D13" s="20">
         <v>2025</v>
       </c>
       <c r="E13" s="12"/>
-      <c r="F13" s="31">
+      <c r="F13" s="20">
         <v>2025</v>
       </c>
-      <c r="G13" s="46"/>
-      <c r="H13" s="47">
+      <c r="G13" s="35"/>
+      <c r="H13" s="36">
         <v>2025</v>
       </c>
-      <c r="I13" s="25"/>
-      <c r="J13" s="30">
+      <c r="I13" s="15"/>
+      <c r="J13" s="19">
         <v>2025</v>
       </c>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="1"/>
-      <c r="D14" s="33" t="s">
-        <v>462</v>
+      <c r="D14" s="22" t="s">
+        <v>415</v>
       </c>
       <c r="E14" s="1"/>
-      <c r="F14" s="33" t="s">
-        <v>462</v>
+      <c r="F14" s="22" t="s">
+        <v>415</v>
       </c>
       <c r="G14" s="1"/>
-      <c r="H14" s="33" t="s">
-[...3 lines deleted...]
-      <c r="J14" s="32"/>
+      <c r="H14" s="22" t="s">
+        <v>415</v>
+      </c>
+      <c r="I14" s="14"/>
+      <c r="J14" s="21"/>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C15" s="1"/>
-      <c r="D15" s="33" t="s">
-        <v>512</v>
+      <c r="D15" s="22" t="s">
+        <v>465</v>
       </c>
       <c r="E15" s="1"/>
-      <c r="F15" s="33" t="s">
-        <v>471</v>
+      <c r="F15" s="22" t="s">
+        <v>424</v>
       </c>
       <c r="G15" s="1"/>
-      <c r="H15" s="33" t="s">
-[...3 lines deleted...]
-      <c r="J15" s="32"/>
+      <c r="H15" s="22" t="s">
+        <v>430</v>
+      </c>
+      <c r="I15" s="14"/>
+      <c r="J15" s="21"/>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="D16" s="33" t="s">
-        <v>300</v>
+      <c r="D16" s="22" t="s">
+        <v>254</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="F16" s="33" t="s">
-        <v>300</v>
+      <c r="F16" s="22" t="s">
+        <v>254</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>328</v>
-[...8 lines deleted...]
-        <v>326</v>
+        <v>282</v>
+      </c>
+      <c r="H16" s="22" t="s">
+        <v>280</v>
+      </c>
+      <c r="I16" s="14" t="s">
+        <v>281</v>
+      </c>
+      <c r="J16" s="21" t="s">
+        <v>280</v>
       </c>
     </row>
     <row r="17" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C17" s="1"/>
-      <c r="D17" s="33" t="s">
-        <v>463</v>
+      <c r="D17" s="22" t="s">
+        <v>416</v>
       </c>
       <c r="E17" s="1"/>
-      <c r="F17" s="33" t="s">
-        <v>463</v>
+      <c r="F17" s="22" t="s">
+        <v>416</v>
       </c>
       <c r="G17" s="1"/>
-      <c r="H17" s="33" t="s">
-[...3 lines deleted...]
-      <c r="J17" s="32"/>
+      <c r="H17" s="22" t="s">
+        <v>431</v>
+      </c>
+      <c r="I17" s="14"/>
+      <c r="J17" s="21"/>
     </row>
     <row r="18" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A18" s="10" t="s">
         <v>5</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="C18" s="36"/>
-[...12 lines deleted...]
-      <c r="J18" s="35"/>
+      <c r="C18" s="25"/>
+      <c r="D18" s="26" t="s">
+        <v>417</v>
+      </c>
+      <c r="E18" s="25"/>
+      <c r="F18" s="26" t="s">
+        <v>417</v>
+      </c>
+      <c r="G18" s="25"/>
+      <c r="H18" s="26" t="s">
+        <v>417</v>
+      </c>
+      <c r="I18" s="23"/>
+      <c r="J18" s="24"/>
     </row>
     <row r="19" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A19" s="38" t="s">
+      <c r="A19" s="27" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="12"/>
-      <c r="D19" s="33" t="s">
-        <v>465</v>
+      <c r="D19" s="22" t="s">
+        <v>418</v>
       </c>
       <c r="E19" s="12"/>
-      <c r="F19" s="33" t="s">
-        <v>465</v>
+      <c r="F19" s="22" t="s">
+        <v>418</v>
       </c>
       <c r="G19" s="12"/>
-      <c r="H19" s="33" t="s">
-[...2 lines deleted...]
-      <c r="I19" s="25" t="s">
+      <c r="H19" s="22" t="s">
+        <v>418</v>
+      </c>
+      <c r="I19" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="J19" s="32"/>
+      <c r="J19" s="21"/>
     </row>
     <row r="20" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A20" s="39" t="s">
+      <c r="A20" s="28" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C20" s="24"/>
-[...5 lines deleted...]
-      <c r="I20" s="24" t="s">
+      <c r="C20" s="14"/>
+      <c r="D20" s="21"/>
+      <c r="E20" s="14"/>
+      <c r="F20" s="21"/>
+      <c r="G20" s="14"/>
+      <c r="H20" s="21"/>
+      <c r="I20" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="J20" s="32"/>
+      <c r="J20" s="21"/>
     </row>
     <row r="21" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A21" s="39" t="s">
+      <c r="A21" s="28" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="C21" s="24"/>
-[...5 lines deleted...]
-      <c r="I21" s="24" t="s">
+      <c r="C21" s="14"/>
+      <c r="D21" s="21"/>
+      <c r="E21" s="14"/>
+      <c r="F21" s="21"/>
+      <c r="G21" s="14"/>
+      <c r="H21" s="21"/>
+      <c r="I21" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="J21" s="32"/>
+      <c r="J21" s="21"/>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A22" s="39" t="s">
+      <c r="A22" s="28" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="C22" s="24"/>
-[...5 lines deleted...]
-      <c r="I22" s="24" t="s">
+      <c r="C22" s="14"/>
+      <c r="D22" s="21"/>
+      <c r="E22" s="14"/>
+      <c r="F22" s="21"/>
+      <c r="G22" s="14"/>
+      <c r="H22" s="21"/>
+      <c r="I22" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="J22" s="32"/>
+      <c r="J22" s="21"/>
     </row>
     <row r="23" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A23" s="39" t="s">
+      <c r="A23" s="28" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C23" s="1"/>
-      <c r="D23" s="33" t="s">
-        <v>466</v>
+      <c r="D23" s="22" t="s">
+        <v>419</v>
       </c>
       <c r="E23" s="1"/>
-      <c r="F23" s="33" t="s">
-        <v>472</v>
+      <c r="F23" s="22" t="s">
+        <v>425</v>
       </c>
       <c r="G23" s="1"/>
-      <c r="H23" s="33" t="s">
-[...3 lines deleted...]
-      <c r="J23" s="32"/>
+      <c r="H23" s="22" t="s">
+        <v>432</v>
+      </c>
+      <c r="I23" s="14"/>
+      <c r="J23" s="21"/>
     </row>
     <row r="24" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A24" s="39" t="s">
+      <c r="A24" s="28" t="s">
         <v>29</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C24" s="1"/>
-      <c r="D24" s="33" t="s">
-        <v>467</v>
+      <c r="D24" s="22" t="s">
+        <v>420</v>
       </c>
       <c r="E24" s="1"/>
-      <c r="F24" s="33" t="s">
-        <v>473</v>
+      <c r="F24" s="22" t="s">
+        <v>426</v>
       </c>
       <c r="G24" s="1"/>
-      <c r="H24" s="33" t="s">
-[...3 lines deleted...]
-      <c r="J24" s="32"/>
+      <c r="H24" s="22" t="s">
+        <v>433</v>
+      </c>
+      <c r="I24" s="14"/>
+      <c r="J24" s="21"/>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A25" s="39" t="s">
+      <c r="A25" s="28" t="s">
         <v>31</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C25" s="1"/>
-      <c r="D25" s="33" t="s">
-        <v>468</v>
+      <c r="D25" s="22" t="s">
+        <v>421</v>
       </c>
       <c r="E25" s="1"/>
-      <c r="F25" s="33" t="s">
-        <v>474</v>
+      <c r="F25" s="22" t="s">
+        <v>427</v>
       </c>
       <c r="G25" s="1"/>
-      <c r="H25" s="33" t="s">
-[...3 lines deleted...]
-      <c r="J25" s="32"/>
+      <c r="H25" s="22" t="s">
+        <v>434</v>
+      </c>
+      <c r="I25" s="14"/>
+      <c r="J25" s="21"/>
     </row>
     <row r="26" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A26" s="39" t="s">
+      <c r="A26" s="28" t="s">
         <v>33</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C26" s="24"/>
-[...6 lines deleted...]
-      <c r="J26" s="32"/>
+      <c r="C26" s="14"/>
+      <c r="D26" s="21"/>
+      <c r="E26" s="14"/>
+      <c r="F26" s="21"/>
+      <c r="G26" s="14"/>
+      <c r="H26" s="21"/>
+      <c r="I26" s="14"/>
+      <c r="J26" s="21"/>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A27" s="39" t="s">
+      <c r="A27" s="28" t="s">
         <v>35</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="C27" s="24"/>
-[...6 lines deleted...]
-      <c r="J27" s="32"/>
+      <c r="C27" s="14"/>
+      <c r="D27" s="21"/>
+      <c r="E27" s="14"/>
+      <c r="F27" s="21"/>
+      <c r="G27" s="14"/>
+      <c r="H27" s="21"/>
+      <c r="I27" s="14"/>
+      <c r="J27" s="21"/>
     </row>
     <row r="28" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A28" s="39" t="s">
+      <c r="A28" s="28" t="s">
         <v>37</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>38</v>
       </c>
       <c r="C28" s="1"/>
-      <c r="D28" s="33" t="s">
-        <v>469</v>
+      <c r="D28" s="22" t="s">
+        <v>422</v>
       </c>
       <c r="E28" s="1"/>
-      <c r="F28" s="33" t="s">
-        <v>475</v>
+      <c r="F28" s="22" t="s">
+        <v>428</v>
       </c>
       <c r="G28" s="1"/>
-      <c r="H28" s="33" t="s">
-[...3 lines deleted...]
-      <c r="J28" s="32"/>
+      <c r="H28" s="22" t="s">
+        <v>435</v>
+      </c>
+      <c r="I28" s="14"/>
+      <c r="J28" s="21"/>
     </row>
     <row r="29" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A29" s="39" t="s">
+      <c r="A29" s="28" t="s">
         <v>39</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C29" s="1"/>
-      <c r="D29" s="33" t="s">
-        <v>470</v>
+      <c r="D29" s="22" t="s">
+        <v>423</v>
       </c>
       <c r="E29" s="1"/>
-      <c r="F29" s="33" t="s">
-        <v>476</v>
+      <c r="F29" s="22" t="s">
+        <v>429</v>
       </c>
       <c r="G29" s="1"/>
-      <c r="H29" s="33" t="s">
-[...3 lines deleted...]
-      <c r="J29" s="32"/>
+      <c r="H29" s="22" t="s">
+        <v>436</v>
+      </c>
+      <c r="I29" s="14"/>
+      <c r="J29" s="21"/>
     </row>
     <row r="30" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A30" s="39" t="s">
+      <c r="A30" s="28" t="s">
         <v>41</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="C30" s="40"/>
-[...12 lines deleted...]
-      <c r="J30" s="32"/>
+      <c r="C30" s="29"/>
+      <c r="D30" s="30" t="s">
+        <v>451</v>
+      </c>
+      <c r="E30" s="29"/>
+      <c r="F30" s="30" t="s">
+        <v>452</v>
+      </c>
+      <c r="G30" s="29"/>
+      <c r="H30" s="30" t="s">
+        <v>453</v>
+      </c>
+      <c r="I30" s="14"/>
+      <c r="J30" s="21"/>
     </row>
     <row r="31" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A31" s="39" t="s">
+      <c r="A31" s="28" t="s">
         <v>43</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="C31" s="40"/>
-[...12 lines deleted...]
-      <c r="J31" s="32"/>
+      <c r="C31" s="29"/>
+      <c r="D31" s="30" t="s">
+        <v>454</v>
+      </c>
+      <c r="E31" s="29"/>
+      <c r="F31" s="30" t="s">
+        <v>455</v>
+      </c>
+      <c r="G31" s="29"/>
+      <c r="H31" s="30" t="s">
+        <v>456</v>
+      </c>
+      <c r="I31" s="14"/>
+      <c r="J31" s="21"/>
     </row>
     <row r="32" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A32" s="39" t="s">
+      <c r="A32" s="28" t="s">
         <v>45</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="C32" s="40"/>
-[...12 lines deleted...]
-      <c r="J32" s="32"/>
+      <c r="C32" s="29"/>
+      <c r="D32" s="30" t="s">
+        <v>457</v>
+      </c>
+      <c r="E32" s="29"/>
+      <c r="F32" s="30" t="s">
+        <v>312</v>
+      </c>
+      <c r="G32" s="29"/>
+      <c r="H32" s="30" t="s">
+        <v>458</v>
+      </c>
+      <c r="I32" s="14"/>
+      <c r="J32" s="21"/>
     </row>
     <row r="33" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A33" s="39" t="s">
-        <v>346</v>
+      <c r="A33" s="28" t="s">
+        <v>299</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>345</v>
-[...14 lines deleted...]
-      <c r="J33" s="32"/>
+        <v>298</v>
+      </c>
+      <c r="C33" s="29"/>
+      <c r="D33" s="30" t="s">
+        <v>459</v>
+      </c>
+      <c r="E33" s="29"/>
+      <c r="F33" s="30" t="s">
+        <v>460</v>
+      </c>
+      <c r="G33" s="29"/>
+      <c r="H33" s="30" t="s">
+        <v>459</v>
+      </c>
+      <c r="I33" s="14"/>
+      <c r="J33" s="21"/>
     </row>
     <row r="34" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A34" s="39" t="s">
+      <c r="A34" s="28" t="s">
         <v>47</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="C34" s="24"/>
-[...6 lines deleted...]
-      <c r="J34" s="32"/>
+      <c r="C34" s="14"/>
+      <c r="D34" s="21"/>
+      <c r="E34" s="14"/>
+      <c r="F34" s="21"/>
+      <c r="G34" s="14"/>
+      <c r="H34" s="21"/>
+      <c r="I34" s="14"/>
+      <c r="J34" s="21"/>
     </row>
     <row r="35" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A35" s="39" t="s">
+      <c r="A35" s="28" t="s">
         <v>49</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="C35" s="42"/>
-[...12 lines deleted...]
-      <c r="J35" s="32"/>
+      <c r="C35" s="31"/>
+      <c r="D35" s="32" t="s">
+        <v>437</v>
+      </c>
+      <c r="E35" s="31"/>
+      <c r="F35" s="32" t="s">
+        <v>439</v>
+      </c>
+      <c r="G35" s="31"/>
+      <c r="H35" s="32" t="s">
+        <v>441</v>
+      </c>
+      <c r="I35" s="14"/>
+      <c r="J35" s="21"/>
     </row>
     <row r="36" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A36" s="39" t="s">
+      <c r="A36" s="28" t="s">
         <v>51</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="C36" s="42"/>
-[...12 lines deleted...]
-      <c r="J36" s="32"/>
+      <c r="C36" s="31"/>
+      <c r="D36" s="32" t="s">
+        <v>438</v>
+      </c>
+      <c r="E36" s="31"/>
+      <c r="F36" s="32" t="s">
+        <v>440</v>
+      </c>
+      <c r="G36" s="31"/>
+      <c r="H36" s="32" t="s">
+        <v>442</v>
+      </c>
+      <c r="I36" s="14"/>
+      <c r="J36" s="21"/>
     </row>
     <row r="37" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A37" s="39" t="s">
+      <c r="A37" s="28" t="s">
         <v>53</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="C37" s="24"/>
-[...6 lines deleted...]
-      <c r="J37" s="32"/>
+      <c r="C37" s="14"/>
+      <c r="D37" s="21"/>
+      <c r="E37" s="14"/>
+      <c r="F37" s="21"/>
+      <c r="G37" s="14"/>
+      <c r="H37" s="21"/>
+      <c r="I37" s="14"/>
+      <c r="J37" s="21"/>
     </row>
     <row r="38" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A38" s="39" t="s">
+      <c r="A38" s="28" t="s">
         <v>55</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="C38" s="40" t="s">
-[...14 lines deleted...]
-      <c r="J38" s="32"/>
+      <c r="C38" s="29" t="s">
+        <v>253</v>
+      </c>
+      <c r="D38" s="30" t="s">
+        <v>387</v>
+      </c>
+      <c r="E38" s="29" t="s">
+        <v>253</v>
+      </c>
+      <c r="F38" s="30" t="s">
+        <v>387</v>
+      </c>
+      <c r="G38" s="14"/>
+      <c r="H38" s="21"/>
+      <c r="I38" s="14"/>
+      <c r="J38" s="21"/>
     </row>
     <row r="39" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A39" s="39" t="s">
+      <c r="A39" s="28" t="s">
         <v>57</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="C39" s="24"/>
-[...6 lines deleted...]
-      <c r="J39" s="32"/>
+      <c r="C39" s="14"/>
+      <c r="D39" s="21"/>
+      <c r="E39" s="14"/>
+      <c r="F39" s="21"/>
+      <c r="G39" s="14"/>
+      <c r="H39" s="21"/>
+      <c r="I39" s="14"/>
+      <c r="J39" s="21"/>
     </row>
     <row r="40" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A40" s="39" t="s">
+      <c r="A40" s="28" t="s">
         <v>59</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="C40" s="24"/>
-[...6 lines deleted...]
-      <c r="J40" s="32"/>
+      <c r="C40" s="14"/>
+      <c r="D40" s="21"/>
+      <c r="E40" s="14"/>
+      <c r="F40" s="21"/>
+      <c r="G40" s="14"/>
+      <c r="H40" s="21"/>
+      <c r="I40" s="14"/>
+      <c r="J40" s="21"/>
     </row>
     <row r="41" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A41" s="39" t="s">
+      <c r="A41" s="28" t="s">
         <v>61</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="C41" s="24"/>
-[...6 lines deleted...]
-      <c r="J41" s="32"/>
+      <c r="C41" s="14"/>
+      <c r="D41" s="21"/>
+      <c r="E41" s="14"/>
+      <c r="F41" s="21"/>
+      <c r="G41" s="14"/>
+      <c r="H41" s="21"/>
+      <c r="I41" s="14"/>
+      <c r="J41" s="21"/>
     </row>
     <row r="42" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A42" s="39" t="s">
+      <c r="A42" s="28" t="s">
         <v>63</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="C42" s="40" t="s">
-[...14 lines deleted...]
-      <c r="J42" s="32"/>
+      <c r="C42" s="29" t="s">
+        <v>253</v>
+      </c>
+      <c r="D42" s="30" t="s">
+        <v>389</v>
+      </c>
+      <c r="E42" s="29" t="s">
+        <v>253</v>
+      </c>
+      <c r="F42" s="30" t="s">
+        <v>389</v>
+      </c>
+      <c r="G42" s="14"/>
+      <c r="H42" s="21"/>
+      <c r="I42" s="14"/>
+      <c r="J42" s="21"/>
     </row>
     <row r="43" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A43" s="39" t="s">
+      <c r="A43" s="28" t="s">
         <v>65</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="C43" s="49"/>
-[...6 lines deleted...]
-      <c r="J43" s="32"/>
+      <c r="C43" s="38"/>
+      <c r="D43" s="39"/>
+      <c r="E43" s="38"/>
+      <c r="F43" s="39"/>
+      <c r="G43" s="14"/>
+      <c r="H43" s="21"/>
+      <c r="I43" s="14"/>
+      <c r="J43" s="21"/>
     </row>
     <row r="44" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A44" s="39" t="s">
+      <c r="A44" s="28" t="s">
         <v>67</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="C44" s="24"/>
-[...6 lines deleted...]
-      <c r="J44" s="32"/>
+      <c r="C44" s="14"/>
+      <c r="D44" s="21"/>
+      <c r="E44" s="14"/>
+      <c r="F44" s="21"/>
+      <c r="G44" s="14"/>
+      <c r="H44" s="21"/>
+      <c r="I44" s="14"/>
+      <c r="J44" s="21"/>
     </row>
     <row r="45" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A45" s="39" t="s">
+      <c r="A45" s="28" t="s">
         <v>69</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="C45" s="24"/>
-[...6 lines deleted...]
-      <c r="J45" s="32"/>
+      <c r="C45" s="14"/>
+      <c r="D45" s="21"/>
+      <c r="E45" s="14"/>
+      <c r="F45" s="21"/>
+      <c r="G45" s="14"/>
+      <c r="H45" s="21"/>
+      <c r="I45" s="14"/>
+      <c r="J45" s="21"/>
     </row>
     <row r="46" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A46" s="39" t="s">
+      <c r="A46" s="28" t="s">
         <v>71</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="C46" s="24"/>
-[...6 lines deleted...]
-      <c r="J46" s="32"/>
+      <c r="C46" s="14"/>
+      <c r="D46" s="21"/>
+      <c r="E46" s="14"/>
+      <c r="F46" s="21"/>
+      <c r="G46" s="14"/>
+      <c r="H46" s="21"/>
+      <c r="I46" s="14"/>
+      <c r="J46" s="21"/>
     </row>
     <row r="47" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A47" s="39" t="s">
+      <c r="A47" s="28" t="s">
         <v>73</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="C47" s="24"/>
-[...6 lines deleted...]
-      <c r="J47" s="32"/>
+      <c r="C47" s="14"/>
+      <c r="D47" s="21"/>
+      <c r="E47" s="14"/>
+      <c r="F47" s="21"/>
+      <c r="G47" s="14"/>
+      <c r="H47" s="21"/>
+      <c r="I47" s="14"/>
+      <c r="J47" s="21"/>
     </row>
     <row r="48" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A48" s="39" t="s">
+      <c r="A48" s="28" t="s">
         <v>75</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="C48" s="24"/>
-[...6 lines deleted...]
-      <c r="J48" s="32"/>
+      <c r="C48" s="14"/>
+      <c r="D48" s="21"/>
+      <c r="E48" s="14"/>
+      <c r="F48" s="21"/>
+      <c r="G48" s="14"/>
+      <c r="H48" s="21"/>
+      <c r="I48" s="14"/>
+      <c r="J48" s="21"/>
     </row>
     <row r="49" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A49" s="39" t="s">
+      <c r="A49" s="28" t="s">
         <v>77</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="C49" s="24"/>
-[...6 lines deleted...]
-      <c r="J49" s="32"/>
+      <c r="C49" s="14"/>
+      <c r="D49" s="21"/>
+      <c r="E49" s="14"/>
+      <c r="F49" s="21"/>
+      <c r="G49" s="14"/>
+      <c r="H49" s="21"/>
+      <c r="I49" s="14"/>
+      <c r="J49" s="21"/>
     </row>
     <row r="50" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A50" s="39" t="s">
+      <c r="A50" s="28" t="s">
         <v>79</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="C50" s="24"/>
-[...6 lines deleted...]
-      <c r="J50" s="32"/>
+      <c r="C50" s="14"/>
+      <c r="D50" s="21"/>
+      <c r="E50" s="14"/>
+      <c r="F50" s="21"/>
+      <c r="G50" s="14"/>
+      <c r="H50" s="21"/>
+      <c r="I50" s="14"/>
+      <c r="J50" s="21"/>
     </row>
     <row r="51" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A51" s="39" t="s">
+      <c r="A51" s="28" t="s">
         <v>81</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="C51" s="24"/>
-[...6 lines deleted...]
-      <c r="J51" s="32"/>
+      <c r="C51" s="14"/>
+      <c r="D51" s="21"/>
+      <c r="E51" s="14"/>
+      <c r="F51" s="21"/>
+      <c r="G51" s="14"/>
+      <c r="H51" s="21"/>
+      <c r="I51" s="14"/>
+      <c r="J51" s="21"/>
     </row>
     <row r="52" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A52" s="39" t="s">
+      <c r="A52" s="28" t="s">
         <v>83</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="C52" s="24"/>
-[...6 lines deleted...]
-      <c r="J52" s="32"/>
+      <c r="C52" s="14"/>
+      <c r="D52" s="21"/>
+      <c r="E52" s="14"/>
+      <c r="F52" s="21"/>
+      <c r="G52" s="14"/>
+      <c r="H52" s="21"/>
+      <c r="I52" s="14"/>
+      <c r="J52" s="21"/>
     </row>
     <row r="53" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A53" s="39" t="s">
+      <c r="A53" s="28" t="s">
         <v>85</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="C53" s="24"/>
-[...6 lines deleted...]
-      <c r="J53" s="32"/>
+      <c r="C53" s="14"/>
+      <c r="D53" s="21"/>
+      <c r="E53" s="14"/>
+      <c r="F53" s="21"/>
+      <c r="G53" s="14"/>
+      <c r="H53" s="21"/>
+      <c r="I53" s="14"/>
+      <c r="J53" s="21"/>
     </row>
     <row r="54" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A54" s="39" t="s">
+      <c r="A54" s="28" t="s">
         <v>87</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="C54" s="24"/>
-[...6 lines deleted...]
-      <c r="J54" s="32"/>
+      <c r="C54" s="14"/>
+      <c r="D54" s="21"/>
+      <c r="E54" s="14"/>
+      <c r="F54" s="21"/>
+      <c r="G54" s="14"/>
+      <c r="H54" s="21"/>
+      <c r="I54" s="14"/>
+      <c r="J54" s="21"/>
     </row>
     <row r="55" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A55" s="39" t="s">
+      <c r="A55" s="28" t="s">
         <v>89</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="C55" s="24"/>
-[...6 lines deleted...]
-      <c r="J55" s="32"/>
+      <c r="C55" s="14"/>
+      <c r="D55" s="21"/>
+      <c r="E55" s="14"/>
+      <c r="F55" s="21"/>
+      <c r="G55" s="14"/>
+      <c r="H55" s="21"/>
+      <c r="I55" s="14"/>
+      <c r="J55" s="21"/>
     </row>
     <row r="56" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A56" s="39" t="s">
+      <c r="A56" s="28" t="s">
         <v>91</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="C56" s="24"/>
-[...6 lines deleted...]
-      <c r="J56" s="32"/>
+      <c r="C56" s="14"/>
+      <c r="D56" s="21"/>
+      <c r="E56" s="14"/>
+      <c r="F56" s="21"/>
+      <c r="G56" s="14"/>
+      <c r="H56" s="21"/>
+      <c r="I56" s="14"/>
+      <c r="J56" s="21"/>
     </row>
     <row r="57" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A57" s="39" t="s">
+      <c r="A57" s="28" t="s">
         <v>93</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="C57" s="24"/>
-[...6 lines deleted...]
-      <c r="J57" s="32"/>
+      <c r="C57" s="14"/>
+      <c r="D57" s="21"/>
+      <c r="E57" s="14"/>
+      <c r="F57" s="21"/>
+      <c r="G57" s="14"/>
+      <c r="H57" s="21"/>
+      <c r="I57" s="14"/>
+      <c r="J57" s="21"/>
     </row>
     <row r="58" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A58" s="39" t="s">
+      <c r="A58" s="28" t="s">
         <v>95</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="C58" s="24"/>
-[...6 lines deleted...]
-      <c r="J58" s="32"/>
+      <c r="C58" s="14"/>
+      <c r="D58" s="21"/>
+      <c r="E58" s="14"/>
+      <c r="F58" s="21"/>
+      <c r="G58" s="14"/>
+      <c r="H58" s="21"/>
+      <c r="I58" s="14"/>
+      <c r="J58" s="21"/>
     </row>
     <row r="59" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A59" s="39" t="s">
+      <c r="A59" s="28" t="s">
         <v>97</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="C59" s="24"/>
-[...6 lines deleted...]
-      <c r="J59" s="32"/>
+      <c r="C59" s="14"/>
+      <c r="D59" s="21"/>
+      <c r="E59" s="14"/>
+      <c r="F59" s="21"/>
+      <c r="G59" s="14"/>
+      <c r="H59" s="21"/>
+      <c r="I59" s="14"/>
+      <c r="J59" s="21"/>
     </row>
     <row r="60" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A60" s="39" t="s">
+      <c r="A60" s="28" t="s">
         <v>99</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>100</v>
       </c>
-      <c r="C60" s="24"/>
-[...6 lines deleted...]
-      <c r="J60" s="32"/>
+      <c r="C60" s="14"/>
+      <c r="D60" s="21"/>
+      <c r="E60" s="14"/>
+      <c r="F60" s="21"/>
+      <c r="G60" s="14"/>
+      <c r="H60" s="21"/>
+      <c r="I60" s="14"/>
+      <c r="J60" s="21"/>
     </row>
     <row r="61" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A61" s="39" t="s">
+      <c r="A61" s="28" t="s">
         <v>101</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="C61" s="24"/>
-[...6 lines deleted...]
-      <c r="J61" s="32"/>
+      <c r="C61" s="14"/>
+      <c r="D61" s="21"/>
+      <c r="E61" s="14"/>
+      <c r="F61" s="21"/>
+      <c r="G61" s="14"/>
+      <c r="H61" s="21"/>
+      <c r="I61" s="14"/>
+      <c r="J61" s="21"/>
     </row>
     <row r="62" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A62" s="39" t="s">
+      <c r="A62" s="28" t="s">
         <v>103</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="C62" s="24"/>
-[...6 lines deleted...]
-      <c r="J62" s="32"/>
+      <c r="C62" s="14"/>
+      <c r="D62" s="21"/>
+      <c r="E62" s="14"/>
+      <c r="F62" s="21"/>
+      <c r="G62" s="14"/>
+      <c r="H62" s="21"/>
+      <c r="I62" s="14"/>
+      <c r="J62" s="21"/>
     </row>
     <row r="63" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A63" s="39" t="s">
+      <c r="A63" s="28" t="s">
         <v>105</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="C63" s="24"/>
-[...6 lines deleted...]
-      <c r="J63" s="32"/>
+      <c r="C63" s="14"/>
+      <c r="D63" s="21"/>
+      <c r="E63" s="14"/>
+      <c r="F63" s="21"/>
+      <c r="G63" s="14"/>
+      <c r="H63" s="21"/>
+      <c r="I63" s="14"/>
+      <c r="J63" s="21"/>
     </row>
     <row r="64" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A64" s="39" t="s">
+      <c r="A64" s="28" t="s">
         <v>107</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="C64" s="24"/>
-[...6 lines deleted...]
-      <c r="J64" s="32"/>
+      <c r="C64" s="14"/>
+      <c r="D64" s="21"/>
+      <c r="E64" s="14"/>
+      <c r="F64" s="21"/>
+      <c r="G64" s="14"/>
+      <c r="H64" s="21"/>
+      <c r="I64" s="14"/>
+      <c r="J64" s="21"/>
     </row>
     <row r="65" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A65" s="39" t="s">
+      <c r="A65" s="28" t="s">
         <v>109</v>
       </c>
       <c r="B65" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="C65" s="24"/>
-[...8 lines deleted...]
-      <c r="J65" s="32"/>
+      <c r="C65" s="14"/>
+      <c r="D65" s="21"/>
+      <c r="E65" s="31"/>
+      <c r="F65" s="32" t="s">
+        <v>443</v>
+      </c>
+      <c r="G65" s="14"/>
+      <c r="H65" s="21"/>
+      <c r="I65" s="14"/>
+      <c r="J65" s="21"/>
     </row>
     <row r="66" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A66" s="39" t="s">
+      <c r="A66" s="28" t="s">
         <v>111</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="C66" s="24"/>
-[...8 lines deleted...]
-      <c r="J66" s="32"/>
+      <c r="C66" s="14"/>
+      <c r="D66" s="21"/>
+      <c r="E66" s="31"/>
+      <c r="F66" s="32" t="s">
+        <v>444</v>
+      </c>
+      <c r="G66" s="14"/>
+      <c r="H66" s="21"/>
+      <c r="I66" s="14"/>
+      <c r="J66" s="21"/>
     </row>
     <row r="67" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A67" s="39" t="s">
+      <c r="A67" s="28" t="s">
         <v>113</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="C67" s="24"/>
-[...8 lines deleted...]
-      <c r="J67" s="32"/>
+      <c r="C67" s="14"/>
+      <c r="D67" s="21"/>
+      <c r="E67" s="31"/>
+      <c r="F67" s="32" t="s">
+        <v>445</v>
+      </c>
+      <c r="G67" s="14"/>
+      <c r="H67" s="21"/>
+      <c r="I67" s="14"/>
+      <c r="J67" s="21"/>
     </row>
     <row r="68" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A68" s="39" t="s">
+      <c r="A68" s="28" t="s">
         <v>115</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="C68" s="24"/>
-[...10 lines deleted...]
-      <c r="J68" s="32"/>
+      <c r="C68" s="14"/>
+      <c r="D68" s="21"/>
+      <c r="E68" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F68" s="32" t="s">
+        <v>446</v>
+      </c>
+      <c r="G68" s="14"/>
+      <c r="H68" s="21"/>
+      <c r="I68" s="14"/>
+      <c r="J68" s="21"/>
     </row>
     <row r="69" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A69" s="39" t="s">
+      <c r="A69" s="28" t="s">
         <v>117</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="C69" s="24"/>
-[...10 lines deleted...]
-      <c r="J69" s="32"/>
+      <c r="C69" s="14"/>
+      <c r="D69" s="21"/>
+      <c r="E69" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="F69" s="32" t="s">
+        <v>446</v>
+      </c>
+      <c r="G69" s="14"/>
+      <c r="H69" s="21"/>
+      <c r="I69" s="14"/>
+      <c r="J69" s="21"/>
     </row>
     <row r="70" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A70" s="39" t="s">
+      <c r="A70" s="28" t="s">
         <v>119</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="C70" s="24"/>
-[...6 lines deleted...]
-      <c r="J70" s="32"/>
+      <c r="C70" s="14"/>
+      <c r="D70" s="21"/>
+      <c r="E70" s="14"/>
+      <c r="F70" s="21"/>
+      <c r="G70" s="14"/>
+      <c r="H70" s="21"/>
+      <c r="I70" s="14"/>
+      <c r="J70" s="21"/>
     </row>
     <row r="71" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A71" s="39" t="s">
+      <c r="A71" s="28" t="s">
         <v>121</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="C71" s="24"/>
-[...6 lines deleted...]
-      <c r="J71" s="32"/>
+      <c r="C71" s="14"/>
+      <c r="D71" s="21"/>
+      <c r="E71" s="14"/>
+      <c r="F71" s="21"/>
+      <c r="G71" s="14"/>
+      <c r="H71" s="21"/>
+      <c r="I71" s="14"/>
+      <c r="J71" s="21"/>
     </row>
     <row r="72" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A72" s="39" t="s">
+      <c r="A72" s="28" t="s">
         <v>123</v>
       </c>
       <c r="B72" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="C72" s="24"/>
-[...6 lines deleted...]
-      <c r="J72" s="32"/>
+      <c r="C72" s="14"/>
+      <c r="D72" s="21"/>
+      <c r="E72" s="14"/>
+      <c r="F72" s="21"/>
+      <c r="G72" s="14"/>
+      <c r="H72" s="21"/>
+      <c r="I72" s="14"/>
+      <c r="J72" s="21"/>
     </row>
     <row r="73" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A73" s="39" t="s">
+      <c r="A73" s="28" t="s">
         <v>125</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="C73" s="24"/>
-[...6 lines deleted...]
-      <c r="J73" s="32"/>
+      <c r="C73" s="14"/>
+      <c r="D73" s="21"/>
+      <c r="E73" s="14"/>
+      <c r="F73" s="21"/>
+      <c r="G73" s="14"/>
+      <c r="H73" s="21"/>
+      <c r="I73" s="14"/>
+      <c r="J73" s="21"/>
     </row>
     <row r="74" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A74" s="39" t="s">
+      <c r="A74" s="28" t="s">
         <v>127</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="C74" s="24"/>
-[...6 lines deleted...]
-      <c r="J74" s="32"/>
+      <c r="C74" s="14"/>
+      <c r="D74" s="21"/>
+      <c r="E74" s="14"/>
+      <c r="F74" s="21"/>
+      <c r="G74" s="14"/>
+      <c r="H74" s="21"/>
+      <c r="I74" s="14"/>
+      <c r="J74" s="21"/>
     </row>
     <row r="75" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A75" s="39" t="s">
+      <c r="A75" s="28" t="s">
         <v>129</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="C75" s="24"/>
-[...6 lines deleted...]
-      <c r="J75" s="32"/>
+      <c r="C75" s="14"/>
+      <c r="D75" s="21"/>
+      <c r="E75" s="14"/>
+      <c r="F75" s="21"/>
+      <c r="G75" s="14"/>
+      <c r="H75" s="21"/>
+      <c r="I75" s="14"/>
+      <c r="J75" s="21"/>
     </row>
     <row r="76" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A76" s="39" t="s">
+      <c r="A76" s="28" t="s">
         <v>131</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>132</v>
       </c>
-      <c r="C76" s="24"/>
-[...6 lines deleted...]
-      <c r="J76" s="32"/>
+      <c r="C76" s="14"/>
+      <c r="D76" s="21"/>
+      <c r="E76" s="14"/>
+      <c r="F76" s="21"/>
+      <c r="G76" s="14"/>
+      <c r="H76" s="21"/>
+      <c r="I76" s="14"/>
+      <c r="J76" s="21"/>
     </row>
     <row r="77" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A77" s="39" t="s">
+      <c r="A77" s="28" t="s">
         <v>133</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>134</v>
       </c>
-      <c r="C77" s="24"/>
-[...6 lines deleted...]
-      <c r="J77" s="32"/>
+      <c r="C77" s="14"/>
+      <c r="D77" s="21"/>
+      <c r="E77" s="14"/>
+      <c r="F77" s="21"/>
+      <c r="G77" s="14"/>
+      <c r="H77" s="21"/>
+      <c r="I77" s="14"/>
+      <c r="J77" s="21"/>
     </row>
     <row r="78" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A78" s="39" t="s">
+      <c r="A78" s="28" t="s">
         <v>135</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="C78" s="24"/>
-[...6 lines deleted...]
-      <c r="J78" s="32"/>
+      <c r="C78" s="14"/>
+      <c r="D78" s="21"/>
+      <c r="E78" s="14"/>
+      <c r="F78" s="21"/>
+      <c r="G78" s="14"/>
+      <c r="H78" s="21"/>
+      <c r="I78" s="14"/>
+      <c r="J78" s="21"/>
     </row>
     <row r="79" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A79" s="39" t="s">
+      <c r="A79" s="28" t="s">
         <v>137</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="C79" s="24"/>
-[...6 lines deleted...]
-      <c r="J79" s="32"/>
+      <c r="C79" s="14"/>
+      <c r="D79" s="21"/>
+      <c r="E79" s="14"/>
+      <c r="F79" s="21"/>
+      <c r="G79" s="14"/>
+      <c r="H79" s="21"/>
+      <c r="I79" s="14"/>
+      <c r="J79" s="21"/>
     </row>
     <row r="80" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A80" s="39" t="s">
+      <c r="A80" s="28" t="s">
         <v>139</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>140</v>
       </c>
-      <c r="C80" s="24"/>
-[...6 lines deleted...]
-      <c r="J80" s="32"/>
+      <c r="C80" s="14"/>
+      <c r="D80" s="21"/>
+      <c r="E80" s="14"/>
+      <c r="F80" s="21"/>
+      <c r="G80" s="14"/>
+      <c r="H80" s="21"/>
+      <c r="I80" s="14"/>
+      <c r="J80" s="21"/>
     </row>
     <row r="81" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A81" s="39" t="s">
+      <c r="A81" s="28" t="s">
         <v>141</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>142</v>
       </c>
-      <c r="C81" s="24"/>
-[...6 lines deleted...]
-      <c r="J81" s="32"/>
+      <c r="C81" s="14"/>
+      <c r="D81" s="21"/>
+      <c r="E81" s="14"/>
+      <c r="F81" s="21"/>
+      <c r="G81" s="14"/>
+      <c r="H81" s="21"/>
+      <c r="I81" s="14"/>
+      <c r="J81" s="21"/>
     </row>
     <row r="82" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A82" s="39" t="s">
+      <c r="A82" s="28" t="s">
         <v>143</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>144</v>
       </c>
-      <c r="C82" s="24"/>
-[...6 lines deleted...]
-      <c r="J82" s="32"/>
+      <c r="C82" s="14"/>
+      <c r="D82" s="21"/>
+      <c r="E82" s="14"/>
+      <c r="F82" s="21"/>
+      <c r="G82" s="14"/>
+      <c r="H82" s="21"/>
+      <c r="I82" s="14"/>
+      <c r="J82" s="21"/>
     </row>
     <row r="83" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A83" s="39" t="s">
+      <c r="A83" s="28" t="s">
         <v>145</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>146</v>
       </c>
-      <c r="C83" s="24"/>
-[...6 lines deleted...]
-      <c r="J83" s="32"/>
+      <c r="C83" s="14"/>
+      <c r="D83" s="21"/>
+      <c r="E83" s="14"/>
+      <c r="F83" s="21"/>
+      <c r="G83" s="14"/>
+      <c r="H83" s="21"/>
+      <c r="I83" s="14"/>
+      <c r="J83" s="21"/>
     </row>
     <row r="84" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A84" s="39" t="s">
+      <c r="A84" s="28" t="s">
         <v>147</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>148</v>
       </c>
-      <c r="C84" s="24"/>
-[...6 lines deleted...]
-      <c r="J84" s="32"/>
+      <c r="C84" s="14"/>
+      <c r="D84" s="21"/>
+      <c r="E84" s="14"/>
+      <c r="F84" s="21"/>
+      <c r="G84" s="14"/>
+      <c r="H84" s="21"/>
+      <c r="I84" s="14"/>
+      <c r="J84" s="21"/>
     </row>
     <row r="85" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A85" s="39" t="s">
+      <c r="A85" s="28" t="s">
         <v>149</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="C85" s="24"/>
-[...6 lines deleted...]
-      <c r="J85" s="32"/>
+      <c r="C85" s="14"/>
+      <c r="D85" s="21"/>
+      <c r="E85" s="14"/>
+      <c r="F85" s="21"/>
+      <c r="G85" s="14"/>
+      <c r="H85" s="21"/>
+      <c r="I85" s="14"/>
+      <c r="J85" s="21"/>
     </row>
     <row r="86" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A86" s="39" t="s">
+      <c r="A86" s="28" t="s">
         <v>151</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>152</v>
       </c>
-      <c r="C86" s="24"/>
-[...6 lines deleted...]
-      <c r="J86" s="32"/>
+      <c r="C86" s="14"/>
+      <c r="D86" s="21"/>
+      <c r="E86" s="14"/>
+      <c r="F86" s="21"/>
+      <c r="G86" s="14"/>
+      <c r="H86" s="21"/>
+      <c r="I86" s="14"/>
+      <c r="J86" s="21"/>
     </row>
     <row r="87" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A87" s="39" t="s">
+      <c r="A87" s="28" t="s">
         <v>153</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>154</v>
       </c>
-      <c r="C87" s="24"/>
-[...6 lines deleted...]
-      <c r="J87" s="32"/>
+      <c r="C87" s="14"/>
+      <c r="D87" s="21"/>
+      <c r="E87" s="14"/>
+      <c r="F87" s="21"/>
+      <c r="G87" s="14"/>
+      <c r="H87" s="21"/>
+      <c r="I87" s="14"/>
+      <c r="J87" s="21"/>
     </row>
     <row r="88" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A88" s="39" t="s">
+      <c r="A88" s="28" t="s">
         <v>155</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>156</v>
       </c>
-      <c r="C88" s="24"/>
-[...6 lines deleted...]
-      <c r="J88" s="32"/>
+      <c r="C88" s="14"/>
+      <c r="D88" s="21"/>
+      <c r="E88" s="14"/>
+      <c r="F88" s="21"/>
+      <c r="G88" s="14"/>
+      <c r="H88" s="21"/>
+      <c r="I88" s="14"/>
+      <c r="J88" s="21"/>
     </row>
     <row r="89" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A89" s="39" t="s">
+      <c r="A89" s="28" t="s">
         <v>157</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>158</v>
       </c>
-      <c r="C89" s="24"/>
-[...6 lines deleted...]
-      <c r="J89" s="32"/>
+      <c r="C89" s="14"/>
+      <c r="D89" s="21"/>
+      <c r="E89" s="14"/>
+      <c r="F89" s="21"/>
+      <c r="G89" s="14"/>
+      <c r="H89" s="21"/>
+      <c r="I89" s="14"/>
+      <c r="J89" s="21"/>
     </row>
     <row r="90" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A90" s="39" t="s">
+      <c r="A90" s="28" t="s">
         <v>159</v>
       </c>
       <c r="B90" s="6" t="s">
         <v>160</v>
       </c>
-      <c r="C90" s="24"/>
-[...6 lines deleted...]
-      <c r="J90" s="32"/>
+      <c r="C90" s="14"/>
+      <c r="D90" s="21"/>
+      <c r="E90" s="14"/>
+      <c r="F90" s="21"/>
+      <c r="G90" s="14"/>
+      <c r="H90" s="21"/>
+      <c r="I90" s="14"/>
+      <c r="J90" s="21"/>
     </row>
     <row r="91" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A91" s="39" t="s">
+      <c r="A91" s="28" t="s">
         <v>161</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>162</v>
       </c>
-      <c r="C91" s="24"/>
-[...6 lines deleted...]
-      <c r="J91" s="32"/>
+      <c r="C91" s="14"/>
+      <c r="D91" s="21"/>
+      <c r="E91" s="14"/>
+      <c r="F91" s="21"/>
+      <c r="G91" s="14"/>
+      <c r="H91" s="21"/>
+      <c r="I91" s="14"/>
+      <c r="J91" s="21"/>
     </row>
     <row r="92" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A92" s="39" t="s">
+      <c r="A92" s="28" t="s">
         <v>163</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="C92" s="24"/>
-[...6 lines deleted...]
-      <c r="J92" s="32"/>
+      <c r="C92" s="14"/>
+      <c r="D92" s="21"/>
+      <c r="E92" s="14"/>
+      <c r="F92" s="21"/>
+      <c r="G92" s="14"/>
+      <c r="H92" s="21"/>
+      <c r="I92" s="14"/>
+      <c r="J92" s="21"/>
     </row>
     <row r="93" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A93" s="39" t="s">
+      <c r="A93" s="28" t="s">
         <v>165</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>166</v>
       </c>
-      <c r="C93" s="24"/>
-[...6 lines deleted...]
-      <c r="J93" s="32"/>
+      <c r="C93" s="14"/>
+      <c r="D93" s="21"/>
+      <c r="E93" s="14"/>
+      <c r="F93" s="21"/>
+      <c r="G93" s="14"/>
+      <c r="H93" s="21"/>
+      <c r="I93" s="14"/>
+      <c r="J93" s="21"/>
     </row>
     <row r="94" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A94" s="39" t="s">
+      <c r="A94" s="28" t="s">
         <v>167</v>
       </c>
       <c r="B94" s="6" t="s">
         <v>168</v>
       </c>
-      <c r="C94" s="24"/>
-[...6 lines deleted...]
-      <c r="J94" s="32"/>
+      <c r="C94" s="14"/>
+      <c r="D94" s="21"/>
+      <c r="E94" s="14"/>
+      <c r="F94" s="21"/>
+      <c r="G94" s="14"/>
+      <c r="H94" s="21"/>
+      <c r="I94" s="14"/>
+      <c r="J94" s="21"/>
     </row>
     <row r="95" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A95" s="39" t="s">
+      <c r="A95" s="28" t="s">
         <v>169</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>170</v>
       </c>
-      <c r="C95" s="24"/>
-[...6 lines deleted...]
-      <c r="J95" s="32"/>
+      <c r="C95" s="14"/>
+      <c r="D95" s="21"/>
+      <c r="E95" s="14"/>
+      <c r="F95" s="21"/>
+      <c r="G95" s="14"/>
+      <c r="H95" s="21"/>
+      <c r="I95" s="14"/>
+      <c r="J95" s="21"/>
     </row>
     <row r="96" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A96" s="39" t="s">
+      <c r="A96" s="28" t="s">
         <v>171</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="C96" s="24"/>
-[...6 lines deleted...]
-      <c r="J96" s="32"/>
+      <c r="C96" s="14"/>
+      <c r="D96" s="21"/>
+      <c r="E96" s="14"/>
+      <c r="F96" s="21"/>
+      <c r="G96" s="14"/>
+      <c r="H96" s="21"/>
+      <c r="I96" s="14"/>
+      <c r="J96" s="21"/>
     </row>
     <row r="97" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A97" s="39" t="s">
+      <c r="A97" s="28" t="s">
         <v>173</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>174</v>
       </c>
-      <c r="C97" s="24"/>
-[...6 lines deleted...]
-      <c r="J97" s="32"/>
+      <c r="C97" s="14"/>
+      <c r="D97" s="21"/>
+      <c r="E97" s="14"/>
+      <c r="F97" s="21"/>
+      <c r="G97" s="14"/>
+      <c r="H97" s="21"/>
+      <c r="I97" s="14"/>
+      <c r="J97" s="21"/>
     </row>
     <row r="98" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A98" s="39" t="s">
+      <c r="A98" s="28" t="s">
         <v>175</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>176</v>
       </c>
-      <c r="C98" s="24"/>
-[...6 lines deleted...]
-      <c r="J98" s="32"/>
+      <c r="C98" s="14"/>
+      <c r="D98" s="21"/>
+      <c r="E98" s="14"/>
+      <c r="F98" s="21"/>
+      <c r="G98" s="14"/>
+      <c r="H98" s="21"/>
+      <c r="I98" s="14"/>
+      <c r="J98" s="21"/>
     </row>
     <row r="99" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A99" s="39" t="s">
+      <c r="A99" s="28" t="s">
         <v>177</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>178</v>
       </c>
-      <c r="C99" s="24"/>
-[...6 lines deleted...]
-      <c r="J99" s="32"/>
+      <c r="C99" s="14"/>
+      <c r="D99" s="21"/>
+      <c r="E99" s="14"/>
+      <c r="F99" s="21"/>
+      <c r="G99" s="14"/>
+      <c r="H99" s="21"/>
+      <c r="I99" s="14"/>
+      <c r="J99" s="21"/>
     </row>
     <row r="100" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A100" s="39" t="s">
+      <c r="A100" s="28" t="s">
         <v>179</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>180</v>
       </c>
-      <c r="C100" s="24"/>
-[...6 lines deleted...]
-      <c r="J100" s="32"/>
+      <c r="C100" s="14"/>
+      <c r="D100" s="21"/>
+      <c r="E100" s="14"/>
+      <c r="F100" s="21"/>
+      <c r="G100" s="14"/>
+      <c r="H100" s="21"/>
+      <c r="I100" s="14"/>
+      <c r="J100" s="21"/>
     </row>
     <row r="101" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A101" s="39" t="s">
+      <c r="A101" s="28" t="s">
         <v>181</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>182</v>
       </c>
-      <c r="C101" s="24"/>
-[...6 lines deleted...]
-      <c r="J101" s="32"/>
+      <c r="C101" s="14"/>
+      <c r="D101" s="21"/>
+      <c r="E101" s="14"/>
+      <c r="F101" s="21"/>
+      <c r="G101" s="14"/>
+      <c r="H101" s="21"/>
+      <c r="I101" s="14"/>
+      <c r="J101" s="21"/>
     </row>
     <row r="102" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A102" s="39" t="s">
+      <c r="A102" s="28" t="s">
         <v>183</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>184</v>
       </c>
-      <c r="C102" s="24"/>
-[...6 lines deleted...]
-      <c r="J102" s="32"/>
+      <c r="C102" s="14"/>
+      <c r="D102" s="21"/>
+      <c r="E102" s="14"/>
+      <c r="F102" s="21"/>
+      <c r="G102" s="14"/>
+      <c r="H102" s="21"/>
+      <c r="I102" s="14"/>
+      <c r="J102" s="21"/>
     </row>
     <row r="103" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A103" s="39" t="s">
+      <c r="A103" s="28" t="s">
         <v>185</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>186</v>
       </c>
-      <c r="C103" s="24"/>
-[...6 lines deleted...]
-      <c r="J103" s="32"/>
+      <c r="C103" s="14"/>
+      <c r="D103" s="21"/>
+      <c r="E103" s="14"/>
+      <c r="F103" s="21"/>
+      <c r="G103" s="14"/>
+      <c r="H103" s="21"/>
+      <c r="I103" s="14"/>
+      <c r="J103" s="21"/>
     </row>
     <row r="104" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A104" s="39" t="s">
+      <c r="A104" s="28" t="s">
         <v>187</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="C104" s="24"/>
-[...6 lines deleted...]
-      <c r="J104" s="32"/>
+      <c r="C104" s="14"/>
+      <c r="D104" s="21"/>
+      <c r="E104" s="14"/>
+      <c r="F104" s="21"/>
+      <c r="G104" s="14"/>
+      <c r="H104" s="21"/>
+      <c r="I104" s="14"/>
+      <c r="J104" s="21"/>
     </row>
     <row r="105" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A105" s="39" t="s">
+      <c r="A105" s="28" t="s">
         <v>188</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>189</v>
       </c>
-      <c r="C105" s="24"/>
-[...6 lines deleted...]
-      <c r="J105" s="32"/>
+      <c r="C105" s="14"/>
+      <c r="D105" s="21"/>
+      <c r="E105" s="14"/>
+      <c r="F105" s="21"/>
+      <c r="G105" s="14"/>
+      <c r="H105" s="21"/>
+      <c r="I105" s="14"/>
+      <c r="J105" s="21"/>
     </row>
     <row r="106" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A106" s="44" t="s">
+      <c r="A106" s="33" t="s">
         <v>190</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>191</v>
       </c>
-      <c r="C106" s="24"/>
-[...6 lines deleted...]
-      <c r="J106" s="32"/>
+      <c r="C106" s="14"/>
+      <c r="D106" s="21"/>
+      <c r="E106" s="14"/>
+      <c r="F106" s="21"/>
+      <c r="G106" s="14"/>
+      <c r="H106" s="21"/>
+      <c r="I106" s="14"/>
+      <c r="J106" s="21"/>
     </row>
     <row r="107" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A107" s="45" t="s">
+      <c r="A107" s="34" t="s">
         <v>192</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>193</v>
       </c>
-      <c r="C107" s="24"/>
-[...6 lines deleted...]
-      <c r="J107" s="32"/>
+      <c r="C107" s="14"/>
+      <c r="D107" s="21"/>
+      <c r="E107" s="14"/>
+      <c r="F107" s="21"/>
+      <c r="G107" s="14"/>
+      <c r="H107" s="21"/>
+      <c r="I107" s="14"/>
+      <c r="J107" s="21"/>
     </row>
     <row r="108" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A108" s="45" t="s">
+      <c r="A108" s="34" t="s">
         <v>194</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="C108" s="24"/>
-[...6 lines deleted...]
-      <c r="J108" s="32"/>
+      <c r="C108" s="14"/>
+      <c r="D108" s="21"/>
+      <c r="E108" s="14"/>
+      <c r="F108" s="21"/>
+      <c r="G108" s="14"/>
+      <c r="H108" s="21"/>
+      <c r="I108" s="14"/>
+      <c r="J108" s="21"/>
     </row>
     <row r="109" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A109" s="45" t="s">
+      <c r="A109" s="34" t="s">
         <v>196</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="C109" s="24"/>
-[...6 lines deleted...]
-      <c r="J109" s="32"/>
+      <c r="C109" s="14"/>
+      <c r="D109" s="21"/>
+      <c r="E109" s="14"/>
+      <c r="F109" s="21"/>
+      <c r="G109" s="14"/>
+      <c r="H109" s="21"/>
+      <c r="I109" s="14"/>
+      <c r="J109" s="21"/>
     </row>
     <row r="110" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A110" s="45" t="s">
+      <c r="A110" s="34" t="s">
         <v>198</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>199</v>
       </c>
-      <c r="C110" s="24"/>
-[...6 lines deleted...]
-      <c r="J110" s="32"/>
+      <c r="C110" s="14"/>
+      <c r="D110" s="21"/>
+      <c r="E110" s="14"/>
+      <c r="F110" s="21"/>
+      <c r="G110" s="14"/>
+      <c r="H110" s="21"/>
+      <c r="I110" s="14"/>
+      <c r="J110" s="21"/>
     </row>
     <row r="111" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A111" s="45" t="s">
+      <c r="A111" s="34" t="s">
         <v>200</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="C111" s="24"/>
-[...6 lines deleted...]
-      <c r="J111" s="32"/>
+      <c r="C111" s="14"/>
+      <c r="D111" s="21"/>
+      <c r="E111" s="14"/>
+      <c r="F111" s="21"/>
+      <c r="G111" s="14"/>
+      <c r="H111" s="21"/>
+      <c r="I111" s="14"/>
+      <c r="J111" s="21"/>
     </row>
     <row r="112" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A112" s="45" t="s">
+      <c r="A112" s="34" t="s">
         <v>202</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>203</v>
       </c>
-      <c r="C112" s="24"/>
-[...6 lines deleted...]
-      <c r="J112" s="32"/>
+      <c r="C112" s="14"/>
+      <c r="D112" s="21"/>
+      <c r="E112" s="14"/>
+      <c r="F112" s="21"/>
+      <c r="G112" s="14"/>
+      <c r="H112" s="21"/>
+      <c r="I112" s="14"/>
+      <c r="J112" s="21"/>
     </row>
     <row r="113" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A113" s="45" t="s">
+      <c r="A113" s="34" t="s">
         <v>204</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>205</v>
       </c>
-      <c r="C113" s="24"/>
-[...6 lines deleted...]
-      <c r="J113" s="32"/>
+      <c r="C113" s="14"/>
+      <c r="D113" s="21"/>
+      <c r="E113" s="14"/>
+      <c r="F113" s="21"/>
+      <c r="G113" s="14"/>
+      <c r="H113" s="21"/>
+      <c r="I113" s="14"/>
+      <c r="J113" s="21"/>
     </row>
     <row r="114" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A114" s="45" t="s">
+      <c r="A114" s="34" t="s">
         <v>206</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>207</v>
       </c>
-      <c r="C114" s="24"/>
-[...6 lines deleted...]
-      <c r="J114" s="32"/>
+      <c r="C114" s="14"/>
+      <c r="D114" s="21"/>
+      <c r="E114" s="14"/>
+      <c r="F114" s="21"/>
+      <c r="G114" s="14"/>
+      <c r="H114" s="21"/>
+      <c r="I114" s="14"/>
+      <c r="J114" s="21"/>
     </row>
     <row r="115" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A115" s="45" t="s">
+      <c r="A115" s="34" t="s">
         <v>208</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="C115" s="24"/>
-[...6 lines deleted...]
-      <c r="J115" s="32"/>
+      <c r="C115" s="14"/>
+      <c r="D115" s="21"/>
+      <c r="E115" s="14"/>
+      <c r="F115" s="21"/>
+      <c r="G115" s="14"/>
+      <c r="H115" s="21"/>
+      <c r="I115" s="14"/>
+      <c r="J115" s="21"/>
     </row>
     <row r="116" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A116" s="45" t="s">
+      <c r="A116" s="34" t="s">
         <v>210</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="C116" s="24"/>
-[...6 lines deleted...]
-      <c r="J116" s="32"/>
+      <c r="C116" s="14"/>
+      <c r="D116" s="21"/>
+      <c r="E116" s="14"/>
+      <c r="F116" s="21"/>
+      <c r="G116" s="14"/>
+      <c r="H116" s="21"/>
+      <c r="I116" s="14"/>
+      <c r="J116" s="21"/>
     </row>
     <row r="117" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A117" s="45" t="s">
+      <c r="A117" s="34" t="s">
         <v>212</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>213</v>
       </c>
-      <c r="C117" s="24"/>
-[...6 lines deleted...]
-      <c r="J117" s="32"/>
+      <c r="C117" s="14"/>
+      <c r="D117" s="21"/>
+      <c r="E117" s="14"/>
+      <c r="F117" s="21"/>
+      <c r="G117" s="14"/>
+      <c r="H117" s="21"/>
+      <c r="I117" s="14"/>
+      <c r="J117" s="21"/>
     </row>
     <row r="118" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A118" s="45" t="s">
+      <c r="A118" s="34" t="s">
         <v>214</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>215</v>
       </c>
-      <c r="C118" s="24"/>
-[...6 lines deleted...]
-      <c r="J118" s="32"/>
+      <c r="C118" s="14"/>
+      <c r="D118" s="21"/>
+      <c r="E118" s="14"/>
+      <c r="F118" s="21"/>
+      <c r="G118" s="14"/>
+      <c r="H118" s="21"/>
+      <c r="I118" s="14"/>
+      <c r="J118" s="21"/>
     </row>
     <row r="119" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A119" s="45" t="s">
+      <c r="A119" s="34" t="s">
         <v>216</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="C119" s="24"/>
-[...6 lines deleted...]
-      <c r="J119" s="32"/>
+      <c r="C119" s="14"/>
+      <c r="D119" s="21"/>
+      <c r="E119" s="14"/>
+      <c r="F119" s="21"/>
+      <c r="G119" s="14"/>
+      <c r="H119" s="21"/>
+      <c r="I119" s="14"/>
+      <c r="J119" s="21"/>
     </row>
     <row r="120" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A120" s="45" t="s">
+      <c r="A120" s="34" t="s">
         <v>218</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>219</v>
       </c>
-      <c r="C120" s="24"/>
-[...6 lines deleted...]
-      <c r="J120" s="32"/>
+      <c r="C120" s="14"/>
+      <c r="D120" s="21"/>
+      <c r="E120" s="14"/>
+      <c r="F120" s="21"/>
+      <c r="G120" s="14"/>
+      <c r="H120" s="21"/>
+      <c r="I120" s="14"/>
+      <c r="J120" s="21"/>
     </row>
     <row r="121" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A121" s="45" t="s">
+      <c r="A121" s="34" t="s">
         <v>220</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>221</v>
       </c>
-      <c r="C121" s="24"/>
-[...6 lines deleted...]
-      <c r="J121" s="32"/>
+      <c r="C121" s="14"/>
+      <c r="D121" s="21"/>
+      <c r="E121" s="14"/>
+      <c r="F121" s="21"/>
+      <c r="G121" s="14"/>
+      <c r="H121" s="21"/>
+      <c r="I121" s="14"/>
+      <c r="J121" s="21"/>
     </row>
     <row r="122" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A122" s="45" t="s">
+      <c r="A122" s="34" t="s">
         <v>222</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="C122" s="24"/>
-[...6 lines deleted...]
-      <c r="J122" s="32"/>
+      <c r="C122" s="14"/>
+      <c r="D122" s="21"/>
+      <c r="E122" s="14"/>
+      <c r="F122" s="21"/>
+      <c r="G122" s="14"/>
+      <c r="H122" s="21"/>
+      <c r="I122" s="14"/>
+      <c r="J122" s="21"/>
     </row>
     <row r="123" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A123" s="45" t="s">
+      <c r="A123" s="34" t="s">
         <v>224</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="C123" s="24"/>
-[...6 lines deleted...]
-      <c r="J123" s="32"/>
+      <c r="C123" s="14"/>
+      <c r="D123" s="21"/>
+      <c r="E123" s="14"/>
+      <c r="F123" s="21"/>
+      <c r="G123" s="14"/>
+      <c r="H123" s="21"/>
+      <c r="I123" s="14"/>
+      <c r="J123" s="21"/>
     </row>
     <row r="124" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A124" s="45" t="s">
+      <c r="A124" s="34" t="s">
         <v>226</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>227</v>
       </c>
-      <c r="C124" s="24"/>
-[...6 lines deleted...]
-      <c r="J124" s="32"/>
+      <c r="C124" s="14"/>
+      <c r="D124" s="21"/>
+      <c r="E124" s="14"/>
+      <c r="F124" s="21"/>
+      <c r="G124" s="14"/>
+      <c r="H124" s="21"/>
+      <c r="I124" s="14"/>
+      <c r="J124" s="21"/>
     </row>
     <row r="125" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A125" s="45" t="s">
+      <c r="A125" s="34" t="s">
         <v>228</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>229</v>
       </c>
-      <c r="C125" s="24"/>
-[...6 lines deleted...]
-      <c r="J125" s="32"/>
+      <c r="C125" s="14"/>
+      <c r="D125" s="21"/>
+      <c r="E125" s="14"/>
+      <c r="F125" s="21"/>
+      <c r="G125" s="14"/>
+      <c r="H125" s="21"/>
+      <c r="I125" s="14"/>
+      <c r="J125" s="21"/>
     </row>
     <row r="126" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A126" s="45" t="s">
+      <c r="A126" s="34" t="s">
         <v>230</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>231</v>
       </c>
-      <c r="C126" s="24"/>
-[...6 lines deleted...]
-      <c r="J126" s="32"/>
+      <c r="C126" s="14"/>
+      <c r="D126" s="21"/>
+      <c r="E126" s="14"/>
+      <c r="F126" s="21"/>
+      <c r="G126" s="14"/>
+      <c r="H126" s="21"/>
+      <c r="I126" s="14"/>
+      <c r="J126" s="21"/>
     </row>
     <row r="127" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A127" s="45" t="s">
+      <c r="A127" s="34" t="s">
         <v>232</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>233</v>
       </c>
-      <c r="C127" s="24"/>
-[...6 lines deleted...]
-      <c r="J127" s="32"/>
+      <c r="C127" s="14"/>
+      <c r="D127" s="21"/>
+      <c r="E127" s="14"/>
+      <c r="F127" s="21"/>
+      <c r="G127" s="14"/>
+      <c r="H127" s="21"/>
+      <c r="I127" s="14"/>
+      <c r="J127" s="21"/>
     </row>
     <row r="128" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A128" s="45" t="s">
+      <c r="A128" s="34" t="s">
         <v>234</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>235</v>
       </c>
-      <c r="C128" s="24"/>
-[...6 lines deleted...]
-      <c r="J128" s="32"/>
+      <c r="C128" s="14"/>
+      <c r="D128" s="21"/>
+      <c r="E128" s="14"/>
+      <c r="F128" s="21"/>
+      <c r="G128" s="14"/>
+      <c r="H128" s="21"/>
+      <c r="I128" s="14"/>
+      <c r="J128" s="21"/>
     </row>
     <row r="129" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A129" s="45" t="s">
+      <c r="A129" s="34" t="s">
         <v>236</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>237</v>
       </c>
-      <c r="C129" s="24"/>
-[...6 lines deleted...]
-      <c r="J129" s="32"/>
+      <c r="C129" s="14"/>
+      <c r="D129" s="21"/>
+      <c r="E129" s="14"/>
+      <c r="F129" s="21"/>
+      <c r="G129" s="14"/>
+      <c r="H129" s="21"/>
+      <c r="I129" s="14"/>
+      <c r="J129" s="21"/>
     </row>
     <row r="130" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A130" s="39" t="s">
+      <c r="A130" s="28" t="s">
         <v>238</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>332</v>
-[...8 lines deleted...]
-      <c r="J130" s="32"/>
+        <v>285</v>
+      </c>
+      <c r="C130" s="14"/>
+      <c r="D130" s="21"/>
+      <c r="E130" s="14"/>
+      <c r="F130" s="21"/>
+      <c r="G130" s="14"/>
+      <c r="H130" s="21"/>
+      <c r="I130" s="14"/>
+      <c r="J130" s="21"/>
     </row>
     <row r="131" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A131" s="39" t="s">
+      <c r="A131" s="28" t="s">
         <v>239</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>304</v>
-[...8 lines deleted...]
-      <c r="J131" s="32"/>
+        <v>258</v>
+      </c>
+      <c r="C131" s="14"/>
+      <c r="D131" s="21"/>
+      <c r="E131" s="14"/>
+      <c r="F131" s="21"/>
+      <c r="G131" s="14"/>
+      <c r="H131" s="21"/>
+      <c r="I131" s="14"/>
+      <c r="J131" s="21"/>
     </row>
     <row r="132" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A132" s="39" t="s">
+      <c r="A132" s="28" t="s">
         <v>240</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>305</v>
-[...8 lines deleted...]
-      <c r="J132" s="32"/>
+        <v>259</v>
+      </c>
+      <c r="C132" s="14"/>
+      <c r="D132" s="21"/>
+      <c r="E132" s="14"/>
+      <c r="F132" s="21"/>
+      <c r="G132" s="14"/>
+      <c r="H132" s="21"/>
+      <c r="I132" s="14"/>
+      <c r="J132" s="21"/>
     </row>
     <row r="133" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A133" s="39" t="s">
+      <c r="A133" s="28" t="s">
         <v>241</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>306</v>
-[...8 lines deleted...]
-      <c r="J133" s="32"/>
+        <v>260</v>
+      </c>
+      <c r="C133" s="14"/>
+      <c r="D133" s="21"/>
+      <c r="E133" s="14"/>
+      <c r="F133" s="21"/>
+      <c r="G133" s="14"/>
+      <c r="H133" s="21"/>
+      <c r="I133" s="14"/>
+      <c r="J133" s="21"/>
     </row>
     <row r="134" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A134" s="39" t="s">
+      <c r="A134" s="28" t="s">
         <v>242</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>307</v>
-[...8 lines deleted...]
-      <c r="J134" s="32"/>
+        <v>261</v>
+      </c>
+      <c r="C134" s="14"/>
+      <c r="D134" s="21"/>
+      <c r="E134" s="14"/>
+      <c r="F134" s="21"/>
+      <c r="G134" s="14"/>
+      <c r="H134" s="21"/>
+      <c r="I134" s="14"/>
+      <c r="J134" s="21"/>
     </row>
     <row r="135" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A135" s="39" t="s">
+      <c r="A135" s="28" t="s">
         <v>243</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>308</v>
-[...8 lines deleted...]
-      <c r="J135" s="32"/>
+        <v>262</v>
+      </c>
+      <c r="C135" s="14"/>
+      <c r="D135" s="21"/>
+      <c r="E135" s="14"/>
+      <c r="F135" s="21"/>
+      <c r="G135" s="14"/>
+      <c r="H135" s="21"/>
+      <c r="I135" s="14"/>
+      <c r="J135" s="21"/>
     </row>
     <row r="136" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A136" s="39" t="s">
+      <c r="A136" s="28" t="s">
         <v>244</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>303</v>
-[...8 lines deleted...]
-      <c r="J136" s="32"/>
+        <v>257</v>
+      </c>
+      <c r="C136" s="14"/>
+      <c r="D136" s="21"/>
+      <c r="E136" s="14"/>
+      <c r="F136" s="21"/>
+      <c r="G136" s="14"/>
+      <c r="H136" s="21"/>
+      <c r="I136" s="14"/>
+      <c r="J136" s="21"/>
     </row>
     <row r="137" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A137" s="39" t="s">
+      <c r="A137" s="28" t="s">
         <v>245</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>309</v>
-[...8 lines deleted...]
-      <c r="J137" s="32"/>
+        <v>263</v>
+      </c>
+      <c r="C137" s="14"/>
+      <c r="D137" s="21"/>
+      <c r="E137" s="14"/>
+      <c r="F137" s="21"/>
+      <c r="G137" s="14"/>
+      <c r="H137" s="21"/>
+      <c r="I137" s="14"/>
+      <c r="J137" s="21"/>
     </row>
     <row r="138" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A138" s="39" t="s">
+      <c r="A138" s="28" t="s">
         <v>246</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>310</v>
-[...8 lines deleted...]
-      <c r="J138" s="32"/>
+        <v>264</v>
+      </c>
+      <c r="C138" s="14"/>
+      <c r="D138" s="21"/>
+      <c r="E138" s="14"/>
+      <c r="F138" s="21"/>
+      <c r="G138" s="14"/>
+      <c r="H138" s="21"/>
+      <c r="I138" s="14"/>
+      <c r="J138" s="21"/>
     </row>
     <row r="139" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A139" s="39" t="s">
+      <c r="A139" s="28" t="s">
         <v>247</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>311</v>
-[...8 lines deleted...]
-      <c r="J139" s="32"/>
+        <v>265</v>
+      </c>
+      <c r="C139" s="14"/>
+      <c r="D139" s="21"/>
+      <c r="E139" s="40"/>
+      <c r="F139" s="41"/>
+      <c r="G139" s="14"/>
+      <c r="H139" s="21"/>
+      <c r="I139" s="14"/>
+      <c r="J139" s="21"/>
     </row>
     <row r="140" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A140" s="39" t="s">
-        <v>333</v>
+      <c r="A140" s="28" t="s">
+        <v>286</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>334</v>
-[...8 lines deleted...]
-      <c r="J140" s="32"/>
+        <v>287</v>
+      </c>
+      <c r="C140" s="14"/>
+      <c r="D140" s="21"/>
+      <c r="E140" s="14"/>
+      <c r="F140" s="21"/>
+      <c r="G140" s="14"/>
+      <c r="H140" s="21"/>
+      <c r="I140" s="14"/>
+      <c r="J140" s="21"/>
     </row>
     <row r="141" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A141" s="39" t="s">
-        <v>335</v>
+      <c r="A141" s="28" t="s">
+        <v>288</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>336</v>
-[...8 lines deleted...]
-      <c r="J141" s="32"/>
+        <v>289</v>
+      </c>
+      <c r="C141" s="14"/>
+      <c r="D141" s="21"/>
+      <c r="E141" s="14"/>
+      <c r="F141" s="21"/>
+      <c r="G141" s="14"/>
+      <c r="H141" s="21"/>
+      <c r="I141" s="14"/>
+      <c r="J141" s="21"/>
     </row>
     <row r="142" spans="1:10" ht="24" x14ac:dyDescent="0.2">
-      <c r="A142" s="39" t="s">
-        <v>337</v>
+      <c r="A142" s="28" t="s">
+        <v>290</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>338</v>
-[...8 lines deleted...]
-      <c r="J142" s="32"/>
+        <v>291</v>
+      </c>
+      <c r="C142" s="14"/>
+      <c r="D142" s="21"/>
+      <c r="E142" s="14"/>
+      <c r="F142" s="21"/>
+      <c r="G142" s="14"/>
+      <c r="H142" s="21"/>
+      <c r="I142" s="14"/>
+      <c r="J142" s="21"/>
     </row>
     <row r="143" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A143" s="39" t="s">
-        <v>339</v>
+      <c r="A143" s="28" t="s">
+        <v>292</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>340</v>
-[...8 lines deleted...]
-      <c r="J143" s="32"/>
+        <v>293</v>
+      </c>
+      <c r="C143" s="14"/>
+      <c r="D143" s="21"/>
+      <c r="E143" s="14"/>
+      <c r="F143" s="21"/>
+      <c r="G143" s="14"/>
+      <c r="H143" s="21"/>
+      <c r="I143" s="14"/>
+      <c r="J143" s="21"/>
     </row>
     <row r="144" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A144" s="39" t="s">
-        <v>341</v>
+      <c r="A144" s="28" t="s">
+        <v>294</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>342</v>
-[...8 lines deleted...]
-      <c r="J144" s="32"/>
+        <v>295</v>
+      </c>
+      <c r="C144" s="14"/>
+      <c r="D144" s="21"/>
+      <c r="E144" s="14"/>
+      <c r="F144" s="21"/>
+      <c r="G144" s="14"/>
+      <c r="H144" s="21"/>
+      <c r="I144" s="14"/>
+      <c r="J144" s="21"/>
     </row>
     <row r="145" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A145" s="39" t="s">
-        <v>343</v>
+      <c r="A145" s="28" t="s">
+        <v>296</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>344</v>
-[...8 lines deleted...]
-      <c r="J145" s="32"/>
+        <v>297</v>
+      </c>
+      <c r="C145" s="14"/>
+      <c r="D145" s="21"/>
+      <c r="E145" s="14"/>
+      <c r="F145" s="21"/>
+      <c r="G145" s="14"/>
+      <c r="H145" s="21"/>
+      <c r="I145" s="14"/>
+      <c r="J145" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="15">
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="C1:J1"/>
     <mergeCell ref="C2:D2"/>
     <mergeCell ref="E2:F2"/>
     <mergeCell ref="G2:H2"/>
     <mergeCell ref="I2:J2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:F3"/>
     <mergeCell ref="G3:H3"/>
     <mergeCell ref="I3:J3"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I4:J4"/>
   </mergeCells>
-  <phoneticPr fontId="7"/>
+  <phoneticPr fontId="6"/>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A140:A145" xr:uid="{9A210531-3213-4730-B23B-96B70E800172}">
       <formula1>測定項目コード</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G23:G145 E23:E145 C23:C145 I23:I145" xr:uid="{00000000-0002-0000-0400-000000000000}">
       <formula1>"E,&lt;,&gt;"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="70" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="83" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{81B00261-1911-4AAC-A766-35B7832F2CB8}">
   <dimension ref="A1:J145"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="70" workbookViewId="0">
       <pane xSplit="2" ySplit="18" topLeftCell="C25" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="36" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
-        <v>530</v>
-[...10 lines deleted...]
-      <c r="J1" s="54"/>
+        <v>494</v>
+      </c>
+      <c r="C1" s="46" t="s">
+        <v>255</v>
+      </c>
+      <c r="D1" s="47"/>
+      <c r="E1" s="47"/>
+      <c r="F1" s="47"/>
+      <c r="G1" s="47"/>
+      <c r="H1" s="47"/>
+      <c r="I1" s="47"/>
+      <c r="J1" s="47"/>
     </row>
     <row r="2" spans="1:10" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C2" s="61" t="s">
-[...14 lines deleted...]
-      <c r="J2" s="62"/>
+      <c r="C2" s="54" t="s">
+        <v>267</v>
+      </c>
+      <c r="D2" s="55"/>
+      <c r="E2" s="56" t="s">
+        <v>270</v>
+      </c>
+      <c r="F2" s="56"/>
+      <c r="G2" s="55" t="s">
+        <v>274</v>
+      </c>
+      <c r="H2" s="55"/>
+      <c r="I2" s="55" t="s">
+        <v>277</v>
+      </c>
+      <c r="J2" s="55"/>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="B3" s="23" t="s">
-[...11 lines deleted...]
-      <c r="J3" s="60"/>
+      <c r="B3" s="13" t="s">
+        <v>266</v>
+      </c>
+      <c r="C3" s="48"/>
+      <c r="D3" s="49"/>
+      <c r="E3" s="50" t="s">
+        <v>273</v>
+      </c>
+      <c r="F3" s="51"/>
+      <c r="G3" s="52"/>
+      <c r="H3" s="53"/>
+      <c r="I3" s="52"/>
+      <c r="J3" s="53"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A4" s="65" t="s">
+      <c r="A4" s="43" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="66" t="s">
+      <c r="B4" s="44" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="64" t="s">
+      <c r="C4" s="42" t="s">
         <v>2</v>
       </c>
-      <c r="D4" s="64"/>
-      <c r="E4" s="67" t="s">
+      <c r="D4" s="42"/>
+      <c r="E4" s="45" t="s">
         <v>2</v>
       </c>
-      <c r="F4" s="67"/>
-      <c r="G4" s="64" t="s">
+      <c r="F4" s="45"/>
+      <c r="G4" s="42" t="s">
         <v>2</v>
       </c>
-      <c r="H4" s="64"/>
-      <c r="I4" s="64" t="s">
+      <c r="H4" s="42"/>
+      <c r="I4" s="42" t="s">
         <v>2</v>
       </c>
-      <c r="J4" s="64"/>
+      <c r="J4" s="42"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A5" s="65"/>
-[...1 lines deleted...]
-      <c r="C5" s="28" t="s">
+      <c r="A5" s="43"/>
+      <c r="B5" s="44"/>
+      <c r="C5" s="17" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="28" t="s">
+      <c r="D5" s="17" t="s">
         <v>4</v>
       </c>
-      <c r="E5" s="29" t="s">
+      <c r="E5" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="F5" s="29" t="s">
+      <c r="F5" s="18" t="s">
         <v>4</v>
       </c>
-      <c r="G5" s="28" t="s">
+      <c r="G5" s="17" t="s">
         <v>3</v>
       </c>
-      <c r="H5" s="28" t="s">
+      <c r="H5" s="17" t="s">
         <v>4</v>
       </c>
-      <c r="I5" s="28" t="s">
+      <c r="I5" s="17" t="s">
         <v>3</v>
       </c>
-      <c r="J5" s="28" t="s">
+      <c r="J5" s="17" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A6" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="8" t="s">
         <v>6</v>
       </c>
-      <c r="C6" s="25"/>
-      <c r="D6" s="30">
+      <c r="C6" s="15"/>
+      <c r="D6" s="19">
         <v>2025</v>
       </c>
       <c r="E6" s="12"/>
-      <c r="F6" s="31">
+      <c r="F6" s="20">
         <v>2025</v>
       </c>
-      <c r="G6" s="25"/>
-      <c r="H6" s="30">
+      <c r="G6" s="15"/>
+      <c r="H6" s="19">
         <v>2025</v>
       </c>
-      <c r="I6" s="25"/>
-      <c r="J6" s="30">
+      <c r="I6" s="15"/>
+      <c r="J6" s="19">
         <v>2025</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="C7" s="24" t="s">
+      <c r="C7" s="14" t="s">
         <v>248</v>
       </c>
-      <c r="D7" s="32" t="s">
+      <c r="D7" s="21" t="s">
         <v>249</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="F7" s="33" t="s">
+      <c r="F7" s="22" t="s">
         <v>249</v>
       </c>
-      <c r="G7" s="24" t="s">
+      <c r="G7" s="14" t="s">
         <v>248</v>
       </c>
-      <c r="H7" s="32" t="s">
+      <c r="H7" s="21" t="s">
         <v>249</v>
       </c>
-      <c r="I7" s="24" t="s">
+      <c r="I7" s="14" t="s">
         <v>248</v>
       </c>
-      <c r="J7" s="32" t="s">
+      <c r="J7" s="21" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="C8" s="24"/>
-[...1 lines deleted...]
-        <v>314</v>
+      <c r="C8" s="14"/>
+      <c r="D8" s="21" t="s">
+        <v>268</v>
       </c>
       <c r="E8" s="1"/>
-      <c r="F8" s="33" t="s">
-[...8 lines deleted...]
-        <v>324</v>
+      <c r="F8" s="22" t="s">
+        <v>271</v>
+      </c>
+      <c r="G8" s="14"/>
+      <c r="H8" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="I8" s="14"/>
+      <c r="J8" s="21" t="s">
+        <v>278</v>
       </c>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="C9" s="24"/>
-[...1 lines deleted...]
-        <v>302</v>
+      <c r="C9" s="14"/>
+      <c r="D9" s="21" t="s">
+        <v>256</v>
       </c>
       <c r="E9" s="1"/>
-      <c r="F9" s="33" t="s">
-[...8 lines deleted...]
-        <v>325</v>
+      <c r="F9" s="22" t="s">
+        <v>272</v>
+      </c>
+      <c r="G9" s="14"/>
+      <c r="H9" s="21" t="s">
+        <v>272</v>
+      </c>
+      <c r="I9" s="14"/>
+      <c r="J9" s="21" t="s">
+        <v>279</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A10" s="3"/>
       <c r="B10" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="C10" s="24" t="s">
+      <c r="C10" s="14" t="s">
         <v>250</v>
       </c>
-      <c r="D10" s="32" t="s">
+      <c r="D10" s="21" t="s">
         <v>251</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="F10" s="33" t="s">
+      <c r="F10" s="22" t="s">
         <v>251</v>
       </c>
-      <c r="G10" s="24" t="s">
+      <c r="G10" s="14" t="s">
         <v>250</v>
       </c>
-      <c r="H10" s="32" t="s">
+      <c r="H10" s="21" t="s">
         <v>251</v>
       </c>
-      <c r="I10" s="24" t="s">
+      <c r="I10" s="14" t="s">
         <v>250</v>
       </c>
-      <c r="J10" s="32" t="s">
+      <c r="J10" s="21" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A11" s="3"/>
       <c r="B11" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="C11" s="24"/>
-[...6 lines deleted...]
-      <c r="J11" s="32"/>
+      <c r="C11" s="14"/>
+      <c r="D11" s="21"/>
+      <c r="E11" s="14"/>
+      <c r="F11" s="21"/>
+      <c r="G11" s="14"/>
+      <c r="H11" s="21"/>
+      <c r="I11" s="14"/>
+      <c r="J11" s="21"/>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A12" s="3"/>
       <c r="B12" s="9" t="s">
         <v>12</v>
       </c>
-      <c r="C12" s="24"/>
-[...6 lines deleted...]
-      <c r="J12" s="32"/>
+      <c r="C12" s="14"/>
+      <c r="D12" s="21"/>
+      <c r="E12" s="14"/>
+      <c r="F12" s="21"/>
+      <c r="G12" s="14"/>
+      <c r="H12" s="21"/>
+      <c r="I12" s="14"/>
+      <c r="J12" s="21"/>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B13" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="C13" s="25"/>
-      <c r="D13" s="30">
+      <c r="C13" s="15"/>
+      <c r="D13" s="19">
         <v>2025</v>
       </c>
       <c r="E13" s="12"/>
-      <c r="F13" s="31">
+      <c r="F13" s="20">
         <v>2025</v>
       </c>
-      <c r="G13" s="25"/>
-      <c r="H13" s="30">
+      <c r="G13" s="15"/>
+      <c r="H13" s="19">
         <v>2025</v>
       </c>
-      <c r="I13" s="25"/>
-      <c r="J13" s="30">
+      <c r="I13" s="15"/>
+      <c r="J13" s="19">
         <v>2025</v>
       </c>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="C14" s="24"/>
-      <c r="D14" s="32"/>
+      <c r="C14" s="14"/>
+      <c r="D14" s="21"/>
       <c r="E14" s="1"/>
-      <c r="F14" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J14" s="32"/>
+      <c r="F14" s="22" t="s">
+        <v>461</v>
+      </c>
+      <c r="G14" s="14"/>
+      <c r="H14" s="21"/>
+      <c r="I14" s="14"/>
+      <c r="J14" s="21"/>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="C15" s="24"/>
-      <c r="D15" s="32"/>
+      <c r="C15" s="14"/>
+      <c r="D15" s="21"/>
       <c r="E15" s="1"/>
-      <c r="F15" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J15" s="32"/>
+      <c r="F15" s="22" t="s">
+        <v>462</v>
+      </c>
+      <c r="G15" s="14"/>
+      <c r="H15" s="21"/>
+      <c r="I15" s="14"/>
+      <c r="J15" s="21"/>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>16</v>
       </c>
-      <c r="C16" s="24" t="s">
+      <c r="C16" s="14" t="s">
         <v>252</v>
       </c>
-      <c r="D16" s="32" t="s">
-        <v>300</v>
+      <c r="D16" s="21" t="s">
+        <v>254</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="F16" s="33" t="s">
-[...12 lines deleted...]
-        <v>322</v>
+      <c r="F16" s="22" t="s">
+        <v>254</v>
+      </c>
+      <c r="G16" s="14" t="s">
+        <v>281</v>
+      </c>
+      <c r="H16" s="21" t="s">
+        <v>276</v>
+      </c>
+      <c r="I16" s="14" t="s">
+        <v>281</v>
+      </c>
+      <c r="J16" s="21" t="s">
+        <v>276</v>
       </c>
     </row>
     <row r="17" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="C17" s="24"/>
-      <c r="D17" s="32"/>
+      <c r="C17" s="14"/>
+      <c r="D17" s="21"/>
       <c r="E17" s="1"/>
-      <c r="F17" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J17" s="32"/>
+      <c r="F17" s="22" t="s">
+        <v>272</v>
+      </c>
+      <c r="G17" s="14"/>
+      <c r="H17" s="21"/>
+      <c r="I17" s="14"/>
+      <c r="J17" s="21"/>
     </row>
     <row r="18" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A18" s="10" t="s">
         <v>5</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="C18" s="34"/>
-[...8 lines deleted...]
-      <c r="J18" s="35"/>
+      <c r="C18" s="23"/>
+      <c r="D18" s="24"/>
+      <c r="E18" s="25"/>
+      <c r="F18" s="26" t="s">
+        <v>303</v>
+      </c>
+      <c r="G18" s="23"/>
+      <c r="H18" s="24"/>
+      <c r="I18" s="23"/>
+      <c r="J18" s="24"/>
     </row>
     <row r="19" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A19" s="38" t="s">
+      <c r="A19" s="27" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="C19" s="25" t="s">
+      <c r="C19" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="D19" s="32"/>
+      <c r="D19" s="21"/>
       <c r="E19" s="12"/>
-      <c r="F19" s="33" t="s">
-[...2 lines deleted...]
-      <c r="G19" s="25" t="s">
+      <c r="F19" s="22" t="s">
+        <v>256</v>
+      </c>
+      <c r="G19" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="H19" s="32"/>
-      <c r="I19" s="25" t="s">
+      <c r="H19" s="21"/>
+      <c r="I19" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="J19" s="32"/>
+      <c r="J19" s="21"/>
     </row>
     <row r="20" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A20" s="39" t="s">
+      <c r="A20" s="28" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C20" s="24" t="s">
+      <c r="C20" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="D20" s="32"/>
-[...2 lines deleted...]
-      <c r="G20" s="24" t="s">
+      <c r="D20" s="21"/>
+      <c r="E20" s="14"/>
+      <c r="F20" s="21"/>
+      <c r="G20" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="H20" s="32"/>
-      <c r="I20" s="24" t="s">
+      <c r="H20" s="21"/>
+      <c r="I20" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="J20" s="32"/>
+      <c r="J20" s="21"/>
     </row>
     <row r="21" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A21" s="39" t="s">
+      <c r="A21" s="28" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="C21" s="24" t="s">
+      <c r="C21" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="D21" s="32"/>
-[...2 lines deleted...]
-      <c r="G21" s="24" t="s">
+      <c r="D21" s="21"/>
+      <c r="E21" s="14"/>
+      <c r="F21" s="21"/>
+      <c r="G21" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="H21" s="32"/>
-      <c r="I21" s="24" t="s">
+      <c r="H21" s="21"/>
+      <c r="I21" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="J21" s="32"/>
+      <c r="J21" s="21"/>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A22" s="39" t="s">
+      <c r="A22" s="28" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="C22" s="24" t="s">
+      <c r="C22" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="D22" s="32"/>
-[...2 lines deleted...]
-      <c r="G22" s="24" t="s">
+      <c r="D22" s="21"/>
+      <c r="E22" s="14"/>
+      <c r="F22" s="21"/>
+      <c r="G22" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="H22" s="32"/>
-      <c r="I22" s="24" t="s">
+      <c r="H22" s="21"/>
+      <c r="I22" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="J22" s="32"/>
+      <c r="J22" s="21"/>
     </row>
     <row r="23" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A23" s="39" t="s">
+      <c r="A23" s="28" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="C23" s="24"/>
-      <c r="D23" s="32"/>
+      <c r="C23" s="14"/>
+      <c r="D23" s="21"/>
       <c r="E23" s="1"/>
-      <c r="F23" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J23" s="32"/>
+      <c r="F23" s="22" t="s">
+        <v>463</v>
+      </c>
+      <c r="G23" s="14"/>
+      <c r="H23" s="21"/>
+      <c r="I23" s="14"/>
+      <c r="J23" s="21"/>
     </row>
     <row r="24" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A24" s="39" t="s">
+      <c r="A24" s="28" t="s">
         <v>29</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="C24" s="24"/>
-      <c r="D24" s="32"/>
+      <c r="C24" s="14"/>
+      <c r="D24" s="21"/>
       <c r="E24" s="1"/>
-      <c r="F24" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J24" s="32"/>
+      <c r="F24" s="22" t="s">
+        <v>464</v>
+      </c>
+      <c r="G24" s="14"/>
+      <c r="H24" s="21"/>
+      <c r="I24" s="14"/>
+      <c r="J24" s="21"/>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A25" s="39" t="s">
+      <c r="A25" s="28" t="s">
         <v>31</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="C25" s="24"/>
-      <c r="D25" s="32"/>
+      <c r="C25" s="14"/>
+      <c r="D25" s="21"/>
       <c r="E25" s="1"/>
-      <c r="F25" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J25" s="32"/>
+      <c r="F25" s="22" t="s">
+        <v>410</v>
+      </c>
+      <c r="G25" s="14"/>
+      <c r="H25" s="21"/>
+      <c r="I25" s="14"/>
+      <c r="J25" s="21"/>
     </row>
     <row r="26" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A26" s="39" t="s">
+      <c r="A26" s="28" t="s">
         <v>33</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C26" s="24"/>
-[...6 lines deleted...]
-      <c r="J26" s="32"/>
+      <c r="C26" s="14"/>
+      <c r="D26" s="21"/>
+      <c r="E26" s="14"/>
+      <c r="F26" s="21"/>
+      <c r="G26" s="14"/>
+      <c r="H26" s="21"/>
+      <c r="I26" s="14"/>
+      <c r="J26" s="21"/>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A27" s="39" t="s">
+      <c r="A27" s="28" t="s">
         <v>35</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="C27" s="24"/>
-[...6 lines deleted...]
-      <c r="J27" s="32"/>
+      <c r="C27" s="14"/>
+      <c r="D27" s="21"/>
+      <c r="E27" s="14"/>
+      <c r="F27" s="21"/>
+      <c r="G27" s="14"/>
+      <c r="H27" s="21"/>
+      <c r="I27" s="14"/>
+      <c r="J27" s="21"/>
     </row>
     <row r="28" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A28" s="39" t="s">
+      <c r="A28" s="28" t="s">
         <v>37</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="C28" s="24"/>
-      <c r="D28" s="32"/>
+      <c r="C28" s="14"/>
+      <c r="D28" s="21"/>
       <c r="E28" s="1"/>
-      <c r="F28" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J28" s="32"/>
+      <c r="F28" s="22" t="s">
+        <v>308</v>
+      </c>
+      <c r="G28" s="14"/>
+      <c r="H28" s="21"/>
+      <c r="I28" s="14"/>
+      <c r="J28" s="21"/>
     </row>
     <row r="29" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A29" s="39" t="s">
+      <c r="A29" s="28" t="s">
         <v>39</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="C29" s="24"/>
-      <c r="D29" s="32"/>
+      <c r="C29" s="14"/>
+      <c r="D29" s="21"/>
       <c r="E29" s="1"/>
-      <c r="F29" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J29" s="32"/>
+      <c r="F29" s="22" t="s">
+        <v>337</v>
+      </c>
+      <c r="G29" s="14"/>
+      <c r="H29" s="21"/>
+      <c r="I29" s="14"/>
+      <c r="J29" s="21"/>
     </row>
     <row r="30" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A30" s="39" t="s">
+      <c r="A30" s="28" t="s">
         <v>41</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="C30" s="24"/>
-[...8 lines deleted...]
-      <c r="J30" s="32"/>
+      <c r="C30" s="14"/>
+      <c r="D30" s="21"/>
+      <c r="E30" s="29"/>
+      <c r="F30" s="30" t="s">
+        <v>467</v>
+      </c>
+      <c r="G30" s="14"/>
+      <c r="H30" s="21"/>
+      <c r="I30" s="14"/>
+      <c r="J30" s="21"/>
     </row>
     <row r="31" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A31" s="39" t="s">
+      <c r="A31" s="28" t="s">
         <v>43</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="C31" s="24"/>
-[...8 lines deleted...]
-      <c r="J31" s="32"/>
+      <c r="C31" s="14"/>
+      <c r="D31" s="21"/>
+      <c r="E31" s="29"/>
+      <c r="F31" s="30" t="s">
+        <v>455</v>
+      </c>
+      <c r="G31" s="14"/>
+      <c r="H31" s="21"/>
+      <c r="I31" s="14"/>
+      <c r="J31" s="21"/>
     </row>
     <row r="32" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A32" s="39" t="s">
+      <c r="A32" s="28" t="s">
         <v>45</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="C32" s="24"/>
-[...8 lines deleted...]
-      <c r="J32" s="32"/>
+      <c r="C32" s="14"/>
+      <c r="D32" s="21"/>
+      <c r="E32" s="29"/>
+      <c r="F32" s="30" t="s">
+        <v>312</v>
+      </c>
+      <c r="G32" s="14"/>
+      <c r="H32" s="21"/>
+      <c r="I32" s="14"/>
+      <c r="J32" s="21"/>
     </row>
     <row r="33" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A33" s="39" t="s">
-        <v>346</v>
+      <c r="A33" s="28" t="s">
+        <v>299</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>345</v>
-[...10 lines deleted...]
-      <c r="J33" s="32"/>
+        <v>298</v>
+      </c>
+      <c r="C33" s="14"/>
+      <c r="D33" s="21"/>
+      <c r="E33" s="29"/>
+      <c r="F33" s="30" t="s">
+        <v>468</v>
+      </c>
+      <c r="G33" s="14"/>
+      <c r="H33" s="21"/>
+      <c r="I33" s="14"/>
+      <c r="J33" s="21"/>
     </row>
     <row r="34" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A34" s="39" t="s">
+      <c r="A34" s="28" t="s">
         <v>47</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="C34" s="24"/>
-[...6 lines deleted...]
-      <c r="J34" s="32"/>
+      <c r="C34" s="14"/>
+      <c r="D34" s="21"/>
+      <c r="E34" s="14"/>
+      <c r="F34" s="21"/>
+      <c r="G34" s="14"/>
+      <c r="H34" s="21"/>
+      <c r="I34" s="14"/>
+      <c r="J34" s="21"/>
     </row>
     <row r="35" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A35" s="39" t="s">
+      <c r="A35" s="28" t="s">
         <v>49</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="C35" s="24"/>
-[...6 lines deleted...]
-      <c r="J35" s="32"/>
+      <c r="C35" s="14"/>
+      <c r="D35" s="21"/>
+      <c r="E35" s="14"/>
+      <c r="F35" s="21"/>
+      <c r="G35" s="14"/>
+      <c r="H35" s="21"/>
+      <c r="I35" s="14"/>
+      <c r="J35" s="21"/>
     </row>
     <row r="36" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A36" s="39" t="s">
+      <c r="A36" s="28" t="s">
         <v>51</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="C36" s="24"/>
-[...6 lines deleted...]
-      <c r="J36" s="32"/>
+      <c r="C36" s="14"/>
+      <c r="D36" s="21"/>
+      <c r="E36" s="14"/>
+      <c r="F36" s="21"/>
+      <c r="G36" s="14"/>
+      <c r="H36" s="21"/>
+      <c r="I36" s="14"/>
+      <c r="J36" s="21"/>
     </row>
     <row r="37" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A37" s="39" t="s">
+      <c r="A37" s="28" t="s">
         <v>53</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="C37" s="24"/>
-[...6 lines deleted...]
-      <c r="J37" s="32"/>
+      <c r="C37" s="14"/>
+      <c r="D37" s="21"/>
+      <c r="E37" s="14"/>
+      <c r="F37" s="21"/>
+      <c r="G37" s="14"/>
+      <c r="H37" s="21"/>
+      <c r="I37" s="14"/>
+      <c r="J37" s="21"/>
     </row>
     <row r="38" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A38" s="39" t="s">
+      <c r="A38" s="28" t="s">
         <v>55</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="C38" s="24"/>
-[...6 lines deleted...]
-      <c r="J38" s="32"/>
+      <c r="C38" s="14"/>
+      <c r="D38" s="21"/>
+      <c r="E38" s="14"/>
+      <c r="F38" s="21"/>
+      <c r="G38" s="14"/>
+      <c r="H38" s="21"/>
+      <c r="I38" s="14"/>
+      <c r="J38" s="21"/>
     </row>
     <row r="39" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A39" s="39" t="s">
+      <c r="A39" s="28" t="s">
         <v>57</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="C39" s="24"/>
-[...6 lines deleted...]
-      <c r="J39" s="32"/>
+      <c r="C39" s="14"/>
+      <c r="D39" s="21"/>
+      <c r="E39" s="14"/>
+      <c r="F39" s="21"/>
+      <c r="G39" s="14"/>
+      <c r="H39" s="21"/>
+      <c r="I39" s="14"/>
+      <c r="J39" s="21"/>
     </row>
     <row r="40" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A40" s="39" t="s">
+      <c r="A40" s="28" t="s">
         <v>59</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="C40" s="24"/>
-[...6 lines deleted...]
-      <c r="J40" s="32"/>
+      <c r="C40" s="14"/>
+      <c r="D40" s="21"/>
+      <c r="E40" s="14"/>
+      <c r="F40" s="21"/>
+      <c r="G40" s="14"/>
+      <c r="H40" s="21"/>
+      <c r="I40" s="14"/>
+      <c r="J40" s="21"/>
     </row>
     <row r="41" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A41" s="39" t="s">
+      <c r="A41" s="28" t="s">
         <v>61</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="C41" s="24"/>
-[...6 lines deleted...]
-      <c r="J41" s="32"/>
+      <c r="C41" s="14"/>
+      <c r="D41" s="21"/>
+      <c r="E41" s="14"/>
+      <c r="F41" s="21"/>
+      <c r="G41" s="14"/>
+      <c r="H41" s="21"/>
+      <c r="I41" s="14"/>
+      <c r="J41" s="21"/>
     </row>
     <row r="42" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A42" s="39" t="s">
+      <c r="A42" s="28" t="s">
         <v>63</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="C42" s="24"/>
-[...6 lines deleted...]
-      <c r="J42" s="32"/>
+      <c r="C42" s="14"/>
+      <c r="D42" s="21"/>
+      <c r="E42" s="14"/>
+      <c r="F42" s="21"/>
+      <c r="G42" s="14"/>
+      <c r="H42" s="21"/>
+      <c r="I42" s="14"/>
+      <c r="J42" s="21"/>
     </row>
     <row r="43" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A43" s="39" t="s">
+      <c r="A43" s="28" t="s">
         <v>65</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="C43" s="24"/>
-[...6 lines deleted...]
-      <c r="J43" s="32"/>
+      <c r="C43" s="14"/>
+      <c r="D43" s="21"/>
+      <c r="E43" s="14"/>
+      <c r="F43" s="21"/>
+      <c r="G43" s="14"/>
+      <c r="H43" s="21"/>
+      <c r="I43" s="14"/>
+      <c r="J43" s="21"/>
     </row>
     <row r="44" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A44" s="39" t="s">
+      <c r="A44" s="28" t="s">
         <v>67</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="C44" s="24"/>
-[...6 lines deleted...]
-      <c r="J44" s="32"/>
+      <c r="C44" s="14"/>
+      <c r="D44" s="21"/>
+      <c r="E44" s="14"/>
+      <c r="F44" s="21"/>
+      <c r="G44" s="14"/>
+      <c r="H44" s="21"/>
+      <c r="I44" s="14"/>
+      <c r="J44" s="21"/>
     </row>
     <row r="45" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A45" s="39" t="s">
+      <c r="A45" s="28" t="s">
         <v>69</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="C45" s="24"/>
-[...6 lines deleted...]
-      <c r="J45" s="32"/>
+      <c r="C45" s="14"/>
+      <c r="D45" s="21"/>
+      <c r="E45" s="14"/>
+      <c r="F45" s="21"/>
+      <c r="G45" s="14"/>
+      <c r="H45" s="21"/>
+      <c r="I45" s="14"/>
+      <c r="J45" s="21"/>
     </row>
     <row r="46" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A46" s="39" t="s">
+      <c r="A46" s="28" t="s">
         <v>71</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="C46" s="24"/>
-[...6 lines deleted...]
-      <c r="J46" s="32"/>
+      <c r="C46" s="14"/>
+      <c r="D46" s="21"/>
+      <c r="E46" s="14"/>
+      <c r="F46" s="21"/>
+      <c r="G46" s="14"/>
+      <c r="H46" s="21"/>
+      <c r="I46" s="14"/>
+      <c r="J46" s="21"/>
     </row>
     <row r="47" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A47" s="39" t="s">
+      <c r="A47" s="28" t="s">
         <v>73</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="C47" s="24"/>
-[...6 lines deleted...]
-      <c r="J47" s="32"/>
+      <c r="C47" s="14"/>
+      <c r="D47" s="21"/>
+      <c r="E47" s="14"/>
+      <c r="F47" s="21"/>
+      <c r="G47" s="14"/>
+      <c r="H47" s="21"/>
+      <c r="I47" s="14"/>
+      <c r="J47" s="21"/>
     </row>
     <row r="48" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A48" s="39" t="s">
+      <c r="A48" s="28" t="s">
         <v>75</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="C48" s="24"/>
-[...6 lines deleted...]
-      <c r="J48" s="32"/>
+      <c r="C48" s="14"/>
+      <c r="D48" s="21"/>
+      <c r="E48" s="14"/>
+      <c r="F48" s="21"/>
+      <c r="G48" s="14"/>
+      <c r="H48" s="21"/>
+      <c r="I48" s="14"/>
+      <c r="J48" s="21"/>
     </row>
     <row r="49" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A49" s="39" t="s">
+      <c r="A49" s="28" t="s">
         <v>77</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="C49" s="24"/>
-[...6 lines deleted...]
-      <c r="J49" s="32"/>
+      <c r="C49" s="14"/>
+      <c r="D49" s="21"/>
+      <c r="E49" s="14"/>
+      <c r="F49" s="21"/>
+      <c r="G49" s="14"/>
+      <c r="H49" s="21"/>
+      <c r="I49" s="14"/>
+      <c r="J49" s="21"/>
     </row>
     <row r="50" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A50" s="39" t="s">
+      <c r="A50" s="28" t="s">
         <v>79</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="C50" s="24"/>
-[...6 lines deleted...]
-      <c r="J50" s="32"/>
+      <c r="C50" s="14"/>
+      <c r="D50" s="21"/>
+      <c r="E50" s="14"/>
+      <c r="F50" s="21"/>
+      <c r="G50" s="14"/>
+      <c r="H50" s="21"/>
+      <c r="I50" s="14"/>
+      <c r="J50" s="21"/>
     </row>
     <row r="51" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A51" s="39" t="s">
+      <c r="A51" s="28" t="s">
         <v>81</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="C51" s="24"/>
-[...6 lines deleted...]
-      <c r="J51" s="32"/>
+      <c r="C51" s="14"/>
+      <c r="D51" s="21"/>
+      <c r="E51" s="14"/>
+      <c r="F51" s="21"/>
+      <c r="G51" s="14"/>
+      <c r="H51" s="21"/>
+      <c r="I51" s="14"/>
+      <c r="J51" s="21"/>
     </row>
     <row r="52" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A52" s="39" t="s">
+      <c r="A52" s="28" t="s">
         <v>83</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="C52" s="24"/>
-[...6 lines deleted...]
-      <c r="J52" s="32"/>
+      <c r="C52" s="14"/>
+      <c r="D52" s="21"/>
+      <c r="E52" s="14"/>
+      <c r="F52" s="21"/>
+      <c r="G52" s="14"/>
+      <c r="H52" s="21"/>
+      <c r="I52" s="14"/>
+      <c r="J52" s="21"/>
     </row>
     <row r="53" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A53" s="39" t="s">
+      <c r="A53" s="28" t="s">
         <v>85</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="C53" s="24"/>
-[...6 lines deleted...]
-      <c r="J53" s="32"/>
+      <c r="C53" s="14"/>
+      <c r="D53" s="21"/>
+      <c r="E53" s="14"/>
+      <c r="F53" s="21"/>
+      <c r="G53" s="14"/>
+      <c r="H53" s="21"/>
+      <c r="I53" s="14"/>
+      <c r="J53" s="21"/>
     </row>
     <row r="54" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A54" s="39" t="s">
+      <c r="A54" s="28" t="s">
         <v>87</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="C54" s="24"/>
-[...6 lines deleted...]
-      <c r="J54" s="32"/>
+      <c r="C54" s="14"/>
+      <c r="D54" s="21"/>
+      <c r="E54" s="14"/>
+      <c r="F54" s="21"/>
+      <c r="G54" s="14"/>
+      <c r="H54" s="21"/>
+      <c r="I54" s="14"/>
+      <c r="J54" s="21"/>
     </row>
     <row r="55" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A55" s="39" t="s">
+      <c r="A55" s="28" t="s">
         <v>89</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="C55" s="24"/>
-[...6 lines deleted...]
-      <c r="J55" s="32"/>
+      <c r="C55" s="14"/>
+      <c r="D55" s="21"/>
+      <c r="E55" s="14"/>
+      <c r="F55" s="21"/>
+      <c r="G55" s="14"/>
+      <c r="H55" s="21"/>
+      <c r="I55" s="14"/>
+      <c r="J55" s="21"/>
     </row>
     <row r="56" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A56" s="39" t="s">
+      <c r="A56" s="28" t="s">
         <v>91</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="C56" s="24"/>
-[...6 lines deleted...]
-      <c r="J56" s="32"/>
+      <c r="C56" s="14"/>
+      <c r="D56" s="21"/>
+      <c r="E56" s="14"/>
+      <c r="F56" s="21"/>
+      <c r="G56" s="14"/>
+      <c r="H56" s="21"/>
+      <c r="I56" s="14"/>
+      <c r="J56" s="21"/>
     </row>
     <row r="57" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A57" s="39" t="s">
+      <c r="A57" s="28" t="s">
         <v>93</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="C57" s="24"/>
-[...6 lines deleted...]
-      <c r="J57" s="32"/>
+      <c r="C57" s="14"/>
+      <c r="D57" s="21"/>
+      <c r="E57" s="14"/>
+      <c r="F57" s="21"/>
+      <c r="G57" s="14"/>
+      <c r="H57" s="21"/>
+      <c r="I57" s="14"/>
+      <c r="J57" s="21"/>
     </row>
     <row r="58" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A58" s="39" t="s">
+      <c r="A58" s="28" t="s">
         <v>95</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="C58" s="24"/>
-[...6 lines deleted...]
-      <c r="J58" s="32"/>
+      <c r="C58" s="14"/>
+      <c r="D58" s="21"/>
+      <c r="E58" s="14"/>
+      <c r="F58" s="21"/>
+      <c r="G58" s="14"/>
+      <c r="H58" s="21"/>
+      <c r="I58" s="14"/>
+      <c r="J58" s="21"/>
     </row>
     <row r="59" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A59" s="39" t="s">
+      <c r="A59" s="28" t="s">
         <v>97</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="C59" s="24"/>
-[...6 lines deleted...]
-      <c r="J59" s="32"/>
+      <c r="C59" s="14"/>
+      <c r="D59" s="21"/>
+      <c r="E59" s="14"/>
+      <c r="F59" s="21"/>
+      <c r="G59" s="14"/>
+      <c r="H59" s="21"/>
+      <c r="I59" s="14"/>
+      <c r="J59" s="21"/>
     </row>
     <row r="60" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A60" s="39" t="s">
+      <c r="A60" s="28" t="s">
         <v>99</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>100</v>
       </c>
-      <c r="C60" s="24"/>
-[...6 lines deleted...]
-      <c r="J60" s="32"/>
+      <c r="C60" s="14"/>
+      <c r="D60" s="21"/>
+      <c r="E60" s="14"/>
+      <c r="F60" s="21"/>
+      <c r="G60" s="14"/>
+      <c r="H60" s="21"/>
+      <c r="I60" s="14"/>
+      <c r="J60" s="21"/>
     </row>
     <row r="61" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A61" s="39" t="s">
+      <c r="A61" s="28" t="s">
         <v>101</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="C61" s="24"/>
-[...6 lines deleted...]
-      <c r="J61" s="32"/>
+      <c r="C61" s="14"/>
+      <c r="D61" s="21"/>
+      <c r="E61" s="14"/>
+      <c r="F61" s="21"/>
+      <c r="G61" s="14"/>
+      <c r="H61" s="21"/>
+      <c r="I61" s="14"/>
+      <c r="J61" s="21"/>
     </row>
     <row r="62" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A62" s="39" t="s">
+      <c r="A62" s="28" t="s">
         <v>103</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="C62" s="24"/>
-[...6 lines deleted...]
-      <c r="J62" s="32"/>
+      <c r="C62" s="14"/>
+      <c r="D62" s="21"/>
+      <c r="E62" s="14"/>
+      <c r="F62" s="21"/>
+      <c r="G62" s="14"/>
+      <c r="H62" s="21"/>
+      <c r="I62" s="14"/>
+      <c r="J62" s="21"/>
     </row>
     <row r="63" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A63" s="39" t="s">
+      <c r="A63" s="28" t="s">
         <v>105</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="C63" s="24"/>
-[...6 lines deleted...]
-      <c r="J63" s="32"/>
+      <c r="C63" s="14"/>
+      <c r="D63" s="21"/>
+      <c r="E63" s="14"/>
+      <c r="F63" s="21"/>
+      <c r="G63" s="14"/>
+      <c r="H63" s="21"/>
+      <c r="I63" s="14"/>
+      <c r="J63" s="21"/>
     </row>
     <row r="64" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A64" s="39" t="s">
+      <c r="A64" s="28" t="s">
         <v>107</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="C64" s="24"/>
-[...6 lines deleted...]
-      <c r="J64" s="32"/>
+      <c r="C64" s="14"/>
+      <c r="D64" s="21"/>
+      <c r="E64" s="14"/>
+      <c r="F64" s="21"/>
+      <c r="G64" s="14"/>
+      <c r="H64" s="21"/>
+      <c r="I64" s="14"/>
+      <c r="J64" s="21"/>
     </row>
     <row r="65" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A65" s="39" t="s">
+      <c r="A65" s="28" t="s">
         <v>109</v>
       </c>
       <c r="B65" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="C65" s="24"/>
-[...6 lines deleted...]
-      <c r="J65" s="32"/>
+      <c r="C65" s="14"/>
+      <c r="D65" s="21"/>
+      <c r="E65" s="14"/>
+      <c r="F65" s="21"/>
+      <c r="G65" s="14"/>
+      <c r="H65" s="21"/>
+      <c r="I65" s="14"/>
+      <c r="J65" s="21"/>
     </row>
     <row r="66" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A66" s="39" t="s">
+      <c r="A66" s="28" t="s">
         <v>111</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="C66" s="24"/>
-[...6 lines deleted...]
-      <c r="J66" s="32"/>
+      <c r="C66" s="14"/>
+      <c r="D66" s="21"/>
+      <c r="E66" s="14"/>
+      <c r="F66" s="21"/>
+      <c r="G66" s="14"/>
+      <c r="H66" s="21"/>
+      <c r="I66" s="14"/>
+      <c r="J66" s="21"/>
     </row>
     <row r="67" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A67" s="39" t="s">
+      <c r="A67" s="28" t="s">
         <v>113</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="C67" s="24"/>
-[...6 lines deleted...]
-      <c r="J67" s="32"/>
+      <c r="C67" s="14"/>
+      <c r="D67" s="21"/>
+      <c r="E67" s="14"/>
+      <c r="F67" s="21"/>
+      <c r="G67" s="14"/>
+      <c r="H67" s="21"/>
+      <c r="I67" s="14"/>
+      <c r="J67" s="21"/>
     </row>
     <row r="68" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A68" s="39" t="s">
+      <c r="A68" s="28" t="s">
         <v>115</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="C68" s="24"/>
-[...6 lines deleted...]
-      <c r="J68" s="32"/>
+      <c r="C68" s="14"/>
+      <c r="D68" s="21"/>
+      <c r="E68" s="14"/>
+      <c r="F68" s="21"/>
+      <c r="G68" s="14"/>
+      <c r="H68" s="21"/>
+      <c r="I68" s="14"/>
+      <c r="J68" s="21"/>
     </row>
     <row r="69" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A69" s="39" t="s">
+      <c r="A69" s="28" t="s">
         <v>117</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="C69" s="24"/>
-[...6 lines deleted...]
-      <c r="J69" s="32"/>
+      <c r="C69" s="14"/>
+      <c r="D69" s="21"/>
+      <c r="E69" s="14"/>
+      <c r="F69" s="21"/>
+      <c r="G69" s="14"/>
+      <c r="H69" s="21"/>
+      <c r="I69" s="14"/>
+      <c r="J69" s="21"/>
     </row>
     <row r="70" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A70" s="39" t="s">
+      <c r="A70" s="28" t="s">
         <v>119</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="C70" s="24"/>
-[...6 lines deleted...]
-      <c r="J70" s="32"/>
+      <c r="C70" s="14"/>
+      <c r="D70" s="21"/>
+      <c r="E70" s="14"/>
+      <c r="F70" s="21"/>
+      <c r="G70" s="14"/>
+      <c r="H70" s="21"/>
+      <c r="I70" s="14"/>
+      <c r="J70" s="21"/>
     </row>
     <row r="71" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A71" s="39" t="s">
+      <c r="A71" s="28" t="s">
         <v>121</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="C71" s="24"/>
-[...6 lines deleted...]
-      <c r="J71" s="32"/>
+      <c r="C71" s="14"/>
+      <c r="D71" s="21"/>
+      <c r="E71" s="14"/>
+      <c r="F71" s="21"/>
+      <c r="G71" s="14"/>
+      <c r="H71" s="21"/>
+      <c r="I71" s="14"/>
+      <c r="J71" s="21"/>
     </row>
     <row r="72" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A72" s="39" t="s">
+      <c r="A72" s="28" t="s">
         <v>123</v>
       </c>
       <c r="B72" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="C72" s="24"/>
-[...6 lines deleted...]
-      <c r="J72" s="32"/>
+      <c r="C72" s="14"/>
+      <c r="D72" s="21"/>
+      <c r="E72" s="14"/>
+      <c r="F72" s="21"/>
+      <c r="G72" s="14"/>
+      <c r="H72" s="21"/>
+      <c r="I72" s="14"/>
+      <c r="J72" s="21"/>
     </row>
     <row r="73" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A73" s="39" t="s">
+      <c r="A73" s="28" t="s">
         <v>125</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="C73" s="24"/>
-[...6 lines deleted...]
-      <c r="J73" s="32"/>
+      <c r="C73" s="14"/>
+      <c r="D73" s="21"/>
+      <c r="E73" s="14"/>
+      <c r="F73" s="21"/>
+      <c r="G73" s="14"/>
+      <c r="H73" s="21"/>
+      <c r="I73" s="14"/>
+      <c r="J73" s="21"/>
     </row>
     <row r="74" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A74" s="39" t="s">
+      <c r="A74" s="28" t="s">
         <v>127</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="C74" s="24"/>
-[...6 lines deleted...]
-      <c r="J74" s="32"/>
+      <c r="C74" s="14"/>
+      <c r="D74" s="21"/>
+      <c r="E74" s="14"/>
+      <c r="F74" s="21"/>
+      <c r="G74" s="14"/>
+      <c r="H74" s="21"/>
+      <c r="I74" s="14"/>
+      <c r="J74" s="21"/>
     </row>
     <row r="75" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A75" s="39" t="s">
+      <c r="A75" s="28" t="s">
         <v>129</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="C75" s="24"/>
-[...6 lines deleted...]
-      <c r="J75" s="32"/>
+      <c r="C75" s="14"/>
+      <c r="D75" s="21"/>
+      <c r="E75" s="14"/>
+      <c r="F75" s="21"/>
+      <c r="G75" s="14"/>
+      <c r="H75" s="21"/>
+      <c r="I75" s="14"/>
+      <c r="J75" s="21"/>
     </row>
     <row r="76" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A76" s="39" t="s">
+      <c r="A76" s="28" t="s">
         <v>131</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>132</v>
       </c>
-      <c r="C76" s="24"/>
-[...6 lines deleted...]
-      <c r="J76" s="32"/>
+      <c r="C76" s="14"/>
+      <c r="D76" s="21"/>
+      <c r="E76" s="14"/>
+      <c r="F76" s="21"/>
+      <c r="G76" s="14"/>
+      <c r="H76" s="21"/>
+      <c r="I76" s="14"/>
+      <c r="J76" s="21"/>
     </row>
     <row r="77" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A77" s="39" t="s">
+      <c r="A77" s="28" t="s">
         <v>133</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>134</v>
       </c>
-      <c r="C77" s="24"/>
-[...6 lines deleted...]
-      <c r="J77" s="32"/>
+      <c r="C77" s="14"/>
+      <c r="D77" s="21"/>
+      <c r="E77" s="14"/>
+      <c r="F77" s="21"/>
+      <c r="G77" s="14"/>
+      <c r="H77" s="21"/>
+      <c r="I77" s="14"/>
+      <c r="J77" s="21"/>
     </row>
     <row r="78" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A78" s="39" t="s">
+      <c r="A78" s="28" t="s">
         <v>135</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="C78" s="24"/>
-[...6 lines deleted...]
-      <c r="J78" s="32"/>
+      <c r="C78" s="14"/>
+      <c r="D78" s="21"/>
+      <c r="E78" s="14"/>
+      <c r="F78" s="21"/>
+      <c r="G78" s="14"/>
+      <c r="H78" s="21"/>
+      <c r="I78" s="14"/>
+      <c r="J78" s="21"/>
     </row>
     <row r="79" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A79" s="39" t="s">
+      <c r="A79" s="28" t="s">
         <v>137</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="C79" s="24"/>
-[...6 lines deleted...]
-      <c r="J79" s="32"/>
+      <c r="C79" s="14"/>
+      <c r="D79" s="21"/>
+      <c r="E79" s="14"/>
+      <c r="F79" s="21"/>
+      <c r="G79" s="14"/>
+      <c r="H79" s="21"/>
+      <c r="I79" s="14"/>
+      <c r="J79" s="21"/>
     </row>
     <row r="80" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A80" s="39" t="s">
+      <c r="A80" s="28" t="s">
         <v>139</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>140</v>
       </c>
-      <c r="C80" s="24"/>
-[...6 lines deleted...]
-      <c r="J80" s="32"/>
+      <c r="C80" s="14"/>
+      <c r="D80" s="21"/>
+      <c r="E80" s="14"/>
+      <c r="F80" s="21"/>
+      <c r="G80" s="14"/>
+      <c r="H80" s="21"/>
+      <c r="I80" s="14"/>
+      <c r="J80" s="21"/>
     </row>
     <row r="81" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A81" s="39" t="s">
+      <c r="A81" s="28" t="s">
         <v>141</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>142</v>
       </c>
-      <c r="C81" s="24"/>
-[...6 lines deleted...]
-      <c r="J81" s="32"/>
+      <c r="C81" s="14"/>
+      <c r="D81" s="21"/>
+      <c r="E81" s="14"/>
+      <c r="F81" s="21"/>
+      <c r="G81" s="14"/>
+      <c r="H81" s="21"/>
+      <c r="I81" s="14"/>
+      <c r="J81" s="21"/>
     </row>
     <row r="82" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A82" s="39" t="s">
+      <c r="A82" s="28" t="s">
         <v>143</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>144</v>
       </c>
-      <c r="C82" s="24"/>
-[...6 lines deleted...]
-      <c r="J82" s="32"/>
+      <c r="C82" s="14"/>
+      <c r="D82" s="21"/>
+      <c r="E82" s="14"/>
+      <c r="F82" s="21"/>
+      <c r="G82" s="14"/>
+      <c r="H82" s="21"/>
+      <c r="I82" s="14"/>
+      <c r="J82" s="21"/>
     </row>
     <row r="83" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A83" s="39" t="s">
+      <c r="A83" s="28" t="s">
         <v>145</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>146</v>
       </c>
-      <c r="C83" s="24"/>
-[...6 lines deleted...]
-      <c r="J83" s="32"/>
+      <c r="C83" s="14"/>
+      <c r="D83" s="21"/>
+      <c r="E83" s="14"/>
+      <c r="F83" s="21"/>
+      <c r="G83" s="14"/>
+      <c r="H83" s="21"/>
+      <c r="I83" s="14"/>
+      <c r="J83" s="21"/>
     </row>
     <row r="84" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A84" s="39" t="s">
+      <c r="A84" s="28" t="s">
         <v>147</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>148</v>
       </c>
-      <c r="C84" s="24"/>
-[...6 lines deleted...]
-      <c r="J84" s="32"/>
+      <c r="C84" s="14"/>
+      <c r="D84" s="21"/>
+      <c r="E84" s="14"/>
+      <c r="F84" s="21"/>
+      <c r="G84" s="14"/>
+      <c r="H84" s="21"/>
+      <c r="I84" s="14"/>
+      <c r="J84" s="21"/>
     </row>
     <row r="85" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A85" s="39" t="s">
+      <c r="A85" s="28" t="s">
         <v>149</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="C85" s="24"/>
-[...6 lines deleted...]
-      <c r="J85" s="32"/>
+      <c r="C85" s="14"/>
+      <c r="D85" s="21"/>
+      <c r="E85" s="14"/>
+      <c r="F85" s="21"/>
+      <c r="G85" s="14"/>
+      <c r="H85" s="21"/>
+      <c r="I85" s="14"/>
+      <c r="J85" s="21"/>
     </row>
     <row r="86" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A86" s="39" t="s">
+      <c r="A86" s="28" t="s">
         <v>151</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>152</v>
       </c>
-      <c r="C86" s="24"/>
-[...6 lines deleted...]
-      <c r="J86" s="32"/>
+      <c r="C86" s="14"/>
+      <c r="D86" s="21"/>
+      <c r="E86" s="14"/>
+      <c r="F86" s="21"/>
+      <c r="G86" s="14"/>
+      <c r="H86" s="21"/>
+      <c r="I86" s="14"/>
+      <c r="J86" s="21"/>
     </row>
     <row r="87" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A87" s="39" t="s">
+      <c r="A87" s="28" t="s">
         <v>153</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>154</v>
       </c>
-      <c r="C87" s="24"/>
-[...6 lines deleted...]
-      <c r="J87" s="32"/>
+      <c r="C87" s="14"/>
+      <c r="D87" s="21"/>
+      <c r="E87" s="14"/>
+      <c r="F87" s="21"/>
+      <c r="G87" s="14"/>
+      <c r="H87" s="21"/>
+      <c r="I87" s="14"/>
+      <c r="J87" s="21"/>
     </row>
     <row r="88" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A88" s="39" t="s">
+      <c r="A88" s="28" t="s">
         <v>155</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>156</v>
       </c>
-      <c r="C88" s="24"/>
-[...6 lines deleted...]
-      <c r="J88" s="32"/>
+      <c r="C88" s="14"/>
+      <c r="D88" s="21"/>
+      <c r="E88" s="14"/>
+      <c r="F88" s="21"/>
+      <c r="G88" s="14"/>
+      <c r="H88" s="21"/>
+      <c r="I88" s="14"/>
+      <c r="J88" s="21"/>
     </row>
     <row r="89" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A89" s="39" t="s">
+      <c r="A89" s="28" t="s">
         <v>157</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>158</v>
       </c>
-      <c r="C89" s="24"/>
-[...6 lines deleted...]
-      <c r="J89" s="32"/>
+      <c r="C89" s="14"/>
+      <c r="D89" s="21"/>
+      <c r="E89" s="14"/>
+      <c r="F89" s="21"/>
+      <c r="G89" s="14"/>
+      <c r="H89" s="21"/>
+      <c r="I89" s="14"/>
+      <c r="J89" s="21"/>
     </row>
     <row r="90" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A90" s="39" t="s">
+      <c r="A90" s="28" t="s">
         <v>159</v>
       </c>
       <c r="B90" s="6" t="s">
         <v>160</v>
       </c>
-      <c r="C90" s="24"/>
-[...6 lines deleted...]
-      <c r="J90" s="32"/>
+      <c r="C90" s="14"/>
+      <c r="D90" s="21"/>
+      <c r="E90" s="14"/>
+      <c r="F90" s="21"/>
+      <c r="G90" s="14"/>
+      <c r="H90" s="21"/>
+      <c r="I90" s="14"/>
+      <c r="J90" s="21"/>
     </row>
     <row r="91" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A91" s="39" t="s">
+      <c r="A91" s="28" t="s">
         <v>161</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>162</v>
       </c>
-      <c r="C91" s="24"/>
-[...6 lines deleted...]
-      <c r="J91" s="32"/>
+      <c r="C91" s="14"/>
+      <c r="D91" s="21"/>
+      <c r="E91" s="14"/>
+      <c r="F91" s="21"/>
+      <c r="G91" s="14"/>
+      <c r="H91" s="21"/>
+      <c r="I91" s="14"/>
+      <c r="J91" s="21"/>
     </row>
     <row r="92" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A92" s="39" t="s">
+      <c r="A92" s="28" t="s">
         <v>163</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="C92" s="24"/>
-[...6 lines deleted...]
-      <c r="J92" s="32"/>
+      <c r="C92" s="14"/>
+      <c r="D92" s="21"/>
+      <c r="E92" s="14"/>
+      <c r="F92" s="21"/>
+      <c r="G92" s="14"/>
+      <c r="H92" s="21"/>
+      <c r="I92" s="14"/>
+      <c r="J92" s="21"/>
     </row>
     <row r="93" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A93" s="39" t="s">
+      <c r="A93" s="28" t="s">
         <v>165</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>166</v>
       </c>
-      <c r="C93" s="24"/>
-[...6 lines deleted...]
-      <c r="J93" s="32"/>
+      <c r="C93" s="14"/>
+      <c r="D93" s="21"/>
+      <c r="E93" s="14"/>
+      <c r="F93" s="21"/>
+      <c r="G93" s="14"/>
+      <c r="H93" s="21"/>
+      <c r="I93" s="14"/>
+      <c r="J93" s="21"/>
     </row>
     <row r="94" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A94" s="39" t="s">
+      <c r="A94" s="28" t="s">
         <v>167</v>
       </c>
       <c r="B94" s="6" t="s">
         <v>168</v>
       </c>
-      <c r="C94" s="24"/>
-[...6 lines deleted...]
-      <c r="J94" s="32"/>
+      <c r="C94" s="14"/>
+      <c r="D94" s="21"/>
+      <c r="E94" s="14"/>
+      <c r="F94" s="21"/>
+      <c r="G94" s="14"/>
+      <c r="H94" s="21"/>
+      <c r="I94" s="14"/>
+      <c r="J94" s="21"/>
     </row>
     <row r="95" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A95" s="39" t="s">
+      <c r="A95" s="28" t="s">
         <v>169</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>170</v>
       </c>
-      <c r="C95" s="24"/>
-[...6 lines deleted...]
-      <c r="J95" s="32"/>
+      <c r="C95" s="14"/>
+      <c r="D95" s="21"/>
+      <c r="E95" s="14"/>
+      <c r="F95" s="21"/>
+      <c r="G95" s="14"/>
+      <c r="H95" s="21"/>
+      <c r="I95" s="14"/>
+      <c r="J95" s="21"/>
     </row>
     <row r="96" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A96" s="39" t="s">
+      <c r="A96" s="28" t="s">
         <v>171</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="C96" s="24"/>
-[...6 lines deleted...]
-      <c r="J96" s="32"/>
+      <c r="C96" s="14"/>
+      <c r="D96" s="21"/>
+      <c r="E96" s="14"/>
+      <c r="F96" s="21"/>
+      <c r="G96" s="14"/>
+      <c r="H96" s="21"/>
+      <c r="I96" s="14"/>
+      <c r="J96" s="21"/>
     </row>
     <row r="97" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A97" s="39" t="s">
+      <c r="A97" s="28" t="s">
         <v>173</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>174</v>
       </c>
-      <c r="C97" s="24"/>
-[...6 lines deleted...]
-      <c r="J97" s="32"/>
+      <c r="C97" s="14"/>
+      <c r="D97" s="21"/>
+      <c r="E97" s="14"/>
+      <c r="F97" s="21"/>
+      <c r="G97" s="14"/>
+      <c r="H97" s="21"/>
+      <c r="I97" s="14"/>
+      <c r="J97" s="21"/>
     </row>
     <row r="98" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A98" s="39" t="s">
+      <c r="A98" s="28" t="s">
         <v>175</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>176</v>
       </c>
-      <c r="C98" s="24"/>
-[...6 lines deleted...]
-      <c r="J98" s="32"/>
+      <c r="C98" s="14"/>
+      <c r="D98" s="21"/>
+      <c r="E98" s="14"/>
+      <c r="F98" s="21"/>
+      <c r="G98" s="14"/>
+      <c r="H98" s="21"/>
+      <c r="I98" s="14"/>
+      <c r="J98" s="21"/>
     </row>
     <row r="99" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A99" s="39" t="s">
+      <c r="A99" s="28" t="s">
         <v>177</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>178</v>
       </c>
-      <c r="C99" s="24"/>
-[...6 lines deleted...]
-      <c r="J99" s="32"/>
+      <c r="C99" s="14"/>
+      <c r="D99" s="21"/>
+      <c r="E99" s="14"/>
+      <c r="F99" s="21"/>
+      <c r="G99" s="14"/>
+      <c r="H99" s="21"/>
+      <c r="I99" s="14"/>
+      <c r="J99" s="21"/>
     </row>
     <row r="100" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A100" s="39" t="s">
+      <c r="A100" s="28" t="s">
         <v>179</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>180</v>
       </c>
-      <c r="C100" s="24"/>
-[...6 lines deleted...]
-      <c r="J100" s="32"/>
+      <c r="C100" s="14"/>
+      <c r="D100" s="21"/>
+      <c r="E100" s="14"/>
+      <c r="F100" s="21"/>
+      <c r="G100" s="14"/>
+      <c r="H100" s="21"/>
+      <c r="I100" s="14"/>
+      <c r="J100" s="21"/>
     </row>
     <row r="101" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A101" s="39" t="s">
+      <c r="A101" s="28" t="s">
         <v>181</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>182</v>
       </c>
-      <c r="C101" s="24"/>
-[...6 lines deleted...]
-      <c r="J101" s="32"/>
+      <c r="C101" s="14"/>
+      <c r="D101" s="21"/>
+      <c r="E101" s="14"/>
+      <c r="F101" s="21"/>
+      <c r="G101" s="14"/>
+      <c r="H101" s="21"/>
+      <c r="I101" s="14"/>
+      <c r="J101" s="21"/>
     </row>
     <row r="102" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A102" s="39" t="s">
+      <c r="A102" s="28" t="s">
         <v>183</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>184</v>
       </c>
-      <c r="C102" s="24"/>
-[...6 lines deleted...]
-      <c r="J102" s="32"/>
+      <c r="C102" s="14"/>
+      <c r="D102" s="21"/>
+      <c r="E102" s="14"/>
+      <c r="F102" s="21"/>
+      <c r="G102" s="14"/>
+      <c r="H102" s="21"/>
+      <c r="I102" s="14"/>
+      <c r="J102" s="21"/>
     </row>
     <row r="103" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A103" s="39" t="s">
+      <c r="A103" s="28" t="s">
         <v>185</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>186</v>
       </c>
-      <c r="C103" s="24"/>
-[...6 lines deleted...]
-      <c r="J103" s="32"/>
+      <c r="C103" s="14"/>
+      <c r="D103" s="21"/>
+      <c r="E103" s="14"/>
+      <c r="F103" s="21"/>
+      <c r="G103" s="14"/>
+      <c r="H103" s="21"/>
+      <c r="I103" s="14"/>
+      <c r="J103" s="21"/>
     </row>
     <row r="104" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A104" s="39" t="s">
+      <c r="A104" s="28" t="s">
         <v>187</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="C104" s="24"/>
-[...6 lines deleted...]
-      <c r="J104" s="32"/>
+      <c r="C104" s="14"/>
+      <c r="D104" s="21"/>
+      <c r="E104" s="14"/>
+      <c r="F104" s="21"/>
+      <c r="G104" s="14"/>
+      <c r="H104" s="21"/>
+      <c r="I104" s="14"/>
+      <c r="J104" s="21"/>
     </row>
     <row r="105" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A105" s="39" t="s">
+      <c r="A105" s="28" t="s">
         <v>188</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>189</v>
       </c>
-      <c r="C105" s="24"/>
-[...6 lines deleted...]
-      <c r="J105" s="32"/>
+      <c r="C105" s="14"/>
+      <c r="D105" s="21"/>
+      <c r="E105" s="14"/>
+      <c r="F105" s="21"/>
+      <c r="G105" s="14"/>
+      <c r="H105" s="21"/>
+      <c r="I105" s="14"/>
+      <c r="J105" s="21"/>
     </row>
     <row r="106" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A106" s="44" t="s">
+      <c r="A106" s="33" t="s">
         <v>190</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>191</v>
       </c>
-      <c r="C106" s="24"/>
-[...6 lines deleted...]
-      <c r="J106" s="32"/>
+      <c r="C106" s="14"/>
+      <c r="D106" s="21"/>
+      <c r="E106" s="14"/>
+      <c r="F106" s="21"/>
+      <c r="G106" s="14"/>
+      <c r="H106" s="21"/>
+      <c r="I106" s="14"/>
+      <c r="J106" s="21"/>
     </row>
     <row r="107" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A107" s="45" t="s">
+      <c r="A107" s="34" t="s">
         <v>192</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>193</v>
       </c>
-      <c r="C107" s="24"/>
-[...6 lines deleted...]
-      <c r="J107" s="32"/>
+      <c r="C107" s="14"/>
+      <c r="D107" s="21"/>
+      <c r="E107" s="14"/>
+      <c r="F107" s="21"/>
+      <c r="G107" s="14"/>
+      <c r="H107" s="21"/>
+      <c r="I107" s="14"/>
+      <c r="J107" s="21"/>
     </row>
     <row r="108" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A108" s="45" t="s">
+      <c r="A108" s="34" t="s">
         <v>194</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="C108" s="24"/>
-[...6 lines deleted...]
-      <c r="J108" s="32"/>
+      <c r="C108" s="14"/>
+      <c r="D108" s="21"/>
+      <c r="E108" s="14"/>
+      <c r="F108" s="21"/>
+      <c r="G108" s="14"/>
+      <c r="H108" s="21"/>
+      <c r="I108" s="14"/>
+      <c r="J108" s="21"/>
     </row>
     <row r="109" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A109" s="45" t="s">
+      <c r="A109" s="34" t="s">
         <v>196</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="C109" s="24"/>
-[...6 lines deleted...]
-      <c r="J109" s="32"/>
+      <c r="C109" s="14"/>
+      <c r="D109" s="21"/>
+      <c r="E109" s="14"/>
+      <c r="F109" s="21"/>
+      <c r="G109" s="14"/>
+      <c r="H109" s="21"/>
+      <c r="I109" s="14"/>
+      <c r="J109" s="21"/>
     </row>
     <row r="110" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A110" s="45" t="s">
+      <c r="A110" s="34" t="s">
         <v>198</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>199</v>
       </c>
-      <c r="C110" s="24"/>
-[...6 lines deleted...]
-      <c r="J110" s="32"/>
+      <c r="C110" s="14"/>
+      <c r="D110" s="21"/>
+      <c r="E110" s="14"/>
+      <c r="F110" s="21"/>
+      <c r="G110" s="14"/>
+      <c r="H110" s="21"/>
+      <c r="I110" s="14"/>
+      <c r="J110" s="21"/>
     </row>
     <row r="111" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A111" s="45" t="s">
+      <c r="A111" s="34" t="s">
         <v>200</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="C111" s="24"/>
-[...6 lines deleted...]
-      <c r="J111" s="32"/>
+      <c r="C111" s="14"/>
+      <c r="D111" s="21"/>
+      <c r="E111" s="14"/>
+      <c r="F111" s="21"/>
+      <c r="G111" s="14"/>
+      <c r="H111" s="21"/>
+      <c r="I111" s="14"/>
+      <c r="J111" s="21"/>
     </row>
     <row r="112" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A112" s="45" t="s">
+      <c r="A112" s="34" t="s">
         <v>202</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>203</v>
       </c>
-      <c r="C112" s="24"/>
-[...6 lines deleted...]
-      <c r="J112" s="32"/>
+      <c r="C112" s="14"/>
+      <c r="D112" s="21"/>
+      <c r="E112" s="14"/>
+      <c r="F112" s="21"/>
+      <c r="G112" s="14"/>
+      <c r="H112" s="21"/>
+      <c r="I112" s="14"/>
+      <c r="J112" s="21"/>
     </row>
     <row r="113" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A113" s="45" t="s">
+      <c r="A113" s="34" t="s">
         <v>204</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>205</v>
       </c>
-      <c r="C113" s="24"/>
-[...6 lines deleted...]
-      <c r="J113" s="32"/>
+      <c r="C113" s="14"/>
+      <c r="D113" s="21"/>
+      <c r="E113" s="14"/>
+      <c r="F113" s="21"/>
+      <c r="G113" s="14"/>
+      <c r="H113" s="21"/>
+      <c r="I113" s="14"/>
+      <c r="J113" s="21"/>
     </row>
     <row r="114" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A114" s="45" t="s">
+      <c r="A114" s="34" t="s">
         <v>206</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>207</v>
       </c>
-      <c r="C114" s="24"/>
-[...6 lines deleted...]
-      <c r="J114" s="32"/>
+      <c r="C114" s="14"/>
+      <c r="D114" s="21"/>
+      <c r="E114" s="14"/>
+      <c r="F114" s="21"/>
+      <c r="G114" s="14"/>
+      <c r="H114" s="21"/>
+      <c r="I114" s="14"/>
+      <c r="J114" s="21"/>
     </row>
     <row r="115" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A115" s="45" t="s">
+      <c r="A115" s="34" t="s">
         <v>208</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="C115" s="24"/>
-[...6 lines deleted...]
-      <c r="J115" s="32"/>
+      <c r="C115" s="14"/>
+      <c r="D115" s="21"/>
+      <c r="E115" s="14"/>
+      <c r="F115" s="21"/>
+      <c r="G115" s="14"/>
+      <c r="H115" s="21"/>
+      <c r="I115" s="14"/>
+      <c r="J115" s="21"/>
     </row>
     <row r="116" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A116" s="45" t="s">
+      <c r="A116" s="34" t="s">
         <v>210</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="C116" s="24"/>
-[...6 lines deleted...]
-      <c r="J116" s="32"/>
+      <c r="C116" s="14"/>
+      <c r="D116" s="21"/>
+      <c r="E116" s="14"/>
+      <c r="F116" s="21"/>
+      <c r="G116" s="14"/>
+      <c r="H116" s="21"/>
+      <c r="I116" s="14"/>
+      <c r="J116" s="21"/>
     </row>
     <row r="117" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A117" s="45" t="s">
+      <c r="A117" s="34" t="s">
         <v>212</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>213</v>
       </c>
-      <c r="C117" s="24"/>
-[...6 lines deleted...]
-      <c r="J117" s="32"/>
+      <c r="C117" s="14"/>
+      <c r="D117" s="21"/>
+      <c r="E117" s="14"/>
+      <c r="F117" s="21"/>
+      <c r="G117" s="14"/>
+      <c r="H117" s="21"/>
+      <c r="I117" s="14"/>
+      <c r="J117" s="21"/>
     </row>
     <row r="118" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A118" s="45" t="s">
+      <c r="A118" s="34" t="s">
         <v>214</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>215</v>
       </c>
-      <c r="C118" s="24"/>
-[...6 lines deleted...]
-      <c r="J118" s="32"/>
+      <c r="C118" s="14"/>
+      <c r="D118" s="21"/>
+      <c r="E118" s="14"/>
+      <c r="F118" s="21"/>
+      <c r="G118" s="14"/>
+      <c r="H118" s="21"/>
+      <c r="I118" s="14"/>
+      <c r="J118" s="21"/>
     </row>
     <row r="119" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A119" s="45" t="s">
+      <c r="A119" s="34" t="s">
         <v>216</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="C119" s="24"/>
-[...6 lines deleted...]
-      <c r="J119" s="32"/>
+      <c r="C119" s="14"/>
+      <c r="D119" s="21"/>
+      <c r="E119" s="14"/>
+      <c r="F119" s="21"/>
+      <c r="G119" s="14"/>
+      <c r="H119" s="21"/>
+      <c r="I119" s="14"/>
+      <c r="J119" s="21"/>
     </row>
     <row r="120" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A120" s="45" t="s">
+      <c r="A120" s="34" t="s">
         <v>218</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>219</v>
       </c>
-      <c r="C120" s="24"/>
-[...6 lines deleted...]
-      <c r="J120" s="32"/>
+      <c r="C120" s="14"/>
+      <c r="D120" s="21"/>
+      <c r="E120" s="14"/>
+      <c r="F120" s="21"/>
+      <c r="G120" s="14"/>
+      <c r="H120" s="21"/>
+      <c r="I120" s="14"/>
+      <c r="J120" s="21"/>
     </row>
     <row r="121" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A121" s="45" t="s">
+      <c r="A121" s="34" t="s">
         <v>220</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>221</v>
       </c>
-      <c r="C121" s="24"/>
-[...6 lines deleted...]
-      <c r="J121" s="32"/>
+      <c r="C121" s="14"/>
+      <c r="D121" s="21"/>
+      <c r="E121" s="14"/>
+      <c r="F121" s="21"/>
+      <c r="G121" s="14"/>
+      <c r="H121" s="21"/>
+      <c r="I121" s="14"/>
+      <c r="J121" s="21"/>
     </row>
     <row r="122" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A122" s="45" t="s">
+      <c r="A122" s="34" t="s">
         <v>222</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="C122" s="24"/>
-[...6 lines deleted...]
-      <c r="J122" s="32"/>
+      <c r="C122" s="14"/>
+      <c r="D122" s="21"/>
+      <c r="E122" s="14"/>
+      <c r="F122" s="21"/>
+      <c r="G122" s="14"/>
+      <c r="H122" s="21"/>
+      <c r="I122" s="14"/>
+      <c r="J122" s="21"/>
     </row>
     <row r="123" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A123" s="45" t="s">
+      <c r="A123" s="34" t="s">
         <v>224</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="C123" s="24"/>
-[...6 lines deleted...]
-      <c r="J123" s="32"/>
+      <c r="C123" s="14"/>
+      <c r="D123" s="21"/>
+      <c r="E123" s="14"/>
+      <c r="F123" s="21"/>
+      <c r="G123" s="14"/>
+      <c r="H123" s="21"/>
+      <c r="I123" s="14"/>
+      <c r="J123" s="21"/>
     </row>
     <row r="124" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A124" s="45" t="s">
+      <c r="A124" s="34" t="s">
         <v>226</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>227</v>
       </c>
-      <c r="C124" s="24"/>
-[...6 lines deleted...]
-      <c r="J124" s="32"/>
+      <c r="C124" s="14"/>
+      <c r="D124" s="21"/>
+      <c r="E124" s="14"/>
+      <c r="F124" s="21"/>
+      <c r="G124" s="14"/>
+      <c r="H124" s="21"/>
+      <c r="I124" s="14"/>
+      <c r="J124" s="21"/>
     </row>
     <row r="125" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A125" s="45" t="s">
+      <c r="A125" s="34" t="s">
         <v>228</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>229</v>
       </c>
-      <c r="C125" s="24"/>
-[...6 lines deleted...]
-      <c r="J125" s="32"/>
+      <c r="C125" s="14"/>
+      <c r="D125" s="21"/>
+      <c r="E125" s="14"/>
+      <c r="F125" s="21"/>
+      <c r="G125" s="14"/>
+      <c r="H125" s="21"/>
+      <c r="I125" s="14"/>
+      <c r="J125" s="21"/>
     </row>
     <row r="126" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A126" s="45" t="s">
+      <c r="A126" s="34" t="s">
         <v>230</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>231</v>
       </c>
-      <c r="C126" s="24"/>
-[...6 lines deleted...]
-      <c r="J126" s="32"/>
+      <c r="C126" s="14"/>
+      <c r="D126" s="21"/>
+      <c r="E126" s="14"/>
+      <c r="F126" s="21"/>
+      <c r="G126" s="14"/>
+      <c r="H126" s="21"/>
+      <c r="I126" s="14"/>
+      <c r="J126" s="21"/>
     </row>
     <row r="127" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A127" s="45" t="s">
+      <c r="A127" s="34" t="s">
         <v>232</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>233</v>
       </c>
-      <c r="C127" s="24"/>
-[...6 lines deleted...]
-      <c r="J127" s="32"/>
+      <c r="C127" s="14"/>
+      <c r="D127" s="21"/>
+      <c r="E127" s="14"/>
+      <c r="F127" s="21"/>
+      <c r="G127" s="14"/>
+      <c r="H127" s="21"/>
+      <c r="I127" s="14"/>
+      <c r="J127" s="21"/>
     </row>
     <row r="128" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A128" s="45" t="s">
+      <c r="A128" s="34" t="s">
         <v>234</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>235</v>
       </c>
-      <c r="C128" s="24"/>
-[...6 lines deleted...]
-      <c r="J128" s="32"/>
+      <c r="C128" s="14"/>
+      <c r="D128" s="21"/>
+      <c r="E128" s="14"/>
+      <c r="F128" s="21"/>
+      <c r="G128" s="14"/>
+      <c r="H128" s="21"/>
+      <c r="I128" s="14"/>
+      <c r="J128" s="21"/>
     </row>
     <row r="129" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A129" s="45" t="s">
+      <c r="A129" s="34" t="s">
         <v>236</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>237</v>
       </c>
-      <c r="C129" s="24"/>
-[...6 lines deleted...]
-      <c r="J129" s="32"/>
+      <c r="C129" s="14"/>
+      <c r="D129" s="21"/>
+      <c r="E129" s="14"/>
+      <c r="F129" s="21"/>
+      <c r="G129" s="14"/>
+      <c r="H129" s="21"/>
+      <c r="I129" s="14"/>
+      <c r="J129" s="21"/>
     </row>
     <row r="130" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A130" s="39" t="s">
+      <c r="A130" s="28" t="s">
         <v>238</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>332</v>
-[...8 lines deleted...]
-      <c r="J130" s="32"/>
+        <v>285</v>
+      </c>
+      <c r="C130" s="14"/>
+      <c r="D130" s="21"/>
+      <c r="E130" s="14"/>
+      <c r="F130" s="21"/>
+      <c r="G130" s="14"/>
+      <c r="H130" s="21"/>
+      <c r="I130" s="14"/>
+      <c r="J130" s="21"/>
     </row>
     <row r="131" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A131" s="39" t="s">
+      <c r="A131" s="28" t="s">
         <v>239</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>304</v>
-[...8 lines deleted...]
-      <c r="J131" s="32"/>
+        <v>258</v>
+      </c>
+      <c r="C131" s="14"/>
+      <c r="D131" s="21"/>
+      <c r="E131" s="14"/>
+      <c r="F131" s="21"/>
+      <c r="G131" s="14"/>
+      <c r="H131" s="21"/>
+      <c r="I131" s="14"/>
+      <c r="J131" s="21"/>
     </row>
     <row r="132" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A132" s="39" t="s">
+      <c r="A132" s="28" t="s">
         <v>240</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>305</v>
-[...8 lines deleted...]
-      <c r="J132" s="32"/>
+        <v>259</v>
+      </c>
+      <c r="C132" s="14"/>
+      <c r="D132" s="21"/>
+      <c r="E132" s="14"/>
+      <c r="F132" s="21"/>
+      <c r="G132" s="14"/>
+      <c r="H132" s="21"/>
+      <c r="I132" s="14"/>
+      <c r="J132" s="21"/>
     </row>
     <row r="133" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A133" s="39" t="s">
+      <c r="A133" s="28" t="s">
         <v>241</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>306</v>
-[...8 lines deleted...]
-      <c r="J133" s="32"/>
+        <v>260</v>
+      </c>
+      <c r="C133" s="14"/>
+      <c r="D133" s="21"/>
+      <c r="E133" s="14"/>
+      <c r="F133" s="21"/>
+      <c r="G133" s="14"/>
+      <c r="H133" s="21"/>
+      <c r="I133" s="14"/>
+      <c r="J133" s="21"/>
     </row>
     <row r="134" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A134" s="39" t="s">
+      <c r="A134" s="28" t="s">
         <v>242</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>307</v>
-[...8 lines deleted...]
-      <c r="J134" s="32"/>
+        <v>261</v>
+      </c>
+      <c r="C134" s="14"/>
+      <c r="D134" s="21"/>
+      <c r="E134" s="14"/>
+      <c r="F134" s="21"/>
+      <c r="G134" s="14"/>
+      <c r="H134" s="21"/>
+      <c r="I134" s="14"/>
+      <c r="J134" s="21"/>
     </row>
     <row r="135" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A135" s="39" t="s">
+      <c r="A135" s="28" t="s">
         <v>243</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>308</v>
-[...8 lines deleted...]
-      <c r="J135" s="32"/>
+        <v>262</v>
+      </c>
+      <c r="C135" s="14"/>
+      <c r="D135" s="21"/>
+      <c r="E135" s="14"/>
+      <c r="F135" s="21"/>
+      <c r="G135" s="14"/>
+      <c r="H135" s="21"/>
+      <c r="I135" s="14"/>
+      <c r="J135" s="21"/>
     </row>
     <row r="136" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A136" s="39" t="s">
+      <c r="A136" s="28" t="s">
         <v>244</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>303</v>
-[...8 lines deleted...]
-      <c r="J136" s="32"/>
+        <v>257</v>
+      </c>
+      <c r="C136" s="14"/>
+      <c r="D136" s="21"/>
+      <c r="E136" s="14"/>
+      <c r="F136" s="21"/>
+      <c r="G136" s="14"/>
+      <c r="H136" s="21"/>
+      <c r="I136" s="14"/>
+      <c r="J136" s="21"/>
     </row>
     <row r="137" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A137" s="39" t="s">
+      <c r="A137" s="28" t="s">
         <v>245</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>309</v>
-[...8 lines deleted...]
-      <c r="J137" s="32"/>
+        <v>263</v>
+      </c>
+      <c r="C137" s="14"/>
+      <c r="D137" s="21"/>
+      <c r="E137" s="14"/>
+      <c r="F137" s="21"/>
+      <c r="G137" s="14"/>
+      <c r="H137" s="21"/>
+      <c r="I137" s="14"/>
+      <c r="J137" s="21"/>
     </row>
     <row r="138" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A138" s="39" t="s">
+      <c r="A138" s="28" t="s">
         <v>246</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>310</v>
-[...8 lines deleted...]
-      <c r="J138" s="32"/>
+        <v>264</v>
+      </c>
+      <c r="C138" s="14"/>
+      <c r="D138" s="21"/>
+      <c r="E138" s="14"/>
+      <c r="F138" s="21"/>
+      <c r="G138" s="14"/>
+      <c r="H138" s="21"/>
+      <c r="I138" s="14"/>
+      <c r="J138" s="21"/>
     </row>
     <row r="139" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A139" s="39" t="s">
+      <c r="A139" s="28" t="s">
         <v>247</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>311</v>
-[...8 lines deleted...]
-      <c r="J139" s="32"/>
+        <v>265</v>
+      </c>
+      <c r="C139" s="14"/>
+      <c r="D139" s="21"/>
+      <c r="E139" s="14"/>
+      <c r="F139" s="21"/>
+      <c r="G139" s="14"/>
+      <c r="H139" s="21"/>
+      <c r="I139" s="14"/>
+      <c r="J139" s="21"/>
     </row>
     <row r="140" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A140" s="39" t="s">
-        <v>333</v>
+      <c r="A140" s="28" t="s">
+        <v>286</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>334</v>
-[...8 lines deleted...]
-      <c r="J140" s="32"/>
+        <v>287</v>
+      </c>
+      <c r="C140" s="14"/>
+      <c r="D140" s="21"/>
+      <c r="E140" s="14"/>
+      <c r="F140" s="21"/>
+      <c r="G140" s="14"/>
+      <c r="H140" s="21"/>
+      <c r="I140" s="14"/>
+      <c r="J140" s="21"/>
     </row>
     <row r="141" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A141" s="39" t="s">
-        <v>335</v>
+      <c r="A141" s="28" t="s">
+        <v>288</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>336</v>
-[...8 lines deleted...]
-      <c r="J141" s="32"/>
+        <v>289</v>
+      </c>
+      <c r="C141" s="14"/>
+      <c r="D141" s="21"/>
+      <c r="E141" s="14"/>
+      <c r="F141" s="21"/>
+      <c r="G141" s="14"/>
+      <c r="H141" s="21"/>
+      <c r="I141" s="14"/>
+      <c r="J141" s="21"/>
     </row>
     <row r="142" spans="1:10" ht="24" x14ac:dyDescent="0.2">
-      <c r="A142" s="39" t="s">
-        <v>337</v>
+      <c r="A142" s="28" t="s">
+        <v>290</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>338</v>
-[...8 lines deleted...]
-      <c r="J142" s="32"/>
+        <v>291</v>
+      </c>
+      <c r="C142" s="14"/>
+      <c r="D142" s="21"/>
+      <c r="E142" s="14"/>
+      <c r="F142" s="21"/>
+      <c r="G142" s="14"/>
+      <c r="H142" s="21"/>
+      <c r="I142" s="14"/>
+      <c r="J142" s="21"/>
     </row>
     <row r="143" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A143" s="39" t="s">
-        <v>339</v>
+      <c r="A143" s="28" t="s">
+        <v>292</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>340</v>
-[...8 lines deleted...]
-      <c r="J143" s="32"/>
+        <v>293</v>
+      </c>
+      <c r="C143" s="14"/>
+      <c r="D143" s="21"/>
+      <c r="E143" s="14"/>
+      <c r="F143" s="21"/>
+      <c r="G143" s="14"/>
+      <c r="H143" s="21"/>
+      <c r="I143" s="14"/>
+      <c r="J143" s="21"/>
     </row>
     <row r="144" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A144" s="39" t="s">
-        <v>341</v>
+      <c r="A144" s="28" t="s">
+        <v>294</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>342</v>
-[...8 lines deleted...]
-      <c r="J144" s="32"/>
+        <v>295</v>
+      </c>
+      <c r="C144" s="14"/>
+      <c r="D144" s="21"/>
+      <c r="E144" s="14"/>
+      <c r="F144" s="21"/>
+      <c r="G144" s="14"/>
+      <c r="H144" s="21"/>
+      <c r="I144" s="14"/>
+      <c r="J144" s="21"/>
     </row>
     <row r="145" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A145" s="39" t="s">
-        <v>343</v>
+      <c r="A145" s="28" t="s">
+        <v>296</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>344</v>
-[...8 lines deleted...]
-      <c r="J145" s="32"/>
+        <v>297</v>
+      </c>
+      <c r="C145" s="14"/>
+      <c r="D145" s="21"/>
+      <c r="E145" s="14"/>
+      <c r="F145" s="21"/>
+      <c r="G145" s="14"/>
+      <c r="H145" s="21"/>
+      <c r="I145" s="14"/>
+      <c r="J145" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="15">
-    <mergeCell ref="A4:A5"/>
-[...3 lines deleted...]
-    <mergeCell ref="G4:H4"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="C1:J1"/>
     <mergeCell ref="C2:D2"/>
     <mergeCell ref="E2:F2"/>
     <mergeCell ref="G2:H2"/>
     <mergeCell ref="I2:J2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:F3"/>
     <mergeCell ref="G3:H3"/>
     <mergeCell ref="I3:J3"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="G4:H4"/>
   </mergeCells>
-  <phoneticPr fontId="7"/>
+  <phoneticPr fontId="6"/>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G23:G145 E23:E145 C23:C145 I23:I145" xr:uid="{15BE1553-E3B9-4FC0-B0E4-FB99624C8AED}">
       <formula1>"E,&lt;,&gt;"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A140:A145" xr:uid="{7C1B44B7-BC13-4F5C-B13E-8000A8852374}">
       <formula1>測定項目コード</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="61" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="83" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:J145"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="75" zoomScaleNormal="70" zoomScaleSheetLayoutView="75" workbookViewId="0">
       <pane xSplit="2" ySplit="18" topLeftCell="C19" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="36" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
-        <v>530</v>
-[...10 lines deleted...]
-      <c r="J1" s="54"/>
+        <v>494</v>
+      </c>
+      <c r="C1" s="46" t="s">
+        <v>255</v>
+      </c>
+      <c r="D1" s="47"/>
+      <c r="E1" s="47"/>
+      <c r="F1" s="47"/>
+      <c r="G1" s="47"/>
+      <c r="H1" s="47"/>
+      <c r="I1" s="47"/>
+      <c r="J1" s="47"/>
     </row>
     <row r="2" spans="1:10" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C2" s="61" t="s">
-[...14 lines deleted...]
-      <c r="J2" s="62"/>
+      <c r="C2" s="54" t="s">
+        <v>267</v>
+      </c>
+      <c r="D2" s="55"/>
+      <c r="E2" s="56" t="s">
+        <v>270</v>
+      </c>
+      <c r="F2" s="56"/>
+      <c r="G2" s="55" t="s">
+        <v>274</v>
+      </c>
+      <c r="H2" s="55"/>
+      <c r="I2" s="55" t="s">
+        <v>277</v>
+      </c>
+      <c r="J2" s="55"/>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="B3" s="23" t="s">
-[...11 lines deleted...]
-      <c r="J3" s="60"/>
+      <c r="B3" s="13" t="s">
+        <v>266</v>
+      </c>
+      <c r="C3" s="48"/>
+      <c r="D3" s="49"/>
+      <c r="E3" s="50" t="s">
+        <v>273</v>
+      </c>
+      <c r="F3" s="51"/>
+      <c r="G3" s="52"/>
+      <c r="H3" s="53"/>
+      <c r="I3" s="52"/>
+      <c r="J3" s="53"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A4" s="65" t="s">
+      <c r="A4" s="43" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="66" t="s">
+      <c r="B4" s="44" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="64" t="s">
+      <c r="C4" s="42" t="s">
         <v>2</v>
       </c>
-      <c r="D4" s="64"/>
-      <c r="E4" s="67" t="s">
+      <c r="D4" s="42"/>
+      <c r="E4" s="45" t="s">
         <v>2</v>
       </c>
-      <c r="F4" s="67"/>
-      <c r="G4" s="64" t="s">
+      <c r="F4" s="45"/>
+      <c r="G4" s="42" t="s">
         <v>2</v>
       </c>
-      <c r="H4" s="64"/>
-      <c r="I4" s="64" t="s">
+      <c r="H4" s="42"/>
+      <c r="I4" s="42" t="s">
         <v>2</v>
       </c>
-      <c r="J4" s="64"/>
+      <c r="J4" s="42"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A5" s="65"/>
-[...1 lines deleted...]
-      <c r="C5" s="28" t="s">
+      <c r="A5" s="43"/>
+      <c r="B5" s="44"/>
+      <c r="C5" s="17" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="28" t="s">
+      <c r="D5" s="17" t="s">
         <v>4</v>
       </c>
-      <c r="E5" s="29" t="s">
+      <c r="E5" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="F5" s="29" t="s">
+      <c r="F5" s="18" t="s">
         <v>4</v>
       </c>
-      <c r="G5" s="28" t="s">
+      <c r="G5" s="17" t="s">
         <v>3</v>
       </c>
-      <c r="H5" s="28" t="s">
+      <c r="H5" s="17" t="s">
         <v>4</v>
       </c>
-      <c r="I5" s="28" t="s">
+      <c r="I5" s="17" t="s">
         <v>3</v>
       </c>
-      <c r="J5" s="28" t="s">
+      <c r="J5" s="17" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A6" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="8" t="s">
         <v>6</v>
       </c>
-      <c r="C6" s="25"/>
-      <c r="D6" s="30">
+      <c r="C6" s="15"/>
+      <c r="D6" s="19">
         <v>2025</v>
       </c>
       <c r="E6" s="12"/>
-      <c r="F6" s="31">
+      <c r="F6" s="20">
         <v>2025</v>
       </c>
-      <c r="G6" s="25"/>
-      <c r="H6" s="30">
+      <c r="G6" s="15"/>
+      <c r="H6" s="19">
         <v>2025</v>
       </c>
-      <c r="I6" s="25"/>
-      <c r="J6" s="30">
+      <c r="I6" s="15"/>
+      <c r="J6" s="19">
         <v>2025</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="C7" s="24" t="s">
+      <c r="C7" s="14" t="s">
         <v>248</v>
       </c>
-      <c r="D7" s="32" t="s">
+      <c r="D7" s="21" t="s">
         <v>249</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="F7" s="33" t="s">
+      <c r="F7" s="22" t="s">
         <v>249</v>
       </c>
-      <c r="G7" s="24" t="s">
+      <c r="G7" s="14" t="s">
         <v>248</v>
       </c>
-      <c r="H7" s="32" t="s">
+      <c r="H7" s="21" t="s">
         <v>249</v>
       </c>
-      <c r="I7" s="24" t="s">
+      <c r="I7" s="14" t="s">
         <v>248</v>
       </c>
-      <c r="J7" s="32" t="s">
+      <c r="J7" s="21" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="C8" s="24"/>
-[...1 lines deleted...]
-        <v>314</v>
+      <c r="C8" s="14"/>
+      <c r="D8" s="21" t="s">
+        <v>268</v>
       </c>
       <c r="E8" s="1"/>
-      <c r="F8" s="33" t="s">
-[...8 lines deleted...]
-        <v>324</v>
+      <c r="F8" s="22" t="s">
+        <v>271</v>
+      </c>
+      <c r="G8" s="14"/>
+      <c r="H8" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="I8" s="14"/>
+      <c r="J8" s="21" t="s">
+        <v>278</v>
       </c>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="C9" s="24"/>
-[...1 lines deleted...]
-        <v>302</v>
+      <c r="C9" s="14"/>
+      <c r="D9" s="21" t="s">
+        <v>256</v>
       </c>
       <c r="E9" s="1"/>
-      <c r="F9" s="33" t="s">
-[...8 lines deleted...]
-        <v>325</v>
+      <c r="F9" s="22" t="s">
+        <v>272</v>
+      </c>
+      <c r="G9" s="14"/>
+      <c r="H9" s="21" t="s">
+        <v>272</v>
+      </c>
+      <c r="I9" s="14"/>
+      <c r="J9" s="21" t="s">
+        <v>279</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A10" s="3"/>
       <c r="B10" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="C10" s="24" t="s">
+      <c r="C10" s="14" t="s">
         <v>250</v>
       </c>
-      <c r="D10" s="32" t="s">
+      <c r="D10" s="21" t="s">
         <v>251</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="F10" s="33" t="s">
+      <c r="F10" s="22" t="s">
         <v>251</v>
       </c>
-      <c r="G10" s="24" t="s">
+      <c r="G10" s="14" t="s">
         <v>250</v>
       </c>
-      <c r="H10" s="32" t="s">
+      <c r="H10" s="21" t="s">
         <v>251</v>
       </c>
-      <c r="I10" s="24" t="s">
+      <c r="I10" s="14" t="s">
         <v>250</v>
       </c>
-      <c r="J10" s="32" t="s">
+      <c r="J10" s="21" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A11" s="3"/>
       <c r="B11" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="C11" s="24"/>
-[...6 lines deleted...]
-      <c r="J11" s="32"/>
+      <c r="C11" s="14"/>
+      <c r="D11" s="21"/>
+      <c r="E11" s="14"/>
+      <c r="F11" s="21"/>
+      <c r="G11" s="14"/>
+      <c r="H11" s="21"/>
+      <c r="I11" s="14"/>
+      <c r="J11" s="21"/>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A12" s="3"/>
       <c r="B12" s="9" t="s">
         <v>12</v>
       </c>
-      <c r="C12" s="24"/>
-[...6 lines deleted...]
-      <c r="J12" s="32"/>
+      <c r="C12" s="14"/>
+      <c r="D12" s="21"/>
+      <c r="E12" s="14"/>
+      <c r="F12" s="21"/>
+      <c r="G12" s="14"/>
+      <c r="H12" s="21"/>
+      <c r="I12" s="14"/>
+      <c r="J12" s="21"/>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B13" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="C13" s="25"/>
-      <c r="D13" s="30">
+      <c r="C13" s="15"/>
+      <c r="D13" s="19">
         <v>2025</v>
       </c>
       <c r="E13" s="12"/>
-      <c r="F13" s="31">
+      <c r="F13" s="20">
         <v>2025</v>
       </c>
-      <c r="G13" s="25"/>
-      <c r="H13" s="30">
+      <c r="G13" s="15"/>
+      <c r="H13" s="19">
         <v>2025</v>
       </c>
-      <c r="I13" s="25"/>
-      <c r="J13" s="30">
+      <c r="I13" s="15"/>
+      <c r="J13" s="19">
         <v>2025</v>
       </c>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="C14" s="24"/>
-      <c r="D14" s="32"/>
+      <c r="C14" s="14"/>
+      <c r="D14" s="21"/>
       <c r="E14" s="1"/>
-      <c r="F14" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J14" s="32"/>
+      <c r="F14" s="22" t="s">
+        <v>469</v>
+      </c>
+      <c r="G14" s="14"/>
+      <c r="H14" s="21"/>
+      <c r="I14" s="14"/>
+      <c r="J14" s="21"/>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="C15" s="24"/>
-      <c r="D15" s="32"/>
+      <c r="C15" s="14"/>
+      <c r="D15" s="21"/>
       <c r="E15" s="1"/>
-      <c r="F15" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J15" s="32"/>
+      <c r="F15" s="22" t="s">
+        <v>470</v>
+      </c>
+      <c r="G15" s="14"/>
+      <c r="H15" s="21"/>
+      <c r="I15" s="14"/>
+      <c r="J15" s="21"/>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>16</v>
       </c>
-      <c r="C16" s="24" t="s">
+      <c r="C16" s="14" t="s">
         <v>252</v>
       </c>
-      <c r="D16" s="32" t="s">
-        <v>300</v>
+      <c r="D16" s="21" t="s">
+        <v>254</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="F16" s="33" t="s">
-[...12 lines deleted...]
-        <v>322</v>
+      <c r="F16" s="22" t="s">
+        <v>254</v>
+      </c>
+      <c r="G16" s="14" t="s">
+        <v>281</v>
+      </c>
+      <c r="H16" s="21" t="s">
+        <v>276</v>
+      </c>
+      <c r="I16" s="14" t="s">
+        <v>281</v>
+      </c>
+      <c r="J16" s="21" t="s">
+        <v>276</v>
       </c>
     </row>
     <row r="17" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="C17" s="24"/>
-      <c r="D17" s="32"/>
+      <c r="C17" s="14"/>
+      <c r="D17" s="21"/>
       <c r="E17" s="1"/>
-      <c r="F17" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J17" s="32"/>
+      <c r="F17" s="22" t="s">
+        <v>471</v>
+      </c>
+      <c r="G17" s="14"/>
+      <c r="H17" s="21"/>
+      <c r="I17" s="14"/>
+      <c r="J17" s="21"/>
     </row>
     <row r="18" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A18" s="10" t="s">
         <v>5</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="C18" s="34"/>
-[...8 lines deleted...]
-      <c r="J18" s="35"/>
+      <c r="C18" s="23"/>
+      <c r="D18" s="24"/>
+      <c r="E18" s="25"/>
+      <c r="F18" s="26" t="s">
+        <v>472</v>
+      </c>
+      <c r="G18" s="23"/>
+      <c r="H18" s="24"/>
+      <c r="I18" s="23"/>
+      <c r="J18" s="24"/>
     </row>
     <row r="19" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A19" s="38" t="s">
+      <c r="A19" s="27" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="C19" s="25" t="s">
+      <c r="C19" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="D19" s="32"/>
+      <c r="D19" s="21"/>
       <c r="E19" s="12"/>
-      <c r="F19" s="33" t="s">
-[...2 lines deleted...]
-      <c r="G19" s="25" t="s">
+      <c r="F19" s="22" t="s">
+        <v>473</v>
+      </c>
+      <c r="G19" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="H19" s="32"/>
-      <c r="I19" s="25" t="s">
+      <c r="H19" s="21"/>
+      <c r="I19" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="J19" s="32"/>
+      <c r="J19" s="21"/>
     </row>
     <row r="20" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A20" s="39" t="s">
+      <c r="A20" s="28" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C20" s="24" t="s">
+      <c r="C20" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="D20" s="32"/>
-[...2 lines deleted...]
-      <c r="G20" s="24" t="s">
+      <c r="D20" s="21"/>
+      <c r="E20" s="14"/>
+      <c r="F20" s="21"/>
+      <c r="G20" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="H20" s="32"/>
-      <c r="I20" s="24" t="s">
+      <c r="H20" s="21"/>
+      <c r="I20" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="J20" s="32"/>
+      <c r="J20" s="21"/>
     </row>
     <row r="21" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A21" s="39" t="s">
+      <c r="A21" s="28" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="C21" s="24" t="s">
+      <c r="C21" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="D21" s="32"/>
-[...2 lines deleted...]
-      <c r="G21" s="24" t="s">
+      <c r="D21" s="21"/>
+      <c r="E21" s="14"/>
+      <c r="F21" s="21"/>
+      <c r="G21" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="H21" s="32"/>
-      <c r="I21" s="24" t="s">
+      <c r="H21" s="21"/>
+      <c r="I21" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="J21" s="32"/>
+      <c r="J21" s="21"/>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A22" s="39" t="s">
+      <c r="A22" s="28" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="C22" s="24" t="s">
+      <c r="C22" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="D22" s="32"/>
-[...2 lines deleted...]
-      <c r="G22" s="24" t="s">
+      <c r="D22" s="21"/>
+      <c r="E22" s="14"/>
+      <c r="F22" s="21"/>
+      <c r="G22" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="H22" s="32"/>
-      <c r="I22" s="24" t="s">
+      <c r="H22" s="21"/>
+      <c r="I22" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="J22" s="32"/>
+      <c r="J22" s="21"/>
     </row>
     <row r="23" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A23" s="39" t="s">
+      <c r="A23" s="28" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="C23" s="24"/>
-      <c r="D23" s="32"/>
+      <c r="C23" s="14"/>
+      <c r="D23" s="21"/>
       <c r="E23" s="1"/>
-      <c r="F23" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J23" s="32"/>
+      <c r="F23" s="22" t="s">
+        <v>474</v>
+      </c>
+      <c r="G23" s="14"/>
+      <c r="H23" s="21"/>
+      <c r="I23" s="14"/>
+      <c r="J23" s="21"/>
     </row>
     <row r="24" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A24" s="39" t="s">
+      <c r="A24" s="28" t="s">
         <v>29</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="C24" s="24"/>
-      <c r="D24" s="32"/>
+      <c r="C24" s="14"/>
+      <c r="D24" s="21"/>
       <c r="E24" s="1"/>
-      <c r="F24" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J24" s="32"/>
+      <c r="F24" s="22" t="s">
+        <v>475</v>
+      </c>
+      <c r="G24" s="14"/>
+      <c r="H24" s="21"/>
+      <c r="I24" s="14"/>
+      <c r="J24" s="21"/>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A25" s="39" t="s">
+      <c r="A25" s="28" t="s">
         <v>31</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="C25" s="24"/>
-      <c r="D25" s="32"/>
+      <c r="C25" s="14"/>
+      <c r="D25" s="21"/>
       <c r="E25" s="1"/>
-      <c r="F25" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J25" s="32"/>
+      <c r="F25" s="22" t="s">
+        <v>476</v>
+      </c>
+      <c r="G25" s="14"/>
+      <c r="H25" s="21"/>
+      <c r="I25" s="14"/>
+      <c r="J25" s="21"/>
     </row>
     <row r="26" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A26" s="39" t="s">
+      <c r="A26" s="28" t="s">
         <v>33</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C26" s="24"/>
-[...6 lines deleted...]
-      <c r="J26" s="32"/>
+      <c r="C26" s="14"/>
+      <c r="D26" s="21"/>
+      <c r="E26" s="14"/>
+      <c r="F26" s="21"/>
+      <c r="G26" s="14"/>
+      <c r="H26" s="21"/>
+      <c r="I26" s="14"/>
+      <c r="J26" s="21"/>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A27" s="39" t="s">
+      <c r="A27" s="28" t="s">
         <v>35</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="C27" s="24"/>
-[...6 lines deleted...]
-      <c r="J27" s="32"/>
+      <c r="C27" s="14"/>
+      <c r="D27" s="21"/>
+      <c r="E27" s="14"/>
+      <c r="F27" s="21"/>
+      <c r="G27" s="14"/>
+      <c r="H27" s="21"/>
+      <c r="I27" s="14"/>
+      <c r="J27" s="21"/>
     </row>
     <row r="28" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A28" s="39" t="s">
+      <c r="A28" s="28" t="s">
         <v>37</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="C28" s="24"/>
-      <c r="D28" s="32"/>
+      <c r="C28" s="14"/>
+      <c r="D28" s="21"/>
       <c r="E28" s="1"/>
-      <c r="F28" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J28" s="32"/>
+      <c r="F28" s="22" t="s">
+        <v>477</v>
+      </c>
+      <c r="G28" s="14"/>
+      <c r="H28" s="21"/>
+      <c r="I28" s="14"/>
+      <c r="J28" s="21"/>
     </row>
     <row r="29" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A29" s="39" t="s">
+      <c r="A29" s="28" t="s">
         <v>39</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="C29" s="24"/>
-      <c r="D29" s="32"/>
+      <c r="C29" s="14"/>
+      <c r="D29" s="21"/>
       <c r="E29" s="1"/>
-      <c r="F29" s="33" t="s">
-[...5 lines deleted...]
-      <c r="J29" s="32"/>
+      <c r="F29" s="22" t="s">
+        <v>478</v>
+      </c>
+      <c r="G29" s="14"/>
+      <c r="H29" s="21"/>
+      <c r="I29" s="14"/>
+      <c r="J29" s="21"/>
     </row>
     <row r="30" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A30" s="39" t="s">
+      <c r="A30" s="28" t="s">
         <v>41</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="C30" s="24"/>
-[...8 lines deleted...]
-      <c r="J30" s="32"/>
+      <c r="C30" s="14"/>
+      <c r="D30" s="21"/>
+      <c r="E30" s="29"/>
+      <c r="F30" s="30" t="s">
+        <v>479</v>
+      </c>
+      <c r="G30" s="14"/>
+      <c r="H30" s="21"/>
+      <c r="I30" s="14"/>
+      <c r="J30" s="21"/>
     </row>
     <row r="31" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A31" s="39" t="s">
+      <c r="A31" s="28" t="s">
         <v>43</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="C31" s="24"/>
-[...8 lines deleted...]
-      <c r="J31" s="32"/>
+      <c r="C31" s="14"/>
+      <c r="D31" s="21"/>
+      <c r="E31" s="29"/>
+      <c r="F31" s="30" t="s">
+        <v>480</v>
+      </c>
+      <c r="G31" s="14"/>
+      <c r="H31" s="21"/>
+      <c r="I31" s="14"/>
+      <c r="J31" s="21"/>
     </row>
     <row r="32" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A32" s="39" t="s">
+      <c r="A32" s="28" t="s">
         <v>45</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="C32" s="24"/>
-[...8 lines deleted...]
-      <c r="J32" s="32"/>
+      <c r="C32" s="14"/>
+      <c r="D32" s="21"/>
+      <c r="E32" s="29"/>
+      <c r="F32" s="30" t="s">
+        <v>481</v>
+      </c>
+      <c r="G32" s="14"/>
+      <c r="H32" s="21"/>
+      <c r="I32" s="14"/>
+      <c r="J32" s="21"/>
     </row>
     <row r="33" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A33" s="39" t="s">
-        <v>346</v>
+      <c r="A33" s="28" t="s">
+        <v>299</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>345</v>
-[...10 lines deleted...]
-      <c r="J33" s="32"/>
+        <v>298</v>
+      </c>
+      <c r="C33" s="14"/>
+      <c r="D33" s="21"/>
+      <c r="E33" s="29"/>
+      <c r="F33" s="30" t="s">
+        <v>482</v>
+      </c>
+      <c r="G33" s="14"/>
+      <c r="H33" s="21"/>
+      <c r="I33" s="14"/>
+      <c r="J33" s="21"/>
     </row>
     <row r="34" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A34" s="39" t="s">
+      <c r="A34" s="28" t="s">
         <v>47</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="C34" s="24"/>
-[...6 lines deleted...]
-      <c r="J34" s="32"/>
+      <c r="C34" s="14"/>
+      <c r="D34" s="21"/>
+      <c r="E34" s="14"/>
+      <c r="F34" s="21"/>
+      <c r="G34" s="14"/>
+      <c r="H34" s="21"/>
+      <c r="I34" s="14"/>
+      <c r="J34" s="21"/>
     </row>
     <row r="35" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A35" s="39" t="s">
+      <c r="A35" s="28" t="s">
         <v>49</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="C35" s="24"/>
-[...6 lines deleted...]
-      <c r="J35" s="32"/>
+      <c r="C35" s="14"/>
+      <c r="D35" s="21"/>
+      <c r="E35" s="14"/>
+      <c r="F35" s="21"/>
+      <c r="G35" s="14"/>
+      <c r="H35" s="21"/>
+      <c r="I35" s="14"/>
+      <c r="J35" s="21"/>
     </row>
     <row r="36" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A36" s="39" t="s">
+      <c r="A36" s="28" t="s">
         <v>51</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="C36" s="24"/>
-[...6 lines deleted...]
-      <c r="J36" s="32"/>
+      <c r="C36" s="14"/>
+      <c r="D36" s="21"/>
+      <c r="E36" s="14"/>
+      <c r="F36" s="21"/>
+      <c r="G36" s="14"/>
+      <c r="H36" s="21"/>
+      <c r="I36" s="14"/>
+      <c r="J36" s="21"/>
     </row>
     <row r="37" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A37" s="39" t="s">
+      <c r="A37" s="28" t="s">
         <v>53</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="C37" s="24"/>
-[...6 lines deleted...]
-      <c r="J37" s="32"/>
+      <c r="C37" s="14"/>
+      <c r="D37" s="21"/>
+      <c r="E37" s="14"/>
+      <c r="F37" s="21"/>
+      <c r="G37" s="14"/>
+      <c r="H37" s="21"/>
+      <c r="I37" s="14"/>
+      <c r="J37" s="21"/>
     </row>
     <row r="38" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A38" s="39" t="s">
+      <c r="A38" s="28" t="s">
         <v>55</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="C38" s="24"/>
-[...6 lines deleted...]
-      <c r="J38" s="32"/>
+      <c r="C38" s="14"/>
+      <c r="D38" s="21"/>
+      <c r="E38" s="14"/>
+      <c r="F38" s="21"/>
+      <c r="G38" s="14"/>
+      <c r="H38" s="21"/>
+      <c r="I38" s="14"/>
+      <c r="J38" s="21"/>
     </row>
     <row r="39" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A39" s="39" t="s">
+      <c r="A39" s="28" t="s">
         <v>57</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="C39" s="24"/>
-[...6 lines deleted...]
-      <c r="J39" s="32"/>
+      <c r="C39" s="14"/>
+      <c r="D39" s="21"/>
+      <c r="E39" s="14"/>
+      <c r="F39" s="21"/>
+      <c r="G39" s="14"/>
+      <c r="H39" s="21"/>
+      <c r="I39" s="14"/>
+      <c r="J39" s="21"/>
     </row>
     <row r="40" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A40" s="39" t="s">
+      <c r="A40" s="28" t="s">
         <v>59</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="C40" s="24"/>
-[...6 lines deleted...]
-      <c r="J40" s="32"/>
+      <c r="C40" s="14"/>
+      <c r="D40" s="21"/>
+      <c r="E40" s="14"/>
+      <c r="F40" s="21"/>
+      <c r="G40" s="14"/>
+      <c r="H40" s="21"/>
+      <c r="I40" s="14"/>
+      <c r="J40" s="21"/>
     </row>
     <row r="41" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A41" s="39" t="s">
+      <c r="A41" s="28" t="s">
         <v>61</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="C41" s="24"/>
-[...6 lines deleted...]
-      <c r="J41" s="32"/>
+      <c r="C41" s="14"/>
+      <c r="D41" s="21"/>
+      <c r="E41" s="14"/>
+      <c r="F41" s="21"/>
+      <c r="G41" s="14"/>
+      <c r="H41" s="21"/>
+      <c r="I41" s="14"/>
+      <c r="J41" s="21"/>
     </row>
     <row r="42" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A42" s="39" t="s">
+      <c r="A42" s="28" t="s">
         <v>63</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="C42" s="24"/>
-[...6 lines deleted...]
-      <c r="J42" s="32"/>
+      <c r="C42" s="14"/>
+      <c r="D42" s="21"/>
+      <c r="E42" s="14"/>
+      <c r="F42" s="21"/>
+      <c r="G42" s="14"/>
+      <c r="H42" s="21"/>
+      <c r="I42" s="14"/>
+      <c r="J42" s="21"/>
     </row>
     <row r="43" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A43" s="39" t="s">
+      <c r="A43" s="28" t="s">
         <v>65</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="C43" s="24"/>
-[...6 lines deleted...]
-      <c r="J43" s="32"/>
+      <c r="C43" s="14"/>
+      <c r="D43" s="21"/>
+      <c r="E43" s="14"/>
+      <c r="F43" s="21"/>
+      <c r="G43" s="14"/>
+      <c r="H43" s="21"/>
+      <c r="I43" s="14"/>
+      <c r="J43" s="21"/>
     </row>
     <row r="44" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A44" s="39" t="s">
+      <c r="A44" s="28" t="s">
         <v>67</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="C44" s="24"/>
-[...6 lines deleted...]
-      <c r="J44" s="32"/>
+      <c r="C44" s="14"/>
+      <c r="D44" s="21"/>
+      <c r="E44" s="14"/>
+      <c r="F44" s="21"/>
+      <c r="G44" s="14"/>
+      <c r="H44" s="21"/>
+      <c r="I44" s="14"/>
+      <c r="J44" s="21"/>
     </row>
     <row r="45" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A45" s="39" t="s">
+      <c r="A45" s="28" t="s">
         <v>69</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="C45" s="24"/>
-[...6 lines deleted...]
-      <c r="J45" s="32"/>
+      <c r="C45" s="14"/>
+      <c r="D45" s="21"/>
+      <c r="E45" s="14"/>
+      <c r="F45" s="21"/>
+      <c r="G45" s="14"/>
+      <c r="H45" s="21"/>
+      <c r="I45" s="14"/>
+      <c r="J45" s="21"/>
     </row>
     <row r="46" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A46" s="39" t="s">
+      <c r="A46" s="28" t="s">
         <v>71</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="C46" s="24"/>
-[...6 lines deleted...]
-      <c r="J46" s="32"/>
+      <c r="C46" s="14"/>
+      <c r="D46" s="21"/>
+      <c r="E46" s="14"/>
+      <c r="F46" s="21"/>
+      <c r="G46" s="14"/>
+      <c r="H46" s="21"/>
+      <c r="I46" s="14"/>
+      <c r="J46" s="21"/>
     </row>
     <row r="47" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A47" s="39" t="s">
+      <c r="A47" s="28" t="s">
         <v>73</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="C47" s="24"/>
-[...6 lines deleted...]
-      <c r="J47" s="32"/>
+      <c r="C47" s="14"/>
+      <c r="D47" s="21"/>
+      <c r="E47" s="14"/>
+      <c r="F47" s="21"/>
+      <c r="G47" s="14"/>
+      <c r="H47" s="21"/>
+      <c r="I47" s="14"/>
+      <c r="J47" s="21"/>
     </row>
     <row r="48" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A48" s="39" t="s">
+      <c r="A48" s="28" t="s">
         <v>75</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="C48" s="24"/>
-[...6 lines deleted...]
-      <c r="J48" s="32"/>
+      <c r="C48" s="14"/>
+      <c r="D48" s="21"/>
+      <c r="E48" s="14"/>
+      <c r="F48" s="21"/>
+      <c r="G48" s="14"/>
+      <c r="H48" s="21"/>
+      <c r="I48" s="14"/>
+      <c r="J48" s="21"/>
     </row>
     <row r="49" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A49" s="39" t="s">
+      <c r="A49" s="28" t="s">
         <v>77</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="C49" s="24"/>
-[...6 lines deleted...]
-      <c r="J49" s="32"/>
+      <c r="C49" s="14"/>
+      <c r="D49" s="21"/>
+      <c r="E49" s="14"/>
+      <c r="F49" s="21"/>
+      <c r="G49" s="14"/>
+      <c r="H49" s="21"/>
+      <c r="I49" s="14"/>
+      <c r="J49" s="21"/>
     </row>
     <row r="50" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A50" s="39" t="s">
+      <c r="A50" s="28" t="s">
         <v>79</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="C50" s="24"/>
-[...6 lines deleted...]
-      <c r="J50" s="32"/>
+      <c r="C50" s="14"/>
+      <c r="D50" s="21"/>
+      <c r="E50" s="14"/>
+      <c r="F50" s="21"/>
+      <c r="G50" s="14"/>
+      <c r="H50" s="21"/>
+      <c r="I50" s="14"/>
+      <c r="J50" s="21"/>
     </row>
     <row r="51" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A51" s="39" t="s">
+      <c r="A51" s="28" t="s">
         <v>81</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="C51" s="24"/>
-[...6 lines deleted...]
-      <c r="J51" s="32"/>
+      <c r="C51" s="14"/>
+      <c r="D51" s="21"/>
+      <c r="E51" s="14"/>
+      <c r="F51" s="21"/>
+      <c r="G51" s="14"/>
+      <c r="H51" s="21"/>
+      <c r="I51" s="14"/>
+      <c r="J51" s="21"/>
     </row>
     <row r="52" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A52" s="39" t="s">
+      <c r="A52" s="28" t="s">
         <v>83</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="C52" s="24"/>
-[...6 lines deleted...]
-      <c r="J52" s="32"/>
+      <c r="C52" s="14"/>
+      <c r="D52" s="21"/>
+      <c r="E52" s="14"/>
+      <c r="F52" s="21"/>
+      <c r="G52" s="14"/>
+      <c r="H52" s="21"/>
+      <c r="I52" s="14"/>
+      <c r="J52" s="21"/>
     </row>
     <row r="53" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A53" s="39" t="s">
+      <c r="A53" s="28" t="s">
         <v>85</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="C53" s="24"/>
-[...6 lines deleted...]
-      <c r="J53" s="32"/>
+      <c r="C53" s="14"/>
+      <c r="D53" s="21"/>
+      <c r="E53" s="14"/>
+      <c r="F53" s="21"/>
+      <c r="G53" s="14"/>
+      <c r="H53" s="21"/>
+      <c r="I53" s="14"/>
+      <c r="J53" s="21"/>
     </row>
     <row r="54" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A54" s="39" t="s">
+      <c r="A54" s="28" t="s">
         <v>87</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="C54" s="24"/>
-[...6 lines deleted...]
-      <c r="J54" s="32"/>
+      <c r="C54" s="14"/>
+      <c r="D54" s="21"/>
+      <c r="E54" s="14"/>
+      <c r="F54" s="21"/>
+      <c r="G54" s="14"/>
+      <c r="H54" s="21"/>
+      <c r="I54" s="14"/>
+      <c r="J54" s="21"/>
     </row>
     <row r="55" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A55" s="39" t="s">
+      <c r="A55" s="28" t="s">
         <v>89</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="C55" s="24"/>
-[...6 lines deleted...]
-      <c r="J55" s="32"/>
+      <c r="C55" s="14"/>
+      <c r="D55" s="21"/>
+      <c r="E55" s="14"/>
+      <c r="F55" s="21"/>
+      <c r="G55" s="14"/>
+      <c r="H55" s="21"/>
+      <c r="I55" s="14"/>
+      <c r="J55" s="21"/>
     </row>
     <row r="56" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A56" s="39" t="s">
+      <c r="A56" s="28" t="s">
         <v>91</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="C56" s="24"/>
-[...6 lines deleted...]
-      <c r="J56" s="32"/>
+      <c r="C56" s="14"/>
+      <c r="D56" s="21"/>
+      <c r="E56" s="14"/>
+      <c r="F56" s="21"/>
+      <c r="G56" s="14"/>
+      <c r="H56" s="21"/>
+      <c r="I56" s="14"/>
+      <c r="J56" s="21"/>
     </row>
     <row r="57" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A57" s="39" t="s">
+      <c r="A57" s="28" t="s">
         <v>93</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="C57" s="24"/>
-[...6 lines deleted...]
-      <c r="J57" s="32"/>
+      <c r="C57" s="14"/>
+      <c r="D57" s="21"/>
+      <c r="E57" s="14"/>
+      <c r="F57" s="21"/>
+      <c r="G57" s="14"/>
+      <c r="H57" s="21"/>
+      <c r="I57" s="14"/>
+      <c r="J57" s="21"/>
     </row>
     <row r="58" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A58" s="39" t="s">
+      <c r="A58" s="28" t="s">
         <v>95</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="C58" s="24"/>
-[...6 lines deleted...]
-      <c r="J58" s="32"/>
+      <c r="C58" s="14"/>
+      <c r="D58" s="21"/>
+      <c r="E58" s="14"/>
+      <c r="F58" s="21"/>
+      <c r="G58" s="14"/>
+      <c r="H58" s="21"/>
+      <c r="I58" s="14"/>
+      <c r="J58" s="21"/>
     </row>
     <row r="59" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A59" s="39" t="s">
+      <c r="A59" s="28" t="s">
         <v>97</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="C59" s="24"/>
-[...6 lines deleted...]
-      <c r="J59" s="32"/>
+      <c r="C59" s="14"/>
+      <c r="D59" s="21"/>
+      <c r="E59" s="14"/>
+      <c r="F59" s="21"/>
+      <c r="G59" s="14"/>
+      <c r="H59" s="21"/>
+      <c r="I59" s="14"/>
+      <c r="J59" s="21"/>
     </row>
     <row r="60" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A60" s="39" t="s">
+      <c r="A60" s="28" t="s">
         <v>99</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>100</v>
       </c>
-      <c r="C60" s="24"/>
-[...6 lines deleted...]
-      <c r="J60" s="32"/>
+      <c r="C60" s="14"/>
+      <c r="D60" s="21"/>
+      <c r="E60" s="14"/>
+      <c r="F60" s="21"/>
+      <c r="G60" s="14"/>
+      <c r="H60" s="21"/>
+      <c r="I60" s="14"/>
+      <c r="J60" s="21"/>
     </row>
     <row r="61" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A61" s="39" t="s">
+      <c r="A61" s="28" t="s">
         <v>101</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="C61" s="24"/>
-[...6 lines deleted...]
-      <c r="J61" s="32"/>
+      <c r="C61" s="14"/>
+      <c r="D61" s="21"/>
+      <c r="E61" s="14"/>
+      <c r="F61" s="21"/>
+      <c r="G61" s="14"/>
+      <c r="H61" s="21"/>
+      <c r="I61" s="14"/>
+      <c r="J61" s="21"/>
     </row>
     <row r="62" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A62" s="39" t="s">
+      <c r="A62" s="28" t="s">
         <v>103</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="C62" s="24"/>
-[...6 lines deleted...]
-      <c r="J62" s="32"/>
+      <c r="C62" s="14"/>
+      <c r="D62" s="21"/>
+      <c r="E62" s="14"/>
+      <c r="F62" s="21"/>
+      <c r="G62" s="14"/>
+      <c r="H62" s="21"/>
+      <c r="I62" s="14"/>
+      <c r="J62" s="21"/>
     </row>
     <row r="63" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A63" s="39" t="s">
+      <c r="A63" s="28" t="s">
         <v>105</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="C63" s="24"/>
-[...6 lines deleted...]
-      <c r="J63" s="32"/>
+      <c r="C63" s="14"/>
+      <c r="D63" s="21"/>
+      <c r="E63" s="14"/>
+      <c r="F63" s="21"/>
+      <c r="G63" s="14"/>
+      <c r="H63" s="21"/>
+      <c r="I63" s="14"/>
+      <c r="J63" s="21"/>
     </row>
     <row r="64" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A64" s="39" t="s">
+      <c r="A64" s="28" t="s">
         <v>107</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="C64" s="24"/>
-[...6 lines deleted...]
-      <c r="J64" s="32"/>
+      <c r="C64" s="14"/>
+      <c r="D64" s="21"/>
+      <c r="E64" s="14"/>
+      <c r="F64" s="21"/>
+      <c r="G64" s="14"/>
+      <c r="H64" s="21"/>
+      <c r="I64" s="14"/>
+      <c r="J64" s="21"/>
     </row>
     <row r="65" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A65" s="39" t="s">
+      <c r="A65" s="28" t="s">
         <v>109</v>
       </c>
       <c r="B65" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="C65" s="24"/>
-[...6 lines deleted...]
-      <c r="J65" s="32"/>
+      <c r="C65" s="14"/>
+      <c r="D65" s="21"/>
+      <c r="E65" s="14"/>
+      <c r="F65" s="21"/>
+      <c r="G65" s="14"/>
+      <c r="H65" s="21"/>
+      <c r="I65" s="14"/>
+      <c r="J65" s="21"/>
     </row>
     <row r="66" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A66" s="39" t="s">
+      <c r="A66" s="28" t="s">
         <v>111</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="C66" s="24"/>
-[...6 lines deleted...]
-      <c r="J66" s="32"/>
+      <c r="C66" s="14"/>
+      <c r="D66" s="21"/>
+      <c r="E66" s="14"/>
+      <c r="F66" s="21"/>
+      <c r="G66" s="14"/>
+      <c r="H66" s="21"/>
+      <c r="I66" s="14"/>
+      <c r="J66" s="21"/>
     </row>
     <row r="67" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A67" s="39" t="s">
+      <c r="A67" s="28" t="s">
         <v>113</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="C67" s="24"/>
-[...6 lines deleted...]
-      <c r="J67" s="32"/>
+      <c r="C67" s="14"/>
+      <c r="D67" s="21"/>
+      <c r="E67" s="14"/>
+      <c r="F67" s="21"/>
+      <c r="G67" s="14"/>
+      <c r="H67" s="21"/>
+      <c r="I67" s="14"/>
+      <c r="J67" s="21"/>
     </row>
     <row r="68" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A68" s="39" t="s">
+      <c r="A68" s="28" t="s">
         <v>115</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="C68" s="24"/>
-[...6 lines deleted...]
-      <c r="J68" s="32"/>
+      <c r="C68" s="14"/>
+      <c r="D68" s="21"/>
+      <c r="E68" s="14"/>
+      <c r="F68" s="21"/>
+      <c r="G68" s="14"/>
+      <c r="H68" s="21"/>
+      <c r="I68" s="14"/>
+      <c r="J68" s="21"/>
     </row>
     <row r="69" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A69" s="39" t="s">
+      <c r="A69" s="28" t="s">
         <v>117</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="C69" s="24"/>
-[...6 lines deleted...]
-      <c r="J69" s="32"/>
+      <c r="C69" s="14"/>
+      <c r="D69" s="21"/>
+      <c r="E69" s="14"/>
+      <c r="F69" s="21"/>
+      <c r="G69" s="14"/>
+      <c r="H69" s="21"/>
+      <c r="I69" s="14"/>
+      <c r="J69" s="21"/>
     </row>
     <row r="70" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A70" s="39" t="s">
+      <c r="A70" s="28" t="s">
         <v>119</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="C70" s="24"/>
-[...6 lines deleted...]
-      <c r="J70" s="32"/>
+      <c r="C70" s="14"/>
+      <c r="D70" s="21"/>
+      <c r="E70" s="14"/>
+      <c r="F70" s="21"/>
+      <c r="G70" s="14"/>
+      <c r="H70" s="21"/>
+      <c r="I70" s="14"/>
+      <c r="J70" s="21"/>
     </row>
     <row r="71" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A71" s="39" t="s">
+      <c r="A71" s="28" t="s">
         <v>121</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="C71" s="24"/>
-[...6 lines deleted...]
-      <c r="J71" s="32"/>
+      <c r="C71" s="14"/>
+      <c r="D71" s="21"/>
+      <c r="E71" s="14"/>
+      <c r="F71" s="21"/>
+      <c r="G71" s="14"/>
+      <c r="H71" s="21"/>
+      <c r="I71" s="14"/>
+      <c r="J71" s="21"/>
     </row>
     <row r="72" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A72" s="39" t="s">
+      <c r="A72" s="28" t="s">
         <v>123</v>
       </c>
       <c r="B72" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="C72" s="24"/>
-[...6 lines deleted...]
-      <c r="J72" s="32"/>
+      <c r="C72" s="14"/>
+      <c r="D72" s="21"/>
+      <c r="E72" s="14"/>
+      <c r="F72" s="21"/>
+      <c r="G72" s="14"/>
+      <c r="H72" s="21"/>
+      <c r="I72" s="14"/>
+      <c r="J72" s="21"/>
     </row>
     <row r="73" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A73" s="39" t="s">
+      <c r="A73" s="28" t="s">
         <v>125</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="C73" s="24"/>
-[...6 lines deleted...]
-      <c r="J73" s="32"/>
+      <c r="C73" s="14"/>
+      <c r="D73" s="21"/>
+      <c r="E73" s="14"/>
+      <c r="F73" s="21"/>
+      <c r="G73" s="14"/>
+      <c r="H73" s="21"/>
+      <c r="I73" s="14"/>
+      <c r="J73" s="21"/>
     </row>
     <row r="74" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A74" s="39" t="s">
+      <c r="A74" s="28" t="s">
         <v>127</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="C74" s="24"/>
-[...6 lines deleted...]
-      <c r="J74" s="32"/>
+      <c r="C74" s="14"/>
+      <c r="D74" s="21"/>
+      <c r="E74" s="14"/>
+      <c r="F74" s="21"/>
+      <c r="G74" s="14"/>
+      <c r="H74" s="21"/>
+      <c r="I74" s="14"/>
+      <c r="J74" s="21"/>
     </row>
     <row r="75" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A75" s="39" t="s">
+      <c r="A75" s="28" t="s">
         <v>129</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="C75" s="24"/>
-[...6 lines deleted...]
-      <c r="J75" s="32"/>
+      <c r="C75" s="14"/>
+      <c r="D75" s="21"/>
+      <c r="E75" s="14"/>
+      <c r="F75" s="21"/>
+      <c r="G75" s="14"/>
+      <c r="H75" s="21"/>
+      <c r="I75" s="14"/>
+      <c r="J75" s="21"/>
     </row>
     <row r="76" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A76" s="39" t="s">
+      <c r="A76" s="28" t="s">
         <v>131</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>132</v>
       </c>
-      <c r="C76" s="24"/>
-[...6 lines deleted...]
-      <c r="J76" s="32"/>
+      <c r="C76" s="14"/>
+      <c r="D76" s="21"/>
+      <c r="E76" s="14"/>
+      <c r="F76" s="21"/>
+      <c r="G76" s="14"/>
+      <c r="H76" s="21"/>
+      <c r="I76" s="14"/>
+      <c r="J76" s="21"/>
     </row>
     <row r="77" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A77" s="39" t="s">
+      <c r="A77" s="28" t="s">
         <v>133</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>134</v>
       </c>
-      <c r="C77" s="24"/>
-[...6 lines deleted...]
-      <c r="J77" s="32"/>
+      <c r="C77" s="14"/>
+      <c r="D77" s="21"/>
+      <c r="E77" s="14"/>
+      <c r="F77" s="21"/>
+      <c r="G77" s="14"/>
+      <c r="H77" s="21"/>
+      <c r="I77" s="14"/>
+      <c r="J77" s="21"/>
     </row>
     <row r="78" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A78" s="39" t="s">
+      <c r="A78" s="28" t="s">
         <v>135</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="C78" s="24"/>
-[...6 lines deleted...]
-      <c r="J78" s="32"/>
+      <c r="C78" s="14"/>
+      <c r="D78" s="21"/>
+      <c r="E78" s="14"/>
+      <c r="F78" s="21"/>
+      <c r="G78" s="14"/>
+      <c r="H78" s="21"/>
+      <c r="I78" s="14"/>
+      <c r="J78" s="21"/>
     </row>
     <row r="79" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A79" s="39" t="s">
+      <c r="A79" s="28" t="s">
         <v>137</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="C79" s="24"/>
-[...6 lines deleted...]
-      <c r="J79" s="32"/>
+      <c r="C79" s="14"/>
+      <c r="D79" s="21"/>
+      <c r="E79" s="14"/>
+      <c r="F79" s="21"/>
+      <c r="G79" s="14"/>
+      <c r="H79" s="21"/>
+      <c r="I79" s="14"/>
+      <c r="J79" s="21"/>
     </row>
     <row r="80" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A80" s="39" t="s">
+      <c r="A80" s="28" t="s">
         <v>139</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>140</v>
       </c>
-      <c r="C80" s="24"/>
-[...6 lines deleted...]
-      <c r="J80" s="32"/>
+      <c r="C80" s="14"/>
+      <c r="D80" s="21"/>
+      <c r="E80" s="14"/>
+      <c r="F80" s="21"/>
+      <c r="G80" s="14"/>
+      <c r="H80" s="21"/>
+      <c r="I80" s="14"/>
+      <c r="J80" s="21"/>
     </row>
     <row r="81" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A81" s="39" t="s">
+      <c r="A81" s="28" t="s">
         <v>141</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>142</v>
       </c>
-      <c r="C81" s="24"/>
-[...6 lines deleted...]
-      <c r="J81" s="32"/>
+      <c r="C81" s="14"/>
+      <c r="D81" s="21"/>
+      <c r="E81" s="14"/>
+      <c r="F81" s="21"/>
+      <c r="G81" s="14"/>
+      <c r="H81" s="21"/>
+      <c r="I81" s="14"/>
+      <c r="J81" s="21"/>
     </row>
     <row r="82" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A82" s="39" t="s">
+      <c r="A82" s="28" t="s">
         <v>143</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>144</v>
       </c>
-      <c r="C82" s="24"/>
-[...6 lines deleted...]
-      <c r="J82" s="32"/>
+      <c r="C82" s="14"/>
+      <c r="D82" s="21"/>
+      <c r="E82" s="14"/>
+      <c r="F82" s="21"/>
+      <c r="G82" s="14"/>
+      <c r="H82" s="21"/>
+      <c r="I82" s="14"/>
+      <c r="J82" s="21"/>
     </row>
     <row r="83" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A83" s="39" t="s">
+      <c r="A83" s="28" t="s">
         <v>145</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>146</v>
       </c>
-      <c r="C83" s="24"/>
-[...6 lines deleted...]
-      <c r="J83" s="32"/>
+      <c r="C83" s="14"/>
+      <c r="D83" s="21"/>
+      <c r="E83" s="14"/>
+      <c r="F83" s="21"/>
+      <c r="G83" s="14"/>
+      <c r="H83" s="21"/>
+      <c r="I83" s="14"/>
+      <c r="J83" s="21"/>
     </row>
     <row r="84" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A84" s="39" t="s">
+      <c r="A84" s="28" t="s">
         <v>147</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>148</v>
       </c>
-      <c r="C84" s="24"/>
-[...6 lines deleted...]
-      <c r="J84" s="32"/>
+      <c r="C84" s="14"/>
+      <c r="D84" s="21"/>
+      <c r="E84" s="14"/>
+      <c r="F84" s="21"/>
+      <c r="G84" s="14"/>
+      <c r="H84" s="21"/>
+      <c r="I84" s="14"/>
+      <c r="J84" s="21"/>
     </row>
     <row r="85" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A85" s="39" t="s">
+      <c r="A85" s="28" t="s">
         <v>149</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="C85" s="24"/>
-[...6 lines deleted...]
-      <c r="J85" s="32"/>
+      <c r="C85" s="14"/>
+      <c r="D85" s="21"/>
+      <c r="E85" s="14"/>
+      <c r="F85" s="21"/>
+      <c r="G85" s="14"/>
+      <c r="H85" s="21"/>
+      <c r="I85" s="14"/>
+      <c r="J85" s="21"/>
     </row>
     <row r="86" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A86" s="39" t="s">
+      <c r="A86" s="28" t="s">
         <v>151</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>152</v>
       </c>
-      <c r="C86" s="24"/>
-[...6 lines deleted...]
-      <c r="J86" s="32"/>
+      <c r="C86" s="14"/>
+      <c r="D86" s="21"/>
+      <c r="E86" s="14"/>
+      <c r="F86" s="21"/>
+      <c r="G86" s="14"/>
+      <c r="H86" s="21"/>
+      <c r="I86" s="14"/>
+      <c r="J86" s="21"/>
     </row>
     <row r="87" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A87" s="39" t="s">
+      <c r="A87" s="28" t="s">
         <v>153</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>154</v>
       </c>
-      <c r="C87" s="24"/>
-[...6 lines deleted...]
-      <c r="J87" s="32"/>
+      <c r="C87" s="14"/>
+      <c r="D87" s="21"/>
+      <c r="E87" s="14"/>
+      <c r="F87" s="21"/>
+      <c r="G87" s="14"/>
+      <c r="H87" s="21"/>
+      <c r="I87" s="14"/>
+      <c r="J87" s="21"/>
     </row>
     <row r="88" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A88" s="39" t="s">
+      <c r="A88" s="28" t="s">
         <v>155</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>156</v>
       </c>
-      <c r="C88" s="24"/>
-[...6 lines deleted...]
-      <c r="J88" s="32"/>
+      <c r="C88" s="14"/>
+      <c r="D88" s="21"/>
+      <c r="E88" s="14"/>
+      <c r="F88" s="21"/>
+      <c r="G88" s="14"/>
+      <c r="H88" s="21"/>
+      <c r="I88" s="14"/>
+      <c r="J88" s="21"/>
     </row>
     <row r="89" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A89" s="39" t="s">
+      <c r="A89" s="28" t="s">
         <v>157</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>158</v>
       </c>
-      <c r="C89" s="24"/>
-[...6 lines deleted...]
-      <c r="J89" s="32"/>
+      <c r="C89" s="14"/>
+      <c r="D89" s="21"/>
+      <c r="E89" s="14"/>
+      <c r="F89" s="21"/>
+      <c r="G89" s="14"/>
+      <c r="H89" s="21"/>
+      <c r="I89" s="14"/>
+      <c r="J89" s="21"/>
     </row>
     <row r="90" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A90" s="39" t="s">
+      <c r="A90" s="28" t="s">
         <v>159</v>
       </c>
       <c r="B90" s="6" t="s">
         <v>160</v>
       </c>
-      <c r="C90" s="24"/>
-[...6 lines deleted...]
-      <c r="J90" s="32"/>
+      <c r="C90" s="14"/>
+      <c r="D90" s="21"/>
+      <c r="E90" s="14"/>
+      <c r="F90" s="21"/>
+      <c r="G90" s="14"/>
+      <c r="H90" s="21"/>
+      <c r="I90" s="14"/>
+      <c r="J90" s="21"/>
     </row>
     <row r="91" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A91" s="39" t="s">
+      <c r="A91" s="28" t="s">
         <v>161</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>162</v>
       </c>
-      <c r="C91" s="24"/>
-[...6 lines deleted...]
-      <c r="J91" s="32"/>
+      <c r="C91" s="14"/>
+      <c r="D91" s="21"/>
+      <c r="E91" s="14"/>
+      <c r="F91" s="21"/>
+      <c r="G91" s="14"/>
+      <c r="H91" s="21"/>
+      <c r="I91" s="14"/>
+      <c r="J91" s="21"/>
     </row>
     <row r="92" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A92" s="39" t="s">
+      <c r="A92" s="28" t="s">
         <v>163</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="C92" s="24"/>
-[...6 lines deleted...]
-      <c r="J92" s="32"/>
+      <c r="C92" s="14"/>
+      <c r="D92" s="21"/>
+      <c r="E92" s="14"/>
+      <c r="F92" s="21"/>
+      <c r="G92" s="14"/>
+      <c r="H92" s="21"/>
+      <c r="I92" s="14"/>
+      <c r="J92" s="21"/>
     </row>
     <row r="93" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A93" s="39" t="s">
+      <c r="A93" s="28" t="s">
         <v>165</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>166</v>
       </c>
-      <c r="C93" s="24"/>
-[...6 lines deleted...]
-      <c r="J93" s="32"/>
+      <c r="C93" s="14"/>
+      <c r="D93" s="21"/>
+      <c r="E93" s="14"/>
+      <c r="F93" s="21"/>
+      <c r="G93" s="14"/>
+      <c r="H93" s="21"/>
+      <c r="I93" s="14"/>
+      <c r="J93" s="21"/>
     </row>
     <row r="94" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A94" s="39" t="s">
+      <c r="A94" s="28" t="s">
         <v>167</v>
       </c>
       <c r="B94" s="6" t="s">
         <v>168</v>
       </c>
-      <c r="C94" s="24"/>
-[...6 lines deleted...]
-      <c r="J94" s="32"/>
+      <c r="C94" s="14"/>
+      <c r="D94" s="21"/>
+      <c r="E94" s="14"/>
+      <c r="F94" s="21"/>
+      <c r="G94" s="14"/>
+      <c r="H94" s="21"/>
+      <c r="I94" s="14"/>
+      <c r="J94" s="21"/>
     </row>
     <row r="95" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A95" s="39" t="s">
+      <c r="A95" s="28" t="s">
         <v>169</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>170</v>
       </c>
-      <c r="C95" s="24"/>
-[...6 lines deleted...]
-      <c r="J95" s="32"/>
+      <c r="C95" s="14"/>
+      <c r="D95" s="21"/>
+      <c r="E95" s="14"/>
+      <c r="F95" s="21"/>
+      <c r="G95" s="14"/>
+      <c r="H95" s="21"/>
+      <c r="I95" s="14"/>
+      <c r="J95" s="21"/>
     </row>
     <row r="96" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A96" s="39" t="s">
+      <c r="A96" s="28" t="s">
         <v>171</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="C96" s="24"/>
-[...6 lines deleted...]
-      <c r="J96" s="32"/>
+      <c r="C96" s="14"/>
+      <c r="D96" s="21"/>
+      <c r="E96" s="14"/>
+      <c r="F96" s="21"/>
+      <c r="G96" s="14"/>
+      <c r="H96" s="21"/>
+      <c r="I96" s="14"/>
+      <c r="J96" s="21"/>
     </row>
     <row r="97" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A97" s="39" t="s">
+      <c r="A97" s="28" t="s">
         <v>173</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>174</v>
       </c>
-      <c r="C97" s="24"/>
-[...6 lines deleted...]
-      <c r="J97" s="32"/>
+      <c r="C97" s="14"/>
+      <c r="D97" s="21"/>
+      <c r="E97" s="14"/>
+      <c r="F97" s="21"/>
+      <c r="G97" s="14"/>
+      <c r="H97" s="21"/>
+      <c r="I97" s="14"/>
+      <c r="J97" s="21"/>
     </row>
     <row r="98" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A98" s="39" t="s">
+      <c r="A98" s="28" t="s">
         <v>175</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>176</v>
       </c>
-      <c r="C98" s="24"/>
-[...6 lines deleted...]
-      <c r="J98" s="32"/>
+      <c r="C98" s="14"/>
+      <c r="D98" s="21"/>
+      <c r="E98" s="14"/>
+      <c r="F98" s="21"/>
+      <c r="G98" s="14"/>
+      <c r="H98" s="21"/>
+      <c r="I98" s="14"/>
+      <c r="J98" s="21"/>
     </row>
     <row r="99" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A99" s="39" t="s">
+      <c r="A99" s="28" t="s">
         <v>177</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>178</v>
       </c>
-      <c r="C99" s="24"/>
-[...6 lines deleted...]
-      <c r="J99" s="32"/>
+      <c r="C99" s="14"/>
+      <c r="D99" s="21"/>
+      <c r="E99" s="14"/>
+      <c r="F99" s="21"/>
+      <c r="G99" s="14"/>
+      <c r="H99" s="21"/>
+      <c r="I99" s="14"/>
+      <c r="J99" s="21"/>
     </row>
     <row r="100" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A100" s="39" t="s">
+      <c r="A100" s="28" t="s">
         <v>179</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>180</v>
       </c>
-      <c r="C100" s="24"/>
-[...6 lines deleted...]
-      <c r="J100" s="32"/>
+      <c r="C100" s="14"/>
+      <c r="D100" s="21"/>
+      <c r="E100" s="14"/>
+      <c r="F100" s="21"/>
+      <c r="G100" s="14"/>
+      <c r="H100" s="21"/>
+      <c r="I100" s="14"/>
+      <c r="J100" s="21"/>
     </row>
     <row r="101" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A101" s="39" t="s">
+      <c r="A101" s="28" t="s">
         <v>181</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>182</v>
       </c>
-      <c r="C101" s="24"/>
-[...6 lines deleted...]
-      <c r="J101" s="32"/>
+      <c r="C101" s="14"/>
+      <c r="D101" s="21"/>
+      <c r="E101" s="14"/>
+      <c r="F101" s="21"/>
+      <c r="G101" s="14"/>
+      <c r="H101" s="21"/>
+      <c r="I101" s="14"/>
+      <c r="J101" s="21"/>
     </row>
     <row r="102" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A102" s="39" t="s">
+      <c r="A102" s="28" t="s">
         <v>183</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>184</v>
       </c>
-      <c r="C102" s="24"/>
-[...6 lines deleted...]
-      <c r="J102" s="32"/>
+      <c r="C102" s="14"/>
+      <c r="D102" s="21"/>
+      <c r="E102" s="14"/>
+      <c r="F102" s="21"/>
+      <c r="G102" s="14"/>
+      <c r="H102" s="21"/>
+      <c r="I102" s="14"/>
+      <c r="J102" s="21"/>
     </row>
     <row r="103" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A103" s="39" t="s">
+      <c r="A103" s="28" t="s">
         <v>185</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>186</v>
       </c>
-      <c r="C103" s="24"/>
-[...6 lines deleted...]
-      <c r="J103" s="32"/>
+      <c r="C103" s="14"/>
+      <c r="D103" s="21"/>
+      <c r="E103" s="14"/>
+      <c r="F103" s="21"/>
+      <c r="G103" s="14"/>
+      <c r="H103" s="21"/>
+      <c r="I103" s="14"/>
+      <c r="J103" s="21"/>
     </row>
     <row r="104" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A104" s="39" t="s">
+      <c r="A104" s="28" t="s">
         <v>187</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="C104" s="24"/>
-[...6 lines deleted...]
-      <c r="J104" s="32"/>
+      <c r="C104" s="14"/>
+      <c r="D104" s="21"/>
+      <c r="E104" s="14"/>
+      <c r="F104" s="21"/>
+      <c r="G104" s="14"/>
+      <c r="H104" s="21"/>
+      <c r="I104" s="14"/>
+      <c r="J104" s="21"/>
     </row>
     <row r="105" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A105" s="39" t="s">
+      <c r="A105" s="28" t="s">
         <v>188</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>189</v>
       </c>
-      <c r="C105" s="24"/>
-[...6 lines deleted...]
-      <c r="J105" s="32"/>
+      <c r="C105" s="14"/>
+      <c r="D105" s="21"/>
+      <c r="E105" s="14"/>
+      <c r="F105" s="21"/>
+      <c r="G105" s="14"/>
+      <c r="H105" s="21"/>
+      <c r="I105" s="14"/>
+      <c r="J105" s="21"/>
     </row>
     <row r="106" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A106" s="44" t="s">
+      <c r="A106" s="33" t="s">
         <v>190</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>191</v>
       </c>
-      <c r="C106" s="24"/>
-[...6 lines deleted...]
-      <c r="J106" s="32"/>
+      <c r="C106" s="14"/>
+      <c r="D106" s="21"/>
+      <c r="E106" s="14"/>
+      <c r="F106" s="21"/>
+      <c r="G106" s="14"/>
+      <c r="H106" s="21"/>
+      <c r="I106" s="14"/>
+      <c r="J106" s="21"/>
     </row>
     <row r="107" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A107" s="45" t="s">
+      <c r="A107" s="34" t="s">
         <v>192</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>193</v>
       </c>
-      <c r="C107" s="24"/>
-[...6 lines deleted...]
-      <c r="J107" s="32"/>
+      <c r="C107" s="14"/>
+      <c r="D107" s="21"/>
+      <c r="E107" s="14"/>
+      <c r="F107" s="21"/>
+      <c r="G107" s="14"/>
+      <c r="H107" s="21"/>
+      <c r="I107" s="14"/>
+      <c r="J107" s="21"/>
     </row>
     <row r="108" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A108" s="45" t="s">
+      <c r="A108" s="34" t="s">
         <v>194</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="C108" s="24"/>
-[...6 lines deleted...]
-      <c r="J108" s="32"/>
+      <c r="C108" s="14"/>
+      <c r="D108" s="21"/>
+      <c r="E108" s="14"/>
+      <c r="F108" s="21"/>
+      <c r="G108" s="14"/>
+      <c r="H108" s="21"/>
+      <c r="I108" s="14"/>
+      <c r="J108" s="21"/>
     </row>
     <row r="109" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A109" s="45" t="s">
+      <c r="A109" s="34" t="s">
         <v>196</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="C109" s="24"/>
-[...6 lines deleted...]
-      <c r="J109" s="32"/>
+      <c r="C109" s="14"/>
+      <c r="D109" s="21"/>
+      <c r="E109" s="14"/>
+      <c r="F109" s="21"/>
+      <c r="G109" s="14"/>
+      <c r="H109" s="21"/>
+      <c r="I109" s="14"/>
+      <c r="J109" s="21"/>
     </row>
     <row r="110" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A110" s="45" t="s">
+      <c r="A110" s="34" t="s">
         <v>198</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>199</v>
       </c>
-      <c r="C110" s="24"/>
-[...6 lines deleted...]
-      <c r="J110" s="32"/>
+      <c r="C110" s="14"/>
+      <c r="D110" s="21"/>
+      <c r="E110" s="14"/>
+      <c r="F110" s="21"/>
+      <c r="G110" s="14"/>
+      <c r="H110" s="21"/>
+      <c r="I110" s="14"/>
+      <c r="J110" s="21"/>
     </row>
     <row r="111" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A111" s="45" t="s">
+      <c r="A111" s="34" t="s">
         <v>200</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="C111" s="24"/>
-[...6 lines deleted...]
-      <c r="J111" s="32"/>
+      <c r="C111" s="14"/>
+      <c r="D111" s="21"/>
+      <c r="E111" s="14"/>
+      <c r="F111" s="21"/>
+      <c r="G111" s="14"/>
+      <c r="H111" s="21"/>
+      <c r="I111" s="14"/>
+      <c r="J111" s="21"/>
     </row>
     <row r="112" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A112" s="45" t="s">
+      <c r="A112" s="34" t="s">
         <v>202</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>203</v>
       </c>
-      <c r="C112" s="24"/>
-[...6 lines deleted...]
-      <c r="J112" s="32"/>
+      <c r="C112" s="14"/>
+      <c r="D112" s="21"/>
+      <c r="E112" s="14"/>
+      <c r="F112" s="21"/>
+      <c r="G112" s="14"/>
+      <c r="H112" s="21"/>
+      <c r="I112" s="14"/>
+      <c r="J112" s="21"/>
     </row>
     <row r="113" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A113" s="45" t="s">
+      <c r="A113" s="34" t="s">
         <v>204</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>205</v>
       </c>
-      <c r="C113" s="24"/>
-[...6 lines deleted...]
-      <c r="J113" s="32"/>
+      <c r="C113" s="14"/>
+      <c r="D113" s="21"/>
+      <c r="E113" s="14"/>
+      <c r="F113" s="21"/>
+      <c r="G113" s="14"/>
+      <c r="H113" s="21"/>
+      <c r="I113" s="14"/>
+      <c r="J113" s="21"/>
     </row>
     <row r="114" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A114" s="45" t="s">
+      <c r="A114" s="34" t="s">
         <v>206</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>207</v>
       </c>
-      <c r="C114" s="24"/>
-[...6 lines deleted...]
-      <c r="J114" s="32"/>
+      <c r="C114" s="14"/>
+      <c r="D114" s="21"/>
+      <c r="E114" s="14"/>
+      <c r="F114" s="21"/>
+      <c r="G114" s="14"/>
+      <c r="H114" s="21"/>
+      <c r="I114" s="14"/>
+      <c r="J114" s="21"/>
     </row>
     <row r="115" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A115" s="45" t="s">
+      <c r="A115" s="34" t="s">
         <v>208</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="C115" s="24"/>
-[...6 lines deleted...]
-      <c r="J115" s="32"/>
+      <c r="C115" s="14"/>
+      <c r="D115" s="21"/>
+      <c r="E115" s="14"/>
+      <c r="F115" s="21"/>
+      <c r="G115" s="14"/>
+      <c r="H115" s="21"/>
+      <c r="I115" s="14"/>
+      <c r="J115" s="21"/>
     </row>
     <row r="116" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A116" s="45" t="s">
+      <c r="A116" s="34" t="s">
         <v>210</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="C116" s="24"/>
-[...6 lines deleted...]
-      <c r="J116" s="32"/>
+      <c r="C116" s="14"/>
+      <c r="D116" s="21"/>
+      <c r="E116" s="14"/>
+      <c r="F116" s="21"/>
+      <c r="G116" s="14"/>
+      <c r="H116" s="21"/>
+      <c r="I116" s="14"/>
+      <c r="J116" s="21"/>
     </row>
     <row r="117" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A117" s="45" t="s">
+      <c r="A117" s="34" t="s">
         <v>212</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>213</v>
       </c>
-      <c r="C117" s="24"/>
-[...6 lines deleted...]
-      <c r="J117" s="32"/>
+      <c r="C117" s="14"/>
+      <c r="D117" s="21"/>
+      <c r="E117" s="14"/>
+      <c r="F117" s="21"/>
+      <c r="G117" s="14"/>
+      <c r="H117" s="21"/>
+      <c r="I117" s="14"/>
+      <c r="J117" s="21"/>
     </row>
     <row r="118" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A118" s="45" t="s">
+      <c r="A118" s="34" t="s">
         <v>214</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>215</v>
       </c>
-      <c r="C118" s="24"/>
-[...6 lines deleted...]
-      <c r="J118" s="32"/>
+      <c r="C118" s="14"/>
+      <c r="D118" s="21"/>
+      <c r="E118" s="14"/>
+      <c r="F118" s="21"/>
+      <c r="G118" s="14"/>
+      <c r="H118" s="21"/>
+      <c r="I118" s="14"/>
+      <c r="J118" s="21"/>
     </row>
     <row r="119" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A119" s="45" t="s">
+      <c r="A119" s="34" t="s">
         <v>216</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="C119" s="24"/>
-[...6 lines deleted...]
-      <c r="J119" s="32"/>
+      <c r="C119" s="14"/>
+      <c r="D119" s="21"/>
+      <c r="E119" s="14"/>
+      <c r="F119" s="21"/>
+      <c r="G119" s="14"/>
+      <c r="H119" s="21"/>
+      <c r="I119" s="14"/>
+      <c r="J119" s="21"/>
     </row>
     <row r="120" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A120" s="45" t="s">
+      <c r="A120" s="34" t="s">
         <v>218</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>219</v>
       </c>
-      <c r="C120" s="24"/>
-[...6 lines deleted...]
-      <c r="J120" s="32"/>
+      <c r="C120" s="14"/>
+      <c r="D120" s="21"/>
+      <c r="E120" s="14"/>
+      <c r="F120" s="21"/>
+      <c r="G120" s="14"/>
+      <c r="H120" s="21"/>
+      <c r="I120" s="14"/>
+      <c r="J120" s="21"/>
     </row>
     <row r="121" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A121" s="45" t="s">
+      <c r="A121" s="34" t="s">
         <v>220</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>221</v>
       </c>
-      <c r="C121" s="24"/>
-[...6 lines deleted...]
-      <c r="J121" s="32"/>
+      <c r="C121" s="14"/>
+      <c r="D121" s="21"/>
+      <c r="E121" s="14"/>
+      <c r="F121" s="21"/>
+      <c r="G121" s="14"/>
+      <c r="H121" s="21"/>
+      <c r="I121" s="14"/>
+      <c r="J121" s="21"/>
     </row>
     <row r="122" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A122" s="45" t="s">
+      <c r="A122" s="34" t="s">
         <v>222</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="C122" s="24"/>
-[...6 lines deleted...]
-      <c r="J122" s="32"/>
+      <c r="C122" s="14"/>
+      <c r="D122" s="21"/>
+      <c r="E122" s="14"/>
+      <c r="F122" s="21"/>
+      <c r="G122" s="14"/>
+      <c r="H122" s="21"/>
+      <c r="I122" s="14"/>
+      <c r="J122" s="21"/>
     </row>
     <row r="123" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A123" s="45" t="s">
+      <c r="A123" s="34" t="s">
         <v>224</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="C123" s="24"/>
-[...6 lines deleted...]
-      <c r="J123" s="32"/>
+      <c r="C123" s="14"/>
+      <c r="D123" s="21"/>
+      <c r="E123" s="14"/>
+      <c r="F123" s="21"/>
+      <c r="G123" s="14"/>
+      <c r="H123" s="21"/>
+      <c r="I123" s="14"/>
+      <c r="J123" s="21"/>
     </row>
     <row r="124" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A124" s="45" t="s">
+      <c r="A124" s="34" t="s">
         <v>226</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>227</v>
       </c>
-      <c r="C124" s="24"/>
-[...6 lines deleted...]
-      <c r="J124" s="32"/>
+      <c r="C124" s="14"/>
+      <c r="D124" s="21"/>
+      <c r="E124" s="14"/>
+      <c r="F124" s="21"/>
+      <c r="G124" s="14"/>
+      <c r="H124" s="21"/>
+      <c r="I124" s="14"/>
+      <c r="J124" s="21"/>
     </row>
     <row r="125" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A125" s="45" t="s">
+      <c r="A125" s="34" t="s">
         <v>228</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>229</v>
       </c>
-      <c r="C125" s="24"/>
-[...6 lines deleted...]
-      <c r="J125" s="32"/>
+      <c r="C125" s="14"/>
+      <c r="D125" s="21"/>
+      <c r="E125" s="14"/>
+      <c r="F125" s="21"/>
+      <c r="G125" s="14"/>
+      <c r="H125" s="21"/>
+      <c r="I125" s="14"/>
+      <c r="J125" s="21"/>
     </row>
     <row r="126" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A126" s="45" t="s">
+      <c r="A126" s="34" t="s">
         <v>230</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>231</v>
       </c>
-      <c r="C126" s="24"/>
-[...6 lines deleted...]
-      <c r="J126" s="32"/>
+      <c r="C126" s="14"/>
+      <c r="D126" s="21"/>
+      <c r="E126" s="14"/>
+      <c r="F126" s="21"/>
+      <c r="G126" s="14"/>
+      <c r="H126" s="21"/>
+      <c r="I126" s="14"/>
+      <c r="J126" s="21"/>
     </row>
     <row r="127" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A127" s="45" t="s">
+      <c r="A127" s="34" t="s">
         <v>232</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>233</v>
       </c>
-      <c r="C127" s="24"/>
-[...6 lines deleted...]
-      <c r="J127" s="32"/>
+      <c r="C127" s="14"/>
+      <c r="D127" s="21"/>
+      <c r="E127" s="14"/>
+      <c r="F127" s="21"/>
+      <c r="G127" s="14"/>
+      <c r="H127" s="21"/>
+      <c r="I127" s="14"/>
+      <c r="J127" s="21"/>
     </row>
     <row r="128" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A128" s="45" t="s">
+      <c r="A128" s="34" t="s">
         <v>234</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>235</v>
       </c>
-      <c r="C128" s="24"/>
-[...6 lines deleted...]
-      <c r="J128" s="32"/>
+      <c r="C128" s="14"/>
+      <c r="D128" s="21"/>
+      <c r="E128" s="14"/>
+      <c r="F128" s="21"/>
+      <c r="G128" s="14"/>
+      <c r="H128" s="21"/>
+      <c r="I128" s="14"/>
+      <c r="J128" s="21"/>
     </row>
     <row r="129" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A129" s="45" t="s">
+      <c r="A129" s="34" t="s">
         <v>236</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>237</v>
       </c>
-      <c r="C129" s="24"/>
-[...6 lines deleted...]
-      <c r="J129" s="32"/>
+      <c r="C129" s="14"/>
+      <c r="D129" s="21"/>
+      <c r="E129" s="14"/>
+      <c r="F129" s="21"/>
+      <c r="G129" s="14"/>
+      <c r="H129" s="21"/>
+      <c r="I129" s="14"/>
+      <c r="J129" s="21"/>
     </row>
     <row r="130" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A130" s="39" t="s">
+      <c r="A130" s="28" t="s">
         <v>238</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>332</v>
-[...8 lines deleted...]
-      <c r="J130" s="32"/>
+        <v>285</v>
+      </c>
+      <c r="C130" s="14"/>
+      <c r="D130" s="21"/>
+      <c r="E130" s="14"/>
+      <c r="F130" s="21"/>
+      <c r="G130" s="14"/>
+      <c r="H130" s="21"/>
+      <c r="I130" s="14"/>
+      <c r="J130" s="21"/>
     </row>
     <row r="131" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A131" s="39" t="s">
+      <c r="A131" s="28" t="s">
         <v>239</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>304</v>
-[...8 lines deleted...]
-      <c r="J131" s="32"/>
+        <v>258</v>
+      </c>
+      <c r="C131" s="14"/>
+      <c r="D131" s="21"/>
+      <c r="E131" s="14"/>
+      <c r="F131" s="21"/>
+      <c r="G131" s="14"/>
+      <c r="H131" s="21"/>
+      <c r="I131" s="14"/>
+      <c r="J131" s="21"/>
     </row>
     <row r="132" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A132" s="39" t="s">
+      <c r="A132" s="28" t="s">
         <v>240</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>305</v>
-[...8 lines deleted...]
-      <c r="J132" s="32"/>
+        <v>259</v>
+      </c>
+      <c r="C132" s="14"/>
+      <c r="D132" s="21"/>
+      <c r="E132" s="14"/>
+      <c r="F132" s="21"/>
+      <c r="G132" s="14"/>
+      <c r="H132" s="21"/>
+      <c r="I132" s="14"/>
+      <c r="J132" s="21"/>
     </row>
     <row r="133" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A133" s="39" t="s">
+      <c r="A133" s="28" t="s">
         <v>241</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>306</v>
-[...8 lines deleted...]
-      <c r="J133" s="32"/>
+        <v>260</v>
+      </c>
+      <c r="C133" s="14"/>
+      <c r="D133" s="21"/>
+      <c r="E133" s="14"/>
+      <c r="F133" s="21"/>
+      <c r="G133" s="14"/>
+      <c r="H133" s="21"/>
+      <c r="I133" s="14"/>
+      <c r="J133" s="21"/>
     </row>
     <row r="134" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A134" s="39" t="s">
+      <c r="A134" s="28" t="s">
         <v>242</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>307</v>
-[...8 lines deleted...]
-      <c r="J134" s="32"/>
+        <v>261</v>
+      </c>
+      <c r="C134" s="14"/>
+      <c r="D134" s="21"/>
+      <c r="E134" s="14"/>
+      <c r="F134" s="21"/>
+      <c r="G134" s="14"/>
+      <c r="H134" s="21"/>
+      <c r="I134" s="14"/>
+      <c r="J134" s="21"/>
     </row>
     <row r="135" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A135" s="39" t="s">
+      <c r="A135" s="28" t="s">
         <v>243</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>308</v>
-[...8 lines deleted...]
-      <c r="J135" s="32"/>
+        <v>262</v>
+      </c>
+      <c r="C135" s="14"/>
+      <c r="D135" s="21"/>
+      <c r="E135" s="14"/>
+      <c r="F135" s="21"/>
+      <c r="G135" s="14"/>
+      <c r="H135" s="21"/>
+      <c r="I135" s="14"/>
+      <c r="J135" s="21"/>
     </row>
     <row r="136" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A136" s="39" t="s">
+      <c r="A136" s="28" t="s">
         <v>244</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>303</v>
-[...8 lines deleted...]
-      <c r="J136" s="32"/>
+        <v>257</v>
+      </c>
+      <c r="C136" s="14"/>
+      <c r="D136" s="21"/>
+      <c r="E136" s="14"/>
+      <c r="F136" s="21"/>
+      <c r="G136" s="14"/>
+      <c r="H136" s="21"/>
+      <c r="I136" s="14"/>
+      <c r="J136" s="21"/>
     </row>
     <row r="137" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A137" s="39" t="s">
+      <c r="A137" s="28" t="s">
         <v>245</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>309</v>
-[...8 lines deleted...]
-      <c r="J137" s="32"/>
+        <v>263</v>
+      </c>
+      <c r="C137" s="14"/>
+      <c r="D137" s="21"/>
+      <c r="E137" s="14"/>
+      <c r="F137" s="21"/>
+      <c r="G137" s="14"/>
+      <c r="H137" s="21"/>
+      <c r="I137" s="14"/>
+      <c r="J137" s="21"/>
     </row>
     <row r="138" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A138" s="39" t="s">
+      <c r="A138" s="28" t="s">
         <v>246</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>310</v>
-[...8 lines deleted...]
-      <c r="J138" s="32"/>
+        <v>264</v>
+      </c>
+      <c r="C138" s="14"/>
+      <c r="D138" s="21"/>
+      <c r="E138" s="14"/>
+      <c r="F138" s="21"/>
+      <c r="G138" s="14"/>
+      <c r="H138" s="21"/>
+      <c r="I138" s="14"/>
+      <c r="J138" s="21"/>
     </row>
     <row r="139" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A139" s="39" t="s">
+      <c r="A139" s="28" t="s">
         <v>247</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>311</v>
-[...8 lines deleted...]
-      <c r="J139" s="32"/>
+        <v>265</v>
+      </c>
+      <c r="C139" s="14"/>
+      <c r="D139" s="21"/>
+      <c r="E139" s="14"/>
+      <c r="F139" s="21"/>
+      <c r="G139" s="14"/>
+      <c r="H139" s="21"/>
+      <c r="I139" s="14"/>
+      <c r="J139" s="21"/>
     </row>
     <row r="140" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A140" s="39" t="s">
-        <v>333</v>
+      <c r="A140" s="28" t="s">
+        <v>286</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>334</v>
-[...8 lines deleted...]
-      <c r="J140" s="32"/>
+        <v>287</v>
+      </c>
+      <c r="C140" s="14"/>
+      <c r="D140" s="21"/>
+      <c r="E140" s="14"/>
+      <c r="F140" s="21"/>
+      <c r="G140" s="14"/>
+      <c r="H140" s="21"/>
+      <c r="I140" s="14"/>
+      <c r="J140" s="21"/>
     </row>
     <row r="141" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A141" s="39" t="s">
-        <v>335</v>
+      <c r="A141" s="28" t="s">
+        <v>288</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>336</v>
-[...8 lines deleted...]
-      <c r="J141" s="32"/>
+        <v>289</v>
+      </c>
+      <c r="C141" s="14"/>
+      <c r="D141" s="21"/>
+      <c r="E141" s="14"/>
+      <c r="F141" s="21"/>
+      <c r="G141" s="14"/>
+      <c r="H141" s="21"/>
+      <c r="I141" s="14"/>
+      <c r="J141" s="21"/>
     </row>
     <row r="142" spans="1:10" ht="24" x14ac:dyDescent="0.2">
-      <c r="A142" s="39" t="s">
-        <v>337</v>
+      <c r="A142" s="28" t="s">
+        <v>290</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>338</v>
-[...8 lines deleted...]
-      <c r="J142" s="32"/>
+        <v>291</v>
+      </c>
+      <c r="C142" s="14"/>
+      <c r="D142" s="21"/>
+      <c r="E142" s="14"/>
+      <c r="F142" s="21"/>
+      <c r="G142" s="14"/>
+      <c r="H142" s="21"/>
+      <c r="I142" s="14"/>
+      <c r="J142" s="21"/>
     </row>
     <row r="143" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A143" s="39" t="s">
-        <v>339</v>
+      <c r="A143" s="28" t="s">
+        <v>292</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>340</v>
-[...8 lines deleted...]
-      <c r="J143" s="32"/>
+        <v>293</v>
+      </c>
+      <c r="C143" s="14"/>
+      <c r="D143" s="21"/>
+      <c r="E143" s="14"/>
+      <c r="F143" s="21"/>
+      <c r="G143" s="14"/>
+      <c r="H143" s="21"/>
+      <c r="I143" s="14"/>
+      <c r="J143" s="21"/>
     </row>
     <row r="144" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A144" s="39" t="s">
-        <v>341</v>
+      <c r="A144" s="28" t="s">
+        <v>294</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>342</v>
-[...8 lines deleted...]
-      <c r="J144" s="32"/>
+        <v>295</v>
+      </c>
+      <c r="C144" s="14"/>
+      <c r="D144" s="21"/>
+      <c r="E144" s="14"/>
+      <c r="F144" s="21"/>
+      <c r="G144" s="14"/>
+      <c r="H144" s="21"/>
+      <c r="I144" s="14"/>
+      <c r="J144" s="21"/>
     </row>
     <row r="145" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A145" s="39" t="s">
-        <v>343</v>
+      <c r="A145" s="28" t="s">
+        <v>296</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>344</v>
-[...8 lines deleted...]
-      <c r="J145" s="32"/>
+        <v>297</v>
+      </c>
+      <c r="C145" s="14"/>
+      <c r="D145" s="21"/>
+      <c r="E145" s="14"/>
+      <c r="F145" s="21"/>
+      <c r="G145" s="14"/>
+      <c r="H145" s="21"/>
+      <c r="I145" s="14"/>
+      <c r="J145" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="15">
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="C1:J1"/>
     <mergeCell ref="C2:D2"/>
     <mergeCell ref="E2:F2"/>
     <mergeCell ref="G2:H2"/>
     <mergeCell ref="I2:J2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:F3"/>
     <mergeCell ref="G3:H3"/>
     <mergeCell ref="I3:J3"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I4:J4"/>
   </mergeCells>
-  <phoneticPr fontId="7"/>
+  <phoneticPr fontId="6"/>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A140:A145" xr:uid="{E303CD1A-387A-43B1-84B9-1D03E1C3A69D}">
       <formula1>測定項目コード</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G23:G145 E23:E145 C23:C145 I23:I145" xr:uid="{00000000-0002-0000-0600-000000000000}">
       <formula1>"E,&lt;,&gt;"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="61" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="83" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{77CC38E6-3A0D-488D-82A2-F6277C88B1D6}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
+  <dimension ref="A1:J145"/>
+  <sheetViews>
+    <sheetView view="pageBreakPreview" zoomScale="75" zoomScaleNormal="70" zoomScaleSheetLayoutView="75" workbookViewId="0">
+      <pane xSplit="2" ySplit="18" topLeftCell="C28" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight"/>
+      <selection pane="bottomLeft"/>
+      <selection pane="bottomRight"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="2" max="2" width="36" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" t="s">
+        <v>494</v>
+      </c>
+      <c r="C1" s="46" t="s">
+        <v>255</v>
+      </c>
+      <c r="D1" s="47"/>
+      <c r="E1" s="47"/>
+      <c r="F1" s="47"/>
+      <c r="G1" s="47"/>
+      <c r="H1" s="47"/>
+      <c r="I1" s="47"/>
+      <c r="J1" s="47"/>
+    </row>
+    <row r="2" spans="1:10" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C2" s="54" t="s">
+        <v>267</v>
+      </c>
+      <c r="D2" s="55"/>
+      <c r="E2" s="56" t="s">
+        <v>270</v>
+      </c>
+      <c r="F2" s="56"/>
+      <c r="G2" s="55" t="s">
+        <v>274</v>
+      </c>
+      <c r="H2" s="55"/>
+      <c r="I2" s="55" t="s">
+        <v>277</v>
+      </c>
+      <c r="J2" s="55"/>
+    </row>
+    <row r="3" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="B3" s="13" t="s">
+        <v>266</v>
+      </c>
+      <c r="C3" s="48"/>
+      <c r="D3" s="49"/>
+      <c r="E3" s="50" t="s">
+        <v>273</v>
+      </c>
+      <c r="F3" s="51"/>
+      <c r="G3" s="52"/>
+      <c r="H3" s="53"/>
+      <c r="I3" s="52"/>
+      <c r="J3" s="53"/>
+    </row>
+    <row r="4" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A4" s="43" t="s">
+        <v>0</v>
+      </c>
+      <c r="B4" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="C4" s="42" t="s">
+        <v>2</v>
+      </c>
+      <c r="D4" s="42"/>
+      <c r="E4" s="45" t="s">
+        <v>2</v>
+      </c>
+      <c r="F4" s="45"/>
+      <c r="G4" s="42" t="s">
+        <v>2</v>
+      </c>
+      <c r="H4" s="42"/>
+      <c r="I4" s="42" t="s">
+        <v>2</v>
+      </c>
+      <c r="J4" s="42"/>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A5" s="43"/>
+      <c r="B5" s="44"/>
+      <c r="C5" s="17" t="s">
+        <v>3</v>
+      </c>
+      <c r="D5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="E5" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="F5" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="G5" s="17" t="s">
+        <v>3</v>
+      </c>
+      <c r="H5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="I5" s="17" t="s">
+        <v>3</v>
+      </c>
+      <c r="J5" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A6" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="B6" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="15"/>
+      <c r="D6" s="19">
+        <v>2025</v>
+      </c>
+      <c r="E6" s="12"/>
+      <c r="F6" s="20">
+        <v>2025</v>
+      </c>
+      <c r="G6" s="15"/>
+      <c r="H6" s="19">
+        <v>2025</v>
+      </c>
+      <c r="I6" s="15"/>
+      <c r="J6" s="19">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A7" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B7" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="C7" s="14" t="s">
+        <v>248</v>
+      </c>
+      <c r="D7" s="21" t="s">
+        <v>249</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="F7" s="22" t="s">
+        <v>249</v>
+      </c>
+      <c r="G7" s="14" t="s">
+        <v>248</v>
+      </c>
+      <c r="H7" s="21" t="s">
+        <v>249</v>
+      </c>
+      <c r="I7" s="14" t="s">
+        <v>248</v>
+      </c>
+      <c r="J7" s="21" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A8" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B8" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="C8" s="14"/>
+      <c r="D8" s="21" t="s">
+        <v>268</v>
+      </c>
+      <c r="E8" s="1"/>
+      <c r="F8" s="22" t="s">
+        <v>271</v>
+      </c>
+      <c r="G8" s="14"/>
+      <c r="H8" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="I8" s="14"/>
+      <c r="J8" s="21" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A9" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B9" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" s="14"/>
+      <c r="D9" s="21" t="s">
+        <v>256</v>
+      </c>
+      <c r="E9" s="1"/>
+      <c r="F9" s="22" t="s">
+        <v>272</v>
+      </c>
+      <c r="G9" s="14"/>
+      <c r="H9" s="21" t="s">
+        <v>272</v>
+      </c>
+      <c r="I9" s="14"/>
+      <c r="J9" s="21" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A10" s="3"/>
+      <c r="B10" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="C10" s="14" t="s">
+        <v>250</v>
+      </c>
+      <c r="D10" s="21" t="s">
+        <v>251</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="F10" s="22" t="s">
+        <v>251</v>
+      </c>
+      <c r="G10" s="14" t="s">
+        <v>250</v>
+      </c>
+      <c r="H10" s="21" t="s">
+        <v>251</v>
+      </c>
+      <c r="I10" s="14" t="s">
+        <v>250</v>
+      </c>
+      <c r="J10" s="21" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A11" s="3"/>
+      <c r="B11" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="C11" s="14"/>
+      <c r="D11" s="21"/>
+      <c r="E11" s="14"/>
+      <c r="F11" s="21"/>
+      <c r="G11" s="14"/>
+      <c r="H11" s="21"/>
+      <c r="I11" s="14"/>
+      <c r="J11" s="21"/>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A12" s="3"/>
+      <c r="B12" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="C12" s="14"/>
+      <c r="D12" s="21"/>
+      <c r="E12" s="14"/>
+      <c r="F12" s="21"/>
+      <c r="G12" s="14"/>
+      <c r="H12" s="21"/>
+      <c r="I12" s="14"/>
+      <c r="J12" s="21"/>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A13" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B13" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" s="15"/>
+      <c r="D13" s="19">
+        <v>2025</v>
+      </c>
+      <c r="E13" s="12"/>
+      <c r="F13" s="20">
+        <v>2025</v>
+      </c>
+      <c r="G13" s="15"/>
+      <c r="H13" s="19">
+        <v>2025</v>
+      </c>
+      <c r="I13" s="15"/>
+      <c r="J13" s="19">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A14" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C14" s="14"/>
+      <c r="D14" s="21"/>
+      <c r="E14" s="1"/>
+      <c r="F14" s="22" t="s">
+        <v>483</v>
+      </c>
+      <c r="G14" s="14"/>
+      <c r="H14" s="21"/>
+      <c r="I14" s="14"/>
+      <c r="J14" s="21"/>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A15" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C15" s="14"/>
+      <c r="D15" s="21"/>
+      <c r="E15" s="1"/>
+      <c r="F15" s="22" t="s">
+        <v>484</v>
+      </c>
+      <c r="G15" s="14"/>
+      <c r="H15" s="21"/>
+      <c r="I15" s="14"/>
+      <c r="J15" s="21"/>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A16" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B16" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="C16" s="14" t="s">
+        <v>252</v>
+      </c>
+      <c r="D16" s="21" t="s">
+        <v>254</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="F16" s="22" t="s">
+        <v>254</v>
+      </c>
+      <c r="G16" s="14" t="s">
+        <v>281</v>
+      </c>
+      <c r="H16" s="21" t="s">
+        <v>276</v>
+      </c>
+      <c r="I16" s="14" t="s">
+        <v>281</v>
+      </c>
+      <c r="J16" s="21" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A17" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B17" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C17" s="14"/>
+      <c r="D17" s="21"/>
+      <c r="E17" s="1"/>
+      <c r="F17" s="22" t="s">
+        <v>272</v>
+      </c>
+      <c r="G17" s="14"/>
+      <c r="H17" s="21"/>
+      <c r="I17" s="14"/>
+      <c r="J17" s="21"/>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A18" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="B18" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="C18" s="23"/>
+      <c r="D18" s="24"/>
+      <c r="E18" s="25"/>
+      <c r="F18" s="26" t="s">
+        <v>303</v>
+      </c>
+      <c r="G18" s="23"/>
+      <c r="H18" s="24"/>
+      <c r="I18" s="23"/>
+      <c r="J18" s="24"/>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A19" s="27" t="s">
+        <v>19</v>
+      </c>
+      <c r="B19" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C19" s="15" t="s">
+        <v>5</v>
+      </c>
+      <c r="D19" s="21"/>
+      <c r="E19" s="12"/>
+      <c r="F19" s="22" t="s">
+        <v>256</v>
+      </c>
+      <c r="G19" s="15" t="s">
+        <v>5</v>
+      </c>
+      <c r="H19" s="21"/>
+      <c r="I19" s="15" t="s">
+        <v>5</v>
+      </c>
+      <c r="J19" s="21"/>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A20" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C20" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="D20" s="21"/>
+      <c r="E20" s="14"/>
+      <c r="F20" s="21"/>
+      <c r="G20" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="H20" s="21"/>
+      <c r="I20" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="J20" s="21"/>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A21" s="28" t="s">
+        <v>23</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C21" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="D21" s="21"/>
+      <c r="E21" s="14"/>
+      <c r="F21" s="21"/>
+      <c r="G21" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="H21" s="21"/>
+      <c r="I21" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="J21" s="21"/>
+    </row>
+    <row r="22" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A22" s="28" t="s">
+        <v>25</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C22" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="D22" s="21"/>
+      <c r="E22" s="14"/>
+      <c r="F22" s="21"/>
+      <c r="G22" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="H22" s="21"/>
+      <c r="I22" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="J22" s="21"/>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A23" s="28" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C23" s="14"/>
+      <c r="D23" s="21"/>
+      <c r="E23" s="1"/>
+      <c r="F23" s="22" t="s">
+        <v>324</v>
+      </c>
+      <c r="G23" s="14"/>
+      <c r="H23" s="21"/>
+      <c r="I23" s="14"/>
+      <c r="J23" s="21"/>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A24" s="28" t="s">
+        <v>29</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C24" s="14"/>
+      <c r="D24" s="21"/>
+      <c r="E24" s="1"/>
+      <c r="F24" s="22" t="s">
+        <v>485</v>
+      </c>
+      <c r="G24" s="14"/>
+      <c r="H24" s="21"/>
+      <c r="I24" s="14"/>
+      <c r="J24" s="21"/>
+    </row>
+    <row r="25" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A25" s="28" t="s">
+        <v>31</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C25" s="14"/>
+      <c r="D25" s="21"/>
+      <c r="E25" s="1"/>
+      <c r="F25" s="22" t="s">
+        <v>486</v>
+      </c>
+      <c r="G25" s="14"/>
+      <c r="H25" s="21"/>
+      <c r="I25" s="14"/>
+      <c r="J25" s="21"/>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A26" s="28" t="s">
+        <v>33</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C26" s="14"/>
+      <c r="D26" s="21"/>
+      <c r="E26" s="14"/>
+      <c r="F26" s="21"/>
+      <c r="G26" s="14"/>
+      <c r="H26" s="21"/>
+      <c r="I26" s="14"/>
+      <c r="J26" s="21"/>
+    </row>
+    <row r="27" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A27" s="28" t="s">
+        <v>35</v>
+      </c>
+      <c r="B27" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C27" s="14"/>
+      <c r="D27" s="21"/>
+      <c r="E27" s="14"/>
+      <c r="F27" s="21"/>
+      <c r="G27" s="14"/>
+      <c r="H27" s="21"/>
+      <c r="I27" s="14"/>
+      <c r="J27" s="21"/>
+    </row>
+    <row r="28" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A28" s="28" t="s">
+        <v>37</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C28" s="14"/>
+      <c r="D28" s="21"/>
+      <c r="E28" s="1"/>
+      <c r="F28" s="22" t="s">
+        <v>340</v>
+      </c>
+      <c r="G28" s="14"/>
+      <c r="H28" s="21"/>
+      <c r="I28" s="14"/>
+      <c r="J28" s="21"/>
+    </row>
+    <row r="29" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A29" s="28" t="s">
+        <v>39</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C29" s="14"/>
+      <c r="D29" s="21"/>
+      <c r="E29" s="1"/>
+      <c r="F29" s="22" t="s">
+        <v>487</v>
+      </c>
+      <c r="G29" s="14"/>
+      <c r="H29" s="21"/>
+      <c r="I29" s="14"/>
+      <c r="J29" s="21"/>
+    </row>
+    <row r="30" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A30" s="28" t="s">
+        <v>41</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C30" s="14"/>
+      <c r="D30" s="21"/>
+      <c r="E30" s="29" t="s">
+        <v>253</v>
+      </c>
+      <c r="F30" s="30" t="s">
+        <v>447</v>
+      </c>
+      <c r="G30" s="14"/>
+      <c r="H30" s="21"/>
+      <c r="I30" s="14"/>
+      <c r="J30" s="21"/>
+    </row>
+    <row r="31" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A31" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C31" s="14"/>
+      <c r="D31" s="21"/>
+      <c r="E31" s="29"/>
+      <c r="F31" s="30" t="s">
+        <v>488</v>
+      </c>
+      <c r="G31" s="14"/>
+      <c r="H31" s="21"/>
+      <c r="I31" s="14"/>
+      <c r="J31" s="21"/>
+    </row>
+    <row r="32" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A32" s="28" t="s">
+        <v>45</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C32" s="14"/>
+      <c r="D32" s="21"/>
+      <c r="E32" s="29"/>
+      <c r="F32" s="30" t="s">
+        <v>312</v>
+      </c>
+      <c r="G32" s="14"/>
+      <c r="H32" s="21"/>
+      <c r="I32" s="14"/>
+      <c r="J32" s="21"/>
+    </row>
+    <row r="33" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A33" s="28" t="s">
+        <v>299</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="C33" s="14"/>
+      <c r="D33" s="21"/>
+      <c r="E33" s="29"/>
+      <c r="F33" s="30" t="s">
+        <v>489</v>
+      </c>
+      <c r="G33" s="14"/>
+      <c r="H33" s="21"/>
+      <c r="I33" s="14"/>
+      <c r="J33" s="21"/>
+    </row>
+    <row r="34" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A34" s="28" t="s">
+        <v>47</v>
+      </c>
+      <c r="B34" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C34" s="14"/>
+      <c r="D34" s="21"/>
+      <c r="E34" s="14"/>
+      <c r="F34" s="21"/>
+      <c r="G34" s="14"/>
+      <c r="H34" s="21"/>
+      <c r="I34" s="14"/>
+      <c r="J34" s="21"/>
+    </row>
+    <row r="35" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A35" s="28" t="s">
+        <v>49</v>
+      </c>
+      <c r="B35" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C35" s="14"/>
+      <c r="D35" s="21"/>
+      <c r="E35" s="14"/>
+      <c r="F35" s="21"/>
+      <c r="G35" s="14"/>
+      <c r="H35" s="21"/>
+      <c r="I35" s="14"/>
+      <c r="J35" s="21"/>
+    </row>
+    <row r="36" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A36" s="28" t="s">
+        <v>51</v>
+      </c>
+      <c r="B36" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C36" s="14"/>
+      <c r="D36" s="21"/>
+      <c r="E36" s="14"/>
+      <c r="F36" s="21"/>
+      <c r="G36" s="14"/>
+      <c r="H36" s="21"/>
+      <c r="I36" s="14"/>
+      <c r="J36" s="21"/>
+    </row>
+    <row r="37" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A37" s="28" t="s">
+        <v>53</v>
+      </c>
+      <c r="B37" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C37" s="14"/>
+      <c r="D37" s="21"/>
+      <c r="E37" s="14"/>
+      <c r="F37" s="21"/>
+      <c r="G37" s="14"/>
+      <c r="H37" s="21"/>
+      <c r="I37" s="14"/>
+      <c r="J37" s="21"/>
+    </row>
+    <row r="38" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A38" s="28" t="s">
+        <v>55</v>
+      </c>
+      <c r="B38" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C38" s="14"/>
+      <c r="D38" s="21"/>
+      <c r="E38" s="14"/>
+      <c r="F38" s="21"/>
+      <c r="G38" s="14"/>
+      <c r="H38" s="21"/>
+      <c r="I38" s="14"/>
+      <c r="J38" s="21"/>
+    </row>
+    <row r="39" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A39" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="B39" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C39" s="14"/>
+      <c r="D39" s="21"/>
+      <c r="E39" s="14"/>
+      <c r="F39" s="21"/>
+      <c r="G39" s="14"/>
+      <c r="H39" s="21"/>
+      <c r="I39" s="14"/>
+      <c r="J39" s="21"/>
+    </row>
+    <row r="40" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A40" s="28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B40" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C40" s="14"/>
+      <c r="D40" s="21"/>
+      <c r="E40" s="14"/>
+      <c r="F40" s="21"/>
+      <c r="G40" s="14"/>
+      <c r="H40" s="21"/>
+      <c r="I40" s="14"/>
+      <c r="J40" s="21"/>
+    </row>
+    <row r="41" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A41" s="28" t="s">
+        <v>61</v>
+      </c>
+      <c r="B41" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C41" s="14"/>
+      <c r="D41" s="21"/>
+      <c r="E41" s="14"/>
+      <c r="F41" s="21"/>
+      <c r="G41" s="14"/>
+      <c r="H41" s="21"/>
+      <c r="I41" s="14"/>
+      <c r="J41" s="21"/>
+    </row>
+    <row r="42" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A42" s="28" t="s">
+        <v>63</v>
+      </c>
+      <c r="B42" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="C42" s="14"/>
+      <c r="D42" s="21"/>
+      <c r="E42" s="14"/>
+      <c r="F42" s="21"/>
+      <c r="G42" s="14"/>
+      <c r="H42" s="21"/>
+      <c r="I42" s="14"/>
+      <c r="J42" s="21"/>
+    </row>
+    <row r="43" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A43" s="28" t="s">
+        <v>65</v>
+      </c>
+      <c r="B43" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="C43" s="14"/>
+      <c r="D43" s="21"/>
+      <c r="E43" s="14"/>
+      <c r="F43" s="21"/>
+      <c r="G43" s="14"/>
+      <c r="H43" s="21"/>
+      <c r="I43" s="14"/>
+      <c r="J43" s="21"/>
+    </row>
+    <row r="44" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A44" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="B44" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="C44" s="14"/>
+      <c r="D44" s="21"/>
+      <c r="E44" s="14"/>
+      <c r="F44" s="21"/>
+      <c r="G44" s="14"/>
+      <c r="H44" s="21"/>
+      <c r="I44" s="14"/>
+      <c r="J44" s="21"/>
+    </row>
+    <row r="45" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A45" s="28" t="s">
+        <v>69</v>
+      </c>
+      <c r="B45" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="C45" s="14"/>
+      <c r="D45" s="21"/>
+      <c r="E45" s="14"/>
+      <c r="F45" s="21"/>
+      <c r="G45" s="14"/>
+      <c r="H45" s="21"/>
+      <c r="I45" s="14"/>
+      <c r="J45" s="21"/>
+    </row>
+    <row r="46" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A46" s="28" t="s">
+        <v>71</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="C46" s="14"/>
+      <c r="D46" s="21"/>
+      <c r="E46" s="14"/>
+      <c r="F46" s="21"/>
+      <c r="G46" s="14"/>
+      <c r="H46" s="21"/>
+      <c r="I46" s="14"/>
+      <c r="J46" s="21"/>
+    </row>
+    <row r="47" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A47" s="28" t="s">
+        <v>73</v>
+      </c>
+      <c r="B47" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="C47" s="14"/>
+      <c r="D47" s="21"/>
+      <c r="E47" s="14"/>
+      <c r="F47" s="21"/>
+      <c r="G47" s="14"/>
+      <c r="H47" s="21"/>
+      <c r="I47" s="14"/>
+      <c r="J47" s="21"/>
+    </row>
+    <row r="48" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A48" s="28" t="s">
+        <v>75</v>
+      </c>
+      <c r="B48" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="C48" s="14"/>
+      <c r="D48" s="21"/>
+      <c r="E48" s="14"/>
+      <c r="F48" s="21"/>
+      <c r="G48" s="14"/>
+      <c r="H48" s="21"/>
+      <c r="I48" s="14"/>
+      <c r="J48" s="21"/>
+    </row>
+    <row r="49" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A49" s="28" t="s">
+        <v>77</v>
+      </c>
+      <c r="B49" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="C49" s="14"/>
+      <c r="D49" s="21"/>
+      <c r="E49" s="14"/>
+      <c r="F49" s="21"/>
+      <c r="G49" s="14"/>
+      <c r="H49" s="21"/>
+      <c r="I49" s="14"/>
+      <c r="J49" s="21"/>
+    </row>
+    <row r="50" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A50" s="28" t="s">
+        <v>79</v>
+      </c>
+      <c r="B50" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="C50" s="14"/>
+      <c r="D50" s="21"/>
+      <c r="E50" s="14"/>
+      <c r="F50" s="21"/>
+      <c r="G50" s="14"/>
+      <c r="H50" s="21"/>
+      <c r="I50" s="14"/>
+      <c r="J50" s="21"/>
+    </row>
+    <row r="51" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A51" s="28" t="s">
+        <v>81</v>
+      </c>
+      <c r="B51" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="C51" s="14"/>
+      <c r="D51" s="21"/>
+      <c r="E51" s="14"/>
+      <c r="F51" s="21"/>
+      <c r="G51" s="14"/>
+      <c r="H51" s="21"/>
+      <c r="I51" s="14"/>
+      <c r="J51" s="21"/>
+    </row>
+    <row r="52" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A52" s="28" t="s">
+        <v>83</v>
+      </c>
+      <c r="B52" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="C52" s="14"/>
+      <c r="D52" s="21"/>
+      <c r="E52" s="14"/>
+      <c r="F52" s="21"/>
+      <c r="G52" s="14"/>
+      <c r="H52" s="21"/>
+      <c r="I52" s="14"/>
+      <c r="J52" s="21"/>
+    </row>
+    <row r="53" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A53" s="28" t="s">
+        <v>85</v>
+      </c>
+      <c r="B53" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="C53" s="14"/>
+      <c r="D53" s="21"/>
+      <c r="E53" s="14"/>
+      <c r="F53" s="21"/>
+      <c r="G53" s="14"/>
+      <c r="H53" s="21"/>
+      <c r="I53" s="14"/>
+      <c r="J53" s="21"/>
+    </row>
+    <row r="54" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A54" s="28" t="s">
+        <v>87</v>
+      </c>
+      <c r="B54" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="C54" s="14"/>
+      <c r="D54" s="21"/>
+      <c r="E54" s="14"/>
+      <c r="F54" s="21"/>
+      <c r="G54" s="14"/>
+      <c r="H54" s="21"/>
+      <c r="I54" s="14"/>
+      <c r="J54" s="21"/>
+    </row>
+    <row r="55" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A55" s="28" t="s">
+        <v>89</v>
+      </c>
+      <c r="B55" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="C55" s="14"/>
+      <c r="D55" s="21"/>
+      <c r="E55" s="14"/>
+      <c r="F55" s="21"/>
+      <c r="G55" s="14"/>
+      <c r="H55" s="21"/>
+      <c r="I55" s="14"/>
+      <c r="J55" s="21"/>
+    </row>
+    <row r="56" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A56" s="28" t="s">
+        <v>91</v>
+      </c>
+      <c r="B56" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="C56" s="14"/>
+      <c r="D56" s="21"/>
+      <c r="E56" s="14"/>
+      <c r="F56" s="21"/>
+      <c r="G56" s="14"/>
+      <c r="H56" s="21"/>
+      <c r="I56" s="14"/>
+      <c r="J56" s="21"/>
+    </row>
+    <row r="57" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A57" s="28" t="s">
+        <v>93</v>
+      </c>
+      <c r="B57" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="C57" s="14"/>
+      <c r="D57" s="21"/>
+      <c r="E57" s="14"/>
+      <c r="F57" s="21"/>
+      <c r="G57" s="14"/>
+      <c r="H57" s="21"/>
+      <c r="I57" s="14"/>
+      <c r="J57" s="21"/>
+    </row>
+    <row r="58" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A58" s="28" t="s">
+        <v>95</v>
+      </c>
+      <c r="B58" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="C58" s="14"/>
+      <c r="D58" s="21"/>
+      <c r="E58" s="14"/>
+      <c r="F58" s="21"/>
+      <c r="G58" s="14"/>
+      <c r="H58" s="21"/>
+      <c r="I58" s="14"/>
+      <c r="J58" s="21"/>
+    </row>
+    <row r="59" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A59" s="28" t="s">
+        <v>97</v>
+      </c>
+      <c r="B59" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="C59" s="14"/>
+      <c r="D59" s="21"/>
+      <c r="E59" s="14"/>
+      <c r="F59" s="21"/>
+      <c r="G59" s="14"/>
+      <c r="H59" s="21"/>
+      <c r="I59" s="14"/>
+      <c r="J59" s="21"/>
+    </row>
+    <row r="60" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A60" s="28" t="s">
+        <v>99</v>
+      </c>
+      <c r="B60" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="C60" s="14"/>
+      <c r="D60" s="21"/>
+      <c r="E60" s="14"/>
+      <c r="F60" s="21"/>
+      <c r="G60" s="14"/>
+      <c r="H60" s="21"/>
+      <c r="I60" s="14"/>
+      <c r="J60" s="21"/>
+    </row>
+    <row r="61" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A61" s="28" t="s">
+        <v>101</v>
+      </c>
+      <c r="B61" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="C61" s="14"/>
+      <c r="D61" s="21"/>
+      <c r="E61" s="14"/>
+      <c r="F61" s="21"/>
+      <c r="G61" s="14"/>
+      <c r="H61" s="21"/>
+      <c r="I61" s="14"/>
+      <c r="J61" s="21"/>
+    </row>
+    <row r="62" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A62" s="28" t="s">
+        <v>103</v>
+      </c>
+      <c r="B62" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="C62" s="14"/>
+      <c r="D62" s="21"/>
+      <c r="E62" s="14"/>
+      <c r="F62" s="21"/>
+      <c r="G62" s="14"/>
+      <c r="H62" s="21"/>
+      <c r="I62" s="14"/>
+      <c r="J62" s="21"/>
+    </row>
+    <row r="63" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A63" s="28" t="s">
+        <v>105</v>
+      </c>
+      <c r="B63" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="C63" s="14"/>
+      <c r="D63" s="21"/>
+      <c r="E63" s="14"/>
+      <c r="F63" s="21"/>
+      <c r="G63" s="14"/>
+      <c r="H63" s="21"/>
+      <c r="I63" s="14"/>
+      <c r="J63" s="21"/>
+    </row>
+    <row r="64" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A64" s="28" t="s">
+        <v>107</v>
+      </c>
+      <c r="B64" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="C64" s="14"/>
+      <c r="D64" s="21"/>
+      <c r="E64" s="14"/>
+      <c r="F64" s="21"/>
+      <c r="G64" s="14"/>
+      <c r="H64" s="21"/>
+      <c r="I64" s="14"/>
+      <c r="J64" s="21"/>
+    </row>
+    <row r="65" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A65" s="28" t="s">
+        <v>109</v>
+      </c>
+      <c r="B65" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="C65" s="14"/>
+      <c r="D65" s="21"/>
+      <c r="E65" s="14"/>
+      <c r="F65" s="21"/>
+      <c r="G65" s="14"/>
+      <c r="H65" s="21"/>
+      <c r="I65" s="14"/>
+      <c r="J65" s="21"/>
+    </row>
+    <row r="66" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A66" s="28" t="s">
+        <v>111</v>
+      </c>
+      <c r="B66" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="C66" s="14"/>
+      <c r="D66" s="21"/>
+      <c r="E66" s="14"/>
+      <c r="F66" s="21"/>
+      <c r="G66" s="14"/>
+      <c r="H66" s="21"/>
+      <c r="I66" s="14"/>
+      <c r="J66" s="21"/>
+    </row>
+    <row r="67" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A67" s="28" t="s">
+        <v>113</v>
+      </c>
+      <c r="B67" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="C67" s="14"/>
+      <c r="D67" s="21"/>
+      <c r="E67" s="14"/>
+      <c r="F67" s="21"/>
+      <c r="G67" s="14"/>
+      <c r="H67" s="21"/>
+      <c r="I67" s="14"/>
+      <c r="J67" s="21"/>
+    </row>
+    <row r="68" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A68" s="28" t="s">
+        <v>115</v>
+      </c>
+      <c r="B68" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="C68" s="14"/>
+      <c r="D68" s="21"/>
+      <c r="E68" s="14"/>
+      <c r="F68" s="21"/>
+      <c r="G68" s="14"/>
+      <c r="H68" s="21"/>
+      <c r="I68" s="14"/>
+      <c r="J68" s="21"/>
+    </row>
+    <row r="69" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A69" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="B69" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="C69" s="14"/>
+      <c r="D69" s="21"/>
+      <c r="E69" s="14"/>
+      <c r="F69" s="21"/>
+      <c r="G69" s="14"/>
+      <c r="H69" s="21"/>
+      <c r="I69" s="14"/>
+      <c r="J69" s="21"/>
+    </row>
+    <row r="70" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A70" s="28" t="s">
+        <v>119</v>
+      </c>
+      <c r="B70" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="C70" s="14"/>
+      <c r="D70" s="21"/>
+      <c r="E70" s="14"/>
+      <c r="F70" s="21"/>
+      <c r="G70" s="14"/>
+      <c r="H70" s="21"/>
+      <c r="I70" s="14"/>
+      <c r="J70" s="21"/>
+    </row>
+    <row r="71" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A71" s="28" t="s">
+        <v>121</v>
+      </c>
+      <c r="B71" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="C71" s="14"/>
+      <c r="D71" s="21"/>
+      <c r="E71" s="14"/>
+      <c r="F71" s="21"/>
+      <c r="G71" s="14"/>
+      <c r="H71" s="21"/>
+      <c r="I71" s="14"/>
+      <c r="J71" s="21"/>
+    </row>
+    <row r="72" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A72" s="28" t="s">
+        <v>123</v>
+      </c>
+      <c r="B72" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="C72" s="14"/>
+      <c r="D72" s="21"/>
+      <c r="E72" s="14"/>
+      <c r="F72" s="21"/>
+      <c r="G72" s="14"/>
+      <c r="H72" s="21"/>
+      <c r="I72" s="14"/>
+      <c r="J72" s="21"/>
+    </row>
+    <row r="73" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A73" s="28" t="s">
+        <v>125</v>
+      </c>
+      <c r="B73" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="C73" s="14"/>
+      <c r="D73" s="21"/>
+      <c r="E73" s="14"/>
+      <c r="F73" s="21"/>
+      <c r="G73" s="14"/>
+      <c r="H73" s="21"/>
+      <c r="I73" s="14"/>
+      <c r="J73" s="21"/>
+    </row>
+    <row r="74" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A74" s="28" t="s">
+        <v>127</v>
+      </c>
+      <c r="B74" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="C74" s="14"/>
+      <c r="D74" s="21"/>
+      <c r="E74" s="14"/>
+      <c r="F74" s="21"/>
+      <c r="G74" s="14"/>
+      <c r="H74" s="21"/>
+      <c r="I74" s="14"/>
+      <c r="J74" s="21"/>
+    </row>
+    <row r="75" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A75" s="28" t="s">
+        <v>129</v>
+      </c>
+      <c r="B75" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="C75" s="14"/>
+      <c r="D75" s="21"/>
+      <c r="E75" s="14"/>
+      <c r="F75" s="21"/>
+      <c r="G75" s="14"/>
+      <c r="H75" s="21"/>
+      <c r="I75" s="14"/>
+      <c r="J75" s="21"/>
+    </row>
+    <row r="76" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A76" s="28" t="s">
+        <v>131</v>
+      </c>
+      <c r="B76" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="C76" s="14"/>
+      <c r="D76" s="21"/>
+      <c r="E76" s="14"/>
+      <c r="F76" s="21"/>
+      <c r="G76" s="14"/>
+      <c r="H76" s="21"/>
+      <c r="I76" s="14"/>
+      <c r="J76" s="21"/>
+    </row>
+    <row r="77" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A77" s="28" t="s">
+        <v>133</v>
+      </c>
+      <c r="B77" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="C77" s="14"/>
+      <c r="D77" s="21"/>
+      <c r="E77" s="14"/>
+      <c r="F77" s="21"/>
+      <c r="G77" s="14"/>
+      <c r="H77" s="21"/>
+      <c r="I77" s="14"/>
+      <c r="J77" s="21"/>
+    </row>
+    <row r="78" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A78" s="28" t="s">
+        <v>135</v>
+      </c>
+      <c r="B78" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="C78" s="14"/>
+      <c r="D78" s="21"/>
+      <c r="E78" s="14"/>
+      <c r="F78" s="21"/>
+      <c r="G78" s="14"/>
+      <c r="H78" s="21"/>
+      <c r="I78" s="14"/>
+      <c r="J78" s="21"/>
+    </row>
+    <row r="79" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A79" s="28" t="s">
+        <v>137</v>
+      </c>
+      <c r="B79" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="C79" s="14"/>
+      <c r="D79" s="21"/>
+      <c r="E79" s="14"/>
+      <c r="F79" s="21"/>
+      <c r="G79" s="14"/>
+      <c r="H79" s="21"/>
+      <c r="I79" s="14"/>
+      <c r="J79" s="21"/>
+    </row>
+    <row r="80" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A80" s="28" t="s">
+        <v>139</v>
+      </c>
+      <c r="B80" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="C80" s="14"/>
+      <c r="D80" s="21"/>
+      <c r="E80" s="14"/>
+      <c r="F80" s="21"/>
+      <c r="G80" s="14"/>
+      <c r="H80" s="21"/>
+      <c r="I80" s="14"/>
+      <c r="J80" s="21"/>
+    </row>
+    <row r="81" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A81" s="28" t="s">
+        <v>141</v>
+      </c>
+      <c r="B81" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="C81" s="14"/>
+      <c r="D81" s="21"/>
+      <c r="E81" s="14"/>
+      <c r="F81" s="21"/>
+      <c r="G81" s="14"/>
+      <c r="H81" s="21"/>
+      <c r="I81" s="14"/>
+      <c r="J81" s="21"/>
+    </row>
+    <row r="82" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A82" s="28" t="s">
+        <v>143</v>
+      </c>
+      <c r="B82" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="C82" s="14"/>
+      <c r="D82" s="21"/>
+      <c r="E82" s="14"/>
+      <c r="F82" s="21"/>
+      <c r="G82" s="14"/>
+      <c r="H82" s="21"/>
+      <c r="I82" s="14"/>
+      <c r="J82" s="21"/>
+    </row>
+    <row r="83" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A83" s="28" t="s">
+        <v>145</v>
+      </c>
+      <c r="B83" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="C83" s="14"/>
+      <c r="D83" s="21"/>
+      <c r="E83" s="14"/>
+      <c r="F83" s="21"/>
+      <c r="G83" s="14"/>
+      <c r="H83" s="21"/>
+      <c r="I83" s="14"/>
+      <c r="J83" s="21"/>
+    </row>
+    <row r="84" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A84" s="28" t="s">
+        <v>147</v>
+      </c>
+      <c r="B84" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="C84" s="14"/>
+      <c r="D84" s="21"/>
+      <c r="E84" s="14"/>
+      <c r="F84" s="21"/>
+      <c r="G84" s="14"/>
+      <c r="H84" s="21"/>
+      <c r="I84" s="14"/>
+      <c r="J84" s="21"/>
+    </row>
+    <row r="85" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A85" s="28" t="s">
+        <v>149</v>
+      </c>
+      <c r="B85" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="C85" s="14"/>
+      <c r="D85" s="21"/>
+      <c r="E85" s="14"/>
+      <c r="F85" s="21"/>
+      <c r="G85" s="14"/>
+      <c r="H85" s="21"/>
+      <c r="I85" s="14"/>
+      <c r="J85" s="21"/>
+    </row>
+    <row r="86" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A86" s="28" t="s">
+        <v>151</v>
+      </c>
+      <c r="B86" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="C86" s="14"/>
+      <c r="D86" s="21"/>
+      <c r="E86" s="14"/>
+      <c r="F86" s="21"/>
+      <c r="G86" s="14"/>
+      <c r="H86" s="21"/>
+      <c r="I86" s="14"/>
+      <c r="J86" s="21"/>
+    </row>
+    <row r="87" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A87" s="28" t="s">
+        <v>153</v>
+      </c>
+      <c r="B87" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="C87" s="14"/>
+      <c r="D87" s="21"/>
+      <c r="E87" s="14"/>
+      <c r="F87" s="21"/>
+      <c r="G87" s="14"/>
+      <c r="H87" s="21"/>
+      <c r="I87" s="14"/>
+      <c r="J87" s="21"/>
+    </row>
+    <row r="88" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A88" s="28" t="s">
+        <v>155</v>
+      </c>
+      <c r="B88" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="C88" s="14"/>
+      <c r="D88" s="21"/>
+      <c r="E88" s="14"/>
+      <c r="F88" s="21"/>
+      <c r="G88" s="14"/>
+      <c r="H88" s="21"/>
+      <c r="I88" s="14"/>
+      <c r="J88" s="21"/>
+    </row>
+    <row r="89" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A89" s="28" t="s">
+        <v>157</v>
+      </c>
+      <c r="B89" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="C89" s="14"/>
+      <c r="D89" s="21"/>
+      <c r="E89" s="14"/>
+      <c r="F89" s="21"/>
+      <c r="G89" s="14"/>
+      <c r="H89" s="21"/>
+      <c r="I89" s="14"/>
+      <c r="J89" s="21"/>
+    </row>
+    <row r="90" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A90" s="28" t="s">
+        <v>159</v>
+      </c>
+      <c r="B90" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="C90" s="14"/>
+      <c r="D90" s="21"/>
+      <c r="E90" s="14"/>
+      <c r="F90" s="21"/>
+      <c r="G90" s="14"/>
+      <c r="H90" s="21"/>
+      <c r="I90" s="14"/>
+      <c r="J90" s="21"/>
+    </row>
+    <row r="91" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A91" s="28" t="s">
+        <v>161</v>
+      </c>
+      <c r="B91" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="C91" s="14"/>
+      <c r="D91" s="21"/>
+      <c r="E91" s="14"/>
+      <c r="F91" s="21"/>
+      <c r="G91" s="14"/>
+      <c r="H91" s="21"/>
+      <c r="I91" s="14"/>
+      <c r="J91" s="21"/>
+    </row>
+    <row r="92" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A92" s="28" t="s">
+        <v>163</v>
+      </c>
+      <c r="B92" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="C92" s="14"/>
+      <c r="D92" s="21"/>
+      <c r="E92" s="14"/>
+      <c r="F92" s="21"/>
+      <c r="G92" s="14"/>
+      <c r="H92" s="21"/>
+      <c r="I92" s="14"/>
+      <c r="J92" s="21"/>
+    </row>
+    <row r="93" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A93" s="28" t="s">
+        <v>165</v>
+      </c>
+      <c r="B93" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="C93" s="14"/>
+      <c r="D93" s="21"/>
+      <c r="E93" s="14"/>
+      <c r="F93" s="21"/>
+      <c r="G93" s="14"/>
+      <c r="H93" s="21"/>
+      <c r="I93" s="14"/>
+      <c r="J93" s="21"/>
+    </row>
+    <row r="94" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A94" s="28" t="s">
+        <v>167</v>
+      </c>
+      <c r="B94" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="C94" s="14"/>
+      <c r="D94" s="21"/>
+      <c r="E94" s="14"/>
+      <c r="F94" s="21"/>
+      <c r="G94" s="14"/>
+      <c r="H94" s="21"/>
+      <c r="I94" s="14"/>
+      <c r="J94" s="21"/>
+    </row>
+    <row r="95" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A95" s="28" t="s">
+        <v>169</v>
+      </c>
+      <c r="B95" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="C95" s="14"/>
+      <c r="D95" s="21"/>
+      <c r="E95" s="14"/>
+      <c r="F95" s="21"/>
+      <c r="G95" s="14"/>
+      <c r="H95" s="21"/>
+      <c r="I95" s="14"/>
+      <c r="J95" s="21"/>
+    </row>
+    <row r="96" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A96" s="28" t="s">
+        <v>171</v>
+      </c>
+      <c r="B96" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="C96" s="14"/>
+      <c r="D96" s="21"/>
+      <c r="E96" s="14"/>
+      <c r="F96" s="21"/>
+      <c r="G96" s="14"/>
+      <c r="H96" s="21"/>
+      <c r="I96" s="14"/>
+      <c r="J96" s="21"/>
+    </row>
+    <row r="97" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A97" s="28" t="s">
+        <v>173</v>
+      </c>
+      <c r="B97" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="C97" s="14"/>
+      <c r="D97" s="21"/>
+      <c r="E97" s="14"/>
+      <c r="F97" s="21"/>
+      <c r="G97" s="14"/>
+      <c r="H97" s="21"/>
+      <c r="I97" s="14"/>
+      <c r="J97" s="21"/>
+    </row>
+    <row r="98" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A98" s="28" t="s">
+        <v>175</v>
+      </c>
+      <c r="B98" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="C98" s="14"/>
+      <c r="D98" s="21"/>
+      <c r="E98" s="14"/>
+      <c r="F98" s="21"/>
+      <c r="G98" s="14"/>
+      <c r="H98" s="21"/>
+      <c r="I98" s="14"/>
+      <c r="J98" s="21"/>
+    </row>
+    <row r="99" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A99" s="28" t="s">
+        <v>177</v>
+      </c>
+      <c r="B99" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="C99" s="14"/>
+      <c r="D99" s="21"/>
+      <c r="E99" s="14"/>
+      <c r="F99" s="21"/>
+      <c r="G99" s="14"/>
+      <c r="H99" s="21"/>
+      <c r="I99" s="14"/>
+      <c r="J99" s="21"/>
+    </row>
+    <row r="100" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A100" s="28" t="s">
+        <v>179</v>
+      </c>
+      <c r="B100" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="C100" s="14"/>
+      <c r="D100" s="21"/>
+      <c r="E100" s="14"/>
+      <c r="F100" s="21"/>
+      <c r="G100" s="14"/>
+      <c r="H100" s="21"/>
+      <c r="I100" s="14"/>
+      <c r="J100" s="21"/>
+    </row>
+    <row r="101" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A101" s="28" t="s">
+        <v>181</v>
+      </c>
+      <c r="B101" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="C101" s="14"/>
+      <c r="D101" s="21"/>
+      <c r="E101" s="14"/>
+      <c r="F101" s="21"/>
+      <c r="G101" s="14"/>
+      <c r="H101" s="21"/>
+      <c r="I101" s="14"/>
+      <c r="J101" s="21"/>
+    </row>
+    <row r="102" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A102" s="28" t="s">
+        <v>183</v>
+      </c>
+      <c r="B102" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="C102" s="14"/>
+      <c r="D102" s="21"/>
+      <c r="E102" s="14"/>
+      <c r="F102" s="21"/>
+      <c r="G102" s="14"/>
+      <c r="H102" s="21"/>
+      <c r="I102" s="14"/>
+      <c r="J102" s="21"/>
+    </row>
+    <row r="103" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A103" s="28" t="s">
+        <v>185</v>
+      </c>
+      <c r="B103" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="C103" s="14"/>
+      <c r="D103" s="21"/>
+      <c r="E103" s="14"/>
+      <c r="F103" s="21"/>
+      <c r="G103" s="14"/>
+      <c r="H103" s="21"/>
+      <c r="I103" s="14"/>
+      <c r="J103" s="21"/>
+    </row>
+    <row r="104" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A104" s="28" t="s">
+        <v>187</v>
+      </c>
+      <c r="B104" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="C104" s="14"/>
+      <c r="D104" s="21"/>
+      <c r="E104" s="14"/>
+      <c r="F104" s="21"/>
+      <c r="G104" s="14"/>
+      <c r="H104" s="21"/>
+      <c r="I104" s="14"/>
+      <c r="J104" s="21"/>
+    </row>
+    <row r="105" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A105" s="28" t="s">
+        <v>188</v>
+      </c>
+      <c r="B105" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="C105" s="14"/>
+      <c r="D105" s="21"/>
+      <c r="E105" s="14"/>
+      <c r="F105" s="21"/>
+      <c r="G105" s="14"/>
+      <c r="H105" s="21"/>
+      <c r="I105" s="14"/>
+      <c r="J105" s="21"/>
+    </row>
+    <row r="106" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A106" s="33" t="s">
+        <v>190</v>
+      </c>
+      <c r="B106" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="C106" s="14"/>
+      <c r="D106" s="21"/>
+      <c r="E106" s="14"/>
+      <c r="F106" s="21"/>
+      <c r="G106" s="14"/>
+      <c r="H106" s="21"/>
+      <c r="I106" s="14"/>
+      <c r="J106" s="21"/>
+    </row>
+    <row r="107" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A107" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="B107" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="C107" s="14"/>
+      <c r="D107" s="21"/>
+      <c r="E107" s="14"/>
+      <c r="F107" s="21"/>
+      <c r="G107" s="14"/>
+      <c r="H107" s="21"/>
+      <c r="I107" s="14"/>
+      <c r="J107" s="21"/>
+    </row>
+    <row r="108" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A108" s="34" t="s">
+        <v>194</v>
+      </c>
+      <c r="B108" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="C108" s="14"/>
+      <c r="D108" s="21"/>
+      <c r="E108" s="14"/>
+      <c r="F108" s="21"/>
+      <c r="G108" s="14"/>
+      <c r="H108" s="21"/>
+      <c r="I108" s="14"/>
+      <c r="J108" s="21"/>
+    </row>
+    <row r="109" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A109" s="34" t="s">
+        <v>196</v>
+      </c>
+      <c r="B109" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="C109" s="14"/>
+      <c r="D109" s="21"/>
+      <c r="E109" s="14"/>
+      <c r="F109" s="21"/>
+      <c r="G109" s="14"/>
+      <c r="H109" s="21"/>
+      <c r="I109" s="14"/>
+      <c r="J109" s="21"/>
+    </row>
+    <row r="110" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A110" s="34" t="s">
+        <v>198</v>
+      </c>
+      <c r="B110" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="C110" s="14"/>
+      <c r="D110" s="21"/>
+      <c r="E110" s="14"/>
+      <c r="F110" s="21"/>
+      <c r="G110" s="14"/>
+      <c r="H110" s="21"/>
+      <c r="I110" s="14"/>
+      <c r="J110" s="21"/>
+    </row>
+    <row r="111" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A111" s="34" t="s">
+        <v>200</v>
+      </c>
+      <c r="B111" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="C111" s="14"/>
+      <c r="D111" s="21"/>
+      <c r="E111" s="14"/>
+      <c r="F111" s="21"/>
+      <c r="G111" s="14"/>
+      <c r="H111" s="21"/>
+      <c r="I111" s="14"/>
+      <c r="J111" s="21"/>
+    </row>
+    <row r="112" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A112" s="34" t="s">
+        <v>202</v>
+      </c>
+      <c r="B112" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="C112" s="14"/>
+      <c r="D112" s="21"/>
+      <c r="E112" s="14"/>
+      <c r="F112" s="21"/>
+      <c r="G112" s="14"/>
+      <c r="H112" s="21"/>
+      <c r="I112" s="14"/>
+      <c r="J112" s="21"/>
+    </row>
+    <row r="113" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A113" s="34" t="s">
+        <v>204</v>
+      </c>
+      <c r="B113" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="C113" s="14"/>
+      <c r="D113" s="21"/>
+      <c r="E113" s="14"/>
+      <c r="F113" s="21"/>
+      <c r="G113" s="14"/>
+      <c r="H113" s="21"/>
+      <c r="I113" s="14"/>
+      <c r="J113" s="21"/>
+    </row>
+    <row r="114" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A114" s="34" t="s">
+        <v>206</v>
+      </c>
+      <c r="B114" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="C114" s="14"/>
+      <c r="D114" s="21"/>
+      <c r="E114" s="14"/>
+      <c r="F114" s="21"/>
+      <c r="G114" s="14"/>
+      <c r="H114" s="21"/>
+      <c r="I114" s="14"/>
+      <c r="J114" s="21"/>
+    </row>
+    <row r="115" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A115" s="34" t="s">
+        <v>208</v>
+      </c>
+      <c r="B115" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="C115" s="14"/>
+      <c r="D115" s="21"/>
+      <c r="E115" s="14"/>
+      <c r="F115" s="21"/>
+      <c r="G115" s="14"/>
+      <c r="H115" s="21"/>
+      <c r="I115" s="14"/>
+      <c r="J115" s="21"/>
+    </row>
+    <row r="116" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A116" s="34" t="s">
+        <v>210</v>
+      </c>
+      <c r="B116" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="C116" s="14"/>
+      <c r="D116" s="21"/>
+      <c r="E116" s="14"/>
+      <c r="F116" s="21"/>
+      <c r="G116" s="14"/>
+      <c r="H116" s="21"/>
+      <c r="I116" s="14"/>
+      <c r="J116" s="21"/>
+    </row>
+    <row r="117" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A117" s="34" t="s">
+        <v>212</v>
+      </c>
+      <c r="B117" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="C117" s="14"/>
+      <c r="D117" s="21"/>
+      <c r="E117" s="14"/>
+      <c r="F117" s="21"/>
+      <c r="G117" s="14"/>
+      <c r="H117" s="21"/>
+      <c r="I117" s="14"/>
+      <c r="J117" s="21"/>
+    </row>
+    <row r="118" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A118" s="34" t="s">
+        <v>214</v>
+      </c>
+      <c r="B118" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="C118" s="14"/>
+      <c r="D118" s="21"/>
+      <c r="E118" s="14"/>
+      <c r="F118" s="21"/>
+      <c r="G118" s="14"/>
+      <c r="H118" s="21"/>
+      <c r="I118" s="14"/>
+      <c r="J118" s="21"/>
+    </row>
+    <row r="119" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A119" s="34" t="s">
+        <v>216</v>
+      </c>
+      <c r="B119" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="C119" s="14"/>
+      <c r="D119" s="21"/>
+      <c r="E119" s="14"/>
+      <c r="F119" s="21"/>
+      <c r="G119" s="14"/>
+      <c r="H119" s="21"/>
+      <c r="I119" s="14"/>
+      <c r="J119" s="21"/>
+    </row>
+    <row r="120" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A120" s="34" t="s">
+        <v>218</v>
+      </c>
+      <c r="B120" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="C120" s="14"/>
+      <c r="D120" s="21"/>
+      <c r="E120" s="14"/>
+      <c r="F120" s="21"/>
+      <c r="G120" s="14"/>
+      <c r="H120" s="21"/>
+      <c r="I120" s="14"/>
+      <c r="J120" s="21"/>
+    </row>
+    <row r="121" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A121" s="34" t="s">
+        <v>220</v>
+      </c>
+      <c r="B121" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="C121" s="14"/>
+      <c r="D121" s="21"/>
+      <c r="E121" s="14"/>
+      <c r="F121" s="21"/>
+      <c r="G121" s="14"/>
+      <c r="H121" s="21"/>
+      <c r="I121" s="14"/>
+      <c r="J121" s="21"/>
+    </row>
+    <row r="122" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A122" s="34" t="s">
+        <v>222</v>
+      </c>
+      <c r="B122" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="C122" s="14"/>
+      <c r="D122" s="21"/>
+      <c r="E122" s="14"/>
+      <c r="F122" s="21"/>
+      <c r="G122" s="14"/>
+      <c r="H122" s="21"/>
+      <c r="I122" s="14"/>
+      <c r="J122" s="21"/>
+    </row>
+    <row r="123" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A123" s="34" t="s">
+        <v>224</v>
+      </c>
+      <c r="B123" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="C123" s="14"/>
+      <c r="D123" s="21"/>
+      <c r="E123" s="14"/>
+      <c r="F123" s="21"/>
+      <c r="G123" s="14"/>
+      <c r="H123" s="21"/>
+      <c r="I123" s="14"/>
+      <c r="J123" s="21"/>
+    </row>
+    <row r="124" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A124" s="34" t="s">
+        <v>226</v>
+      </c>
+      <c r="B124" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="C124" s="14"/>
+      <c r="D124" s="21"/>
+      <c r="E124" s="14"/>
+      <c r="F124" s="21"/>
+      <c r="G124" s="14"/>
+      <c r="H124" s="21"/>
+      <c r="I124" s="14"/>
+      <c r="J124" s="21"/>
+    </row>
+    <row r="125" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A125" s="34" t="s">
+        <v>228</v>
+      </c>
+      <c r="B125" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="C125" s="14"/>
+      <c r="D125" s="21"/>
+      <c r="E125" s="14"/>
+      <c r="F125" s="21"/>
+      <c r="G125" s="14"/>
+      <c r="H125" s="21"/>
+      <c r="I125" s="14"/>
+      <c r="J125" s="21"/>
+    </row>
+    <row r="126" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A126" s="34" t="s">
+        <v>230</v>
+      </c>
+      <c r="B126" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="C126" s="14"/>
+      <c r="D126" s="21"/>
+      <c r="E126" s="14"/>
+      <c r="F126" s="21"/>
+      <c r="G126" s="14"/>
+      <c r="H126" s="21"/>
+      <c r="I126" s="14"/>
+      <c r="J126" s="21"/>
+    </row>
+    <row r="127" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A127" s="34" t="s">
+        <v>232</v>
+      </c>
+      <c r="B127" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="C127" s="14"/>
+      <c r="D127" s="21"/>
+      <c r="E127" s="14"/>
+      <c r="F127" s="21"/>
+      <c r="G127" s="14"/>
+      <c r="H127" s="21"/>
+      <c r="I127" s="14"/>
+      <c r="J127" s="21"/>
+    </row>
+    <row r="128" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A128" s="34" t="s">
+        <v>234</v>
+      </c>
+      <c r="B128" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="C128" s="14"/>
+      <c r="D128" s="21"/>
+      <c r="E128" s="14"/>
+      <c r="F128" s="21"/>
+      <c r="G128" s="14"/>
+      <c r="H128" s="21"/>
+      <c r="I128" s="14"/>
+      <c r="J128" s="21"/>
+    </row>
+    <row r="129" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A129" s="34" t="s">
+        <v>236</v>
+      </c>
+      <c r="B129" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="C129" s="14"/>
+      <c r="D129" s="21"/>
+      <c r="E129" s="14"/>
+      <c r="F129" s="21"/>
+      <c r="G129" s="14"/>
+      <c r="H129" s="21"/>
+      <c r="I129" s="14"/>
+      <c r="J129" s="21"/>
+    </row>
+    <row r="130" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A130" s="28" t="s">
+        <v>238</v>
+      </c>
+      <c r="B130" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="C130" s="14"/>
+      <c r="D130" s="21"/>
+      <c r="E130" s="14"/>
+      <c r="F130" s="21"/>
+      <c r="G130" s="14"/>
+      <c r="H130" s="21"/>
+      <c r="I130" s="14"/>
+      <c r="J130" s="21"/>
+    </row>
+    <row r="131" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A131" s="28" t="s">
+        <v>239</v>
+      </c>
+      <c r="B131" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="C131" s="14"/>
+      <c r="D131" s="21"/>
+      <c r="E131" s="14"/>
+      <c r="F131" s="21"/>
+      <c r="G131" s="14"/>
+      <c r="H131" s="21"/>
+      <c r="I131" s="14"/>
+      <c r="J131" s="21"/>
+    </row>
+    <row r="132" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A132" s="28" t="s">
+        <v>240</v>
+      </c>
+      <c r="B132" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="C132" s="14"/>
+      <c r="D132" s="21"/>
+      <c r="E132" s="14"/>
+      <c r="F132" s="21"/>
+      <c r="G132" s="14"/>
+      <c r="H132" s="21"/>
+      <c r="I132" s="14"/>
+      <c r="J132" s="21"/>
+    </row>
+    <row r="133" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A133" s="28" t="s">
+        <v>241</v>
+      </c>
+      <c r="B133" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="C133" s="14"/>
+      <c r="D133" s="21"/>
+      <c r="E133" s="14"/>
+      <c r="F133" s="21"/>
+      <c r="G133" s="14"/>
+      <c r="H133" s="21"/>
+      <c r="I133" s="14"/>
+      <c r="J133" s="21"/>
+    </row>
+    <row r="134" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A134" s="28" t="s">
+        <v>242</v>
+      </c>
+      <c r="B134" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C134" s="14"/>
+      <c r="D134" s="21"/>
+      <c r="E134" s="14"/>
+      <c r="F134" s="21"/>
+      <c r="G134" s="14"/>
+      <c r="H134" s="21"/>
+      <c r="I134" s="14"/>
+      <c r="J134" s="21"/>
+    </row>
+    <row r="135" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A135" s="28" t="s">
+        <v>243</v>
+      </c>
+      <c r="B135" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="C135" s="14"/>
+      <c r="D135" s="21"/>
+      <c r="E135" s="14"/>
+      <c r="F135" s="21"/>
+      <c r="G135" s="14"/>
+      <c r="H135" s="21"/>
+      <c r="I135" s="14"/>
+      <c r="J135" s="21"/>
+    </row>
+    <row r="136" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A136" s="28" t="s">
+        <v>244</v>
+      </c>
+      <c r="B136" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="C136" s="14"/>
+      <c r="D136" s="21"/>
+      <c r="E136" s="14"/>
+      <c r="F136" s="21"/>
+      <c r="G136" s="14"/>
+      <c r="H136" s="21"/>
+      <c r="I136" s="14"/>
+      <c r="J136" s="21"/>
+    </row>
+    <row r="137" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A137" s="28" t="s">
+        <v>245</v>
+      </c>
+      <c r="B137" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="C137" s="14"/>
+      <c r="D137" s="21"/>
+      <c r="E137" s="14"/>
+      <c r="F137" s="21"/>
+      <c r="G137" s="14"/>
+      <c r="H137" s="21"/>
+      <c r="I137" s="14"/>
+      <c r="J137" s="21"/>
+    </row>
+    <row r="138" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A138" s="28" t="s">
+        <v>246</v>
+      </c>
+      <c r="B138" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="C138" s="14"/>
+      <c r="D138" s="21"/>
+      <c r="E138" s="14"/>
+      <c r="F138" s="21"/>
+      <c r="G138" s="14"/>
+      <c r="H138" s="21"/>
+      <c r="I138" s="14"/>
+      <c r="J138" s="21"/>
+    </row>
+    <row r="139" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A139" s="28" t="s">
+        <v>247</v>
+      </c>
+      <c r="B139" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="C139" s="14"/>
+      <c r="D139" s="21"/>
+      <c r="E139" s="14"/>
+      <c r="F139" s="21"/>
+      <c r="G139" s="14"/>
+      <c r="H139" s="21"/>
+      <c r="I139" s="14"/>
+      <c r="J139" s="21"/>
+    </row>
+    <row r="140" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A140" s="28" t="s">
+        <v>286</v>
+      </c>
+      <c r="B140" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="C140" s="14"/>
+      <c r="D140" s="21"/>
+      <c r="E140" s="14"/>
+      <c r="F140" s="21"/>
+      <c r="G140" s="14"/>
+      <c r="H140" s="21"/>
+      <c r="I140" s="14"/>
+      <c r="J140" s="21"/>
+    </row>
+    <row r="141" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A141" s="28" t="s">
+        <v>288</v>
+      </c>
+      <c r="B141" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="C141" s="14"/>
+      <c r="D141" s="21"/>
+      <c r="E141" s="29" t="s">
+        <v>253</v>
+      </c>
+      <c r="F141" s="30" t="s">
+        <v>490</v>
+      </c>
+      <c r="G141" s="14"/>
+      <c r="H141" s="21"/>
+      <c r="I141" s="14"/>
+      <c r="J141" s="21"/>
+    </row>
+    <row r="142" spans="1:10" ht="24" x14ac:dyDescent="0.2">
+      <c r="A142" s="28" t="s">
+        <v>290</v>
+      </c>
+      <c r="B142" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="C142" s="14"/>
+      <c r="D142" s="21"/>
+      <c r="E142" s="29" t="s">
+        <v>253</v>
+      </c>
+      <c r="F142" s="30" t="s">
+        <v>490</v>
+      </c>
+      <c r="G142" s="14"/>
+      <c r="H142" s="21"/>
+      <c r="I142" s="14"/>
+      <c r="J142" s="21"/>
+    </row>
+    <row r="143" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A143" s="28" t="s">
+        <v>292</v>
+      </c>
+      <c r="B143" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="C143" s="14"/>
+      <c r="D143" s="21"/>
+      <c r="E143" s="29"/>
+      <c r="F143" s="30" t="s">
+        <v>491</v>
+      </c>
+      <c r="G143" s="14"/>
+      <c r="H143" s="21"/>
+      <c r="I143" s="14"/>
+      <c r="J143" s="21"/>
+    </row>
+    <row r="144" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A144" s="28" t="s">
+        <v>294</v>
+      </c>
+      <c r="B144" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="C144" s="14"/>
+      <c r="D144" s="21"/>
+      <c r="E144" s="29"/>
+      <c r="F144" s="30" t="s">
+        <v>492</v>
+      </c>
+      <c r="G144" s="14"/>
+      <c r="H144" s="21"/>
+      <c r="I144" s="14"/>
+      <c r="J144" s="21"/>
+    </row>
+    <row r="145" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A145" s="28" t="s">
+        <v>296</v>
+      </c>
+      <c r="B145" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="C145" s="14"/>
+      <c r="D145" s="21"/>
+      <c r="E145" s="29"/>
+      <c r="F145" s="30" t="s">
+        <v>493</v>
+      </c>
+      <c r="G145" s="14"/>
+      <c r="H145" s="21"/>
+      <c r="I145" s="14"/>
+      <c r="J145" s="21"/>
+    </row>
+  </sheetData>
+  <mergeCells count="15">
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="C1:J1"/>
+    <mergeCell ref="C2:D2"/>
+    <mergeCell ref="E2:F2"/>
+    <mergeCell ref="G2:H2"/>
+    <mergeCell ref="I2:J2"/>
+    <mergeCell ref="C3:D3"/>
+    <mergeCell ref="E3:F3"/>
+    <mergeCell ref="G3:H3"/>
+    <mergeCell ref="I3:J3"/>
+    <mergeCell ref="G4:H4"/>
+    <mergeCell ref="I4:J4"/>
+  </mergeCells>
+  <phoneticPr fontId="6"/>
+  <dataValidations count="2">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A140:A145" xr:uid="{629CAF2B-CB6E-4FD7-B18A-4D35EB3C1B11}">
+      <formula1>測定項目コード</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G23:G145 E23:E145 C23:C145 I23:I145" xr:uid="{00000000-0002-0000-0700-000000000000}">
+      <formula1>"E,&lt;,&gt;"</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="61" orientation="portrait" r:id="rId1"/>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="83" max="16383" man="1"/>
+  </rowBreaks>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7BB22448-BD11-4A9C-ADF3-4753DCFAE59E}">
   <dimension ref="A1:H23"/>
   <sheetViews>
-    <sheetView topLeftCell="A15" workbookViewId="0">
-      <selection sqref="A1:H23"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="I7" sqref="I7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="1" spans="1:8" ht="14" x14ac:dyDescent="0.2">
-      <c r="A1" s="26" t="s">
-        <v>330</v>
+      <c r="A1" s="60" t="s">
+        <v>495</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="24" x14ac:dyDescent="0.2">
-      <c r="A2" s="14" t="s">
+      <c r="A2" s="61" t="s">
+        <v>496</v>
+      </c>
+      <c r="B2" s="62" t="s">
+        <v>497</v>
+      </c>
+      <c r="C2" s="63"/>
+      <c r="D2" s="61" t="s">
+        <v>498</v>
+      </c>
+      <c r="E2" s="62" t="s">
+        <v>499</v>
+      </c>
+      <c r="F2" s="63"/>
+      <c r="G2" s="64" t="s">
+        <v>500</v>
+      </c>
+      <c r="H2" s="65" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" ht="24" x14ac:dyDescent="0.2">
+      <c r="A3" s="66">
+        <v>1</v>
+      </c>
+      <c r="B3" s="67" t="s">
+        <v>502</v>
+      </c>
+      <c r="C3" s="63"/>
+      <c r="D3" s="66">
+        <v>1</v>
+      </c>
+      <c r="E3" s="67" t="s">
+        <v>503</v>
+      </c>
+      <c r="F3" s="63"/>
+      <c r="G3" s="68" t="s">
         <v>253</v>
       </c>
-      <c r="B2" s="15" t="s">
-[...36 lines deleted...]
-        <v>262</v>
+      <c r="H3" s="69" t="s">
+        <v>504</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="18">
+      <c r="A4" s="66">
         <v>2</v>
       </c>
-      <c r="B4" s="19" t="s">
-[...3 lines deleted...]
-      <c r="D4" s="18">
+      <c r="B4" s="67" t="s">
+        <v>505</v>
+      </c>
+      <c r="C4" s="63"/>
+      <c r="D4" s="66">
         <v>2</v>
       </c>
-      <c r="E4" s="19" t="s">
-[...7 lines deleted...]
-        <v>266</v>
+      <c r="E4" s="67" t="s">
+        <v>506</v>
+      </c>
+      <c r="F4" s="63"/>
+      <c r="G4" s="68" t="s">
+        <v>507</v>
+      </c>
+      <c r="H4" s="69" t="s">
+        <v>508</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="18">
+      <c r="A5" s="66">
         <v>3</v>
       </c>
-      <c r="B5" s="19" t="s">
-[...3 lines deleted...]
-      <c r="D5" s="18">
+      <c r="B5" s="67" t="s">
+        <v>509</v>
+      </c>
+      <c r="C5" s="63"/>
+      <c r="D5" s="66">
         <v>3</v>
       </c>
-      <c r="E5" s="19" t="s">
-[...7 lines deleted...]
-        <v>270</v>
+      <c r="E5" s="67" t="s">
+        <v>510</v>
+      </c>
+      <c r="F5" s="63"/>
+      <c r="G5" s="68" t="s">
+        <v>511</v>
+      </c>
+      <c r="H5" s="69" t="s">
+        <v>512</v>
       </c>
     </row>
     <row r="6" spans="1:8" ht="24" x14ac:dyDescent="0.2">
-      <c r="A6" s="18">
+      <c r="A6" s="66">
         <v>4</v>
       </c>
-      <c r="B6" s="19" t="s">
-[...3 lines deleted...]
-      <c r="D6" s="18">
+      <c r="B6" s="67" t="s">
+        <v>513</v>
+      </c>
+      <c r="C6" s="63"/>
+      <c r="D6" s="66">
         <v>4</v>
       </c>
-      <c r="E6" s="19" t="s">
-[...7 lines deleted...]
-        <v>274</v>
+      <c r="E6" s="67" t="s">
+        <v>514</v>
+      </c>
+      <c r="F6" s="63"/>
+      <c r="G6" s="68" t="s">
+        <v>515</v>
+      </c>
+      <c r="H6" s="69" t="s">
+        <v>516</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="36" x14ac:dyDescent="0.2">
-      <c r="A7" s="18">
+      <c r="A7" s="66">
         <v>5</v>
       </c>
-      <c r="B7" s="19" t="s">
-[...3 lines deleted...]
-      <c r="D7" s="18">
+      <c r="B7" s="67" t="s">
+        <v>517</v>
+      </c>
+      <c r="C7" s="63"/>
+      <c r="D7" s="66">
         <v>5</v>
       </c>
-      <c r="E7" s="19" t="s">
-[...4 lines deleted...]
-      <c r="H7" s="13"/>
+      <c r="E7" s="67" t="s">
+        <v>518</v>
+      </c>
+      <c r="F7" s="63"/>
+      <c r="G7" s="70"/>
+      <c r="H7" s="63"/>
     </row>
     <row r="8" spans="1:8" ht="24" x14ac:dyDescent="0.2">
-      <c r="A8" s="18">
+      <c r="A8" s="66">
         <v>11</v>
       </c>
-      <c r="B8" s="19" t="s">
-[...3 lines deleted...]
-      <c r="D8" s="18">
+      <c r="B8" s="67" t="s">
+        <v>519</v>
+      </c>
+      <c r="C8" s="63"/>
+      <c r="D8" s="66">
         <v>6</v>
       </c>
-      <c r="E8" s="19" t="s">
-[...4 lines deleted...]
-      <c r="H8" s="13"/>
+      <c r="E8" s="67" t="s">
+        <v>520</v>
+      </c>
+      <c r="F8" s="63"/>
+      <c r="G8" s="70"/>
+      <c r="H8" s="63"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="18">
+      <c r="A9" s="66">
         <v>12</v>
       </c>
-      <c r="B9" s="19" t="s">
-[...3 lines deleted...]
-      <c r="D9" s="18">
+      <c r="B9" s="67" t="s">
+        <v>521</v>
+      </c>
+      <c r="C9" s="63"/>
+      <c r="D9" s="66">
         <v>7</v>
       </c>
-      <c r="E9" s="19" t="s">
-[...4 lines deleted...]
-      <c r="H9" s="13"/>
+      <c r="E9" s="67" t="s">
+        <v>522</v>
+      </c>
+      <c r="F9" s="63"/>
+      <c r="G9" s="70"/>
+      <c r="H9" s="63"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="18">
+      <c r="A10" s="66">
         <v>13</v>
       </c>
-      <c r="B10" s="19" t="s">
-[...3 lines deleted...]
-      <c r="D10" s="18">
+      <c r="B10" s="67" t="s">
+        <v>523</v>
+      </c>
+      <c r="C10" s="63"/>
+      <c r="D10" s="66">
         <v>8</v>
       </c>
-      <c r="E10" s="19" t="s">
-[...4 lines deleted...]
-      <c r="H10" s="13"/>
+      <c r="E10" s="67" t="s">
+        <v>524</v>
+      </c>
+      <c r="F10" s="63"/>
+      <c r="G10" s="70"/>
+      <c r="H10" s="63"/>
     </row>
     <row r="11" spans="1:8" ht="24" x14ac:dyDescent="0.2">
-      <c r="A11" s="18">
+      <c r="A11" s="66">
         <v>14</v>
       </c>
-      <c r="B11" s="19" t="s">
-[...3 lines deleted...]
-      <c r="D11" s="18">
+      <c r="B11" s="67" t="s">
+        <v>525</v>
+      </c>
+      <c r="C11" s="63"/>
+      <c r="D11" s="66">
         <v>9</v>
       </c>
-      <c r="E11" s="19" t="s">
-[...4 lines deleted...]
-      <c r="H11" s="13"/>
+      <c r="E11" s="67" t="s">
+        <v>526</v>
+      </c>
+      <c r="F11" s="63"/>
+      <c r="G11" s="70"/>
+      <c r="H11" s="63"/>
     </row>
     <row r="12" spans="1:8" ht="24" x14ac:dyDescent="0.2">
-      <c r="A12" s="18">
+      <c r="A12" s="66">
         <v>15</v>
       </c>
-      <c r="B12" s="19" t="s">
-[...3 lines deleted...]
-      <c r="D12" s="18">
+      <c r="B12" s="67" t="s">
+        <v>527</v>
+      </c>
+      <c r="C12" s="63"/>
+      <c r="D12" s="66">
         <v>10</v>
       </c>
-      <c r="E12" s="19" t="s">
-[...4 lines deleted...]
-      <c r="H12" s="13"/>
+      <c r="E12" s="67" t="s">
+        <v>528</v>
+      </c>
+      <c r="F12" s="63"/>
+      <c r="G12" s="70"/>
+      <c r="H12" s="63"/>
     </row>
     <row r="13" spans="1:8" ht="24" x14ac:dyDescent="0.2">
-      <c r="A13" s="18">
+      <c r="A13" s="66">
         <v>16</v>
       </c>
-      <c r="B13" s="19" t="s">
-[...3 lines deleted...]
-      <c r="D13" s="18">
+      <c r="B13" s="67" t="s">
+        <v>529</v>
+      </c>
+      <c r="C13" s="63"/>
+      <c r="D13" s="66">
         <v>11</v>
       </c>
-      <c r="E13" s="19" t="s">
-[...4 lines deleted...]
-      <c r="H13" s="13"/>
+      <c r="E13" s="67" t="s">
+        <v>530</v>
+      </c>
+      <c r="F13" s="63"/>
+      <c r="G13" s="70"/>
+      <c r="H13" s="63"/>
     </row>
     <row r="14" spans="1:8" ht="36" x14ac:dyDescent="0.2">
-      <c r="A14" s="18">
+      <c r="A14" s="66">
         <v>17</v>
       </c>
-      <c r="B14" s="19" t="s">
-[...3 lines deleted...]
-      <c r="D14" s="18">
+      <c r="B14" s="67" t="s">
+        <v>531</v>
+      </c>
+      <c r="C14" s="63"/>
+      <c r="D14" s="66">
         <v>12</v>
       </c>
-      <c r="E14" s="19" t="s">
-[...4 lines deleted...]
-      <c r="H14" s="13"/>
+      <c r="E14" s="67" t="s">
+        <v>532</v>
+      </c>
+      <c r="F14" s="63"/>
+      <c r="G14" s="70"/>
+      <c r="H14" s="63"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="13"/>
-[...2 lines deleted...]
-      <c r="D15" s="18">
+      <c r="A15" s="63"/>
+      <c r="B15" s="63"/>
+      <c r="C15" s="63"/>
+      <c r="D15" s="66">
         <v>13</v>
       </c>
-      <c r="E15" s="19" t="s">
-[...4 lines deleted...]
-      <c r="H15" s="13"/>
+      <c r="E15" s="67" t="s">
+        <v>533</v>
+      </c>
+      <c r="F15" s="63"/>
+      <c r="G15" s="70"/>
+      <c r="H15" s="63"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="13"/>
-[...2 lines deleted...]
-      <c r="D16" s="18">
+      <c r="A16" s="63"/>
+      <c r="B16" s="63"/>
+      <c r="C16" s="63"/>
+      <c r="D16" s="66">
         <v>14</v>
       </c>
-      <c r="E16" s="19" t="s">
-[...4 lines deleted...]
-      <c r="H16" s="13"/>
+      <c r="E16" s="67" t="s">
+        <v>534</v>
+      </c>
+      <c r="F16" s="63"/>
+      <c r="G16" s="70"/>
+      <c r="H16" s="63"/>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A17" s="13"/>
-[...2 lines deleted...]
-      <c r="D17" s="18">
+      <c r="A17" s="63"/>
+      <c r="B17" s="63"/>
+      <c r="C17" s="63"/>
+      <c r="D17" s="66">
         <v>15</v>
       </c>
-      <c r="E17" s="19" t="s">
-[...4 lines deleted...]
-      <c r="H17" s="13"/>
+      <c r="E17" s="67" t="s">
+        <v>535</v>
+      </c>
+      <c r="F17" s="63"/>
+      <c r="G17" s="70"/>
+      <c r="H17" s="63"/>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="D18" s="18">
+      <c r="D18" s="66">
         <v>16</v>
       </c>
-      <c r="E18" s="19" t="s">
-[...3 lines deleted...]
-      <c r="G18" s="22"/>
+      <c r="E18" s="67" t="s">
+        <v>536</v>
+      </c>
+      <c r="F18" s="63"/>
+      <c r="G18" s="70"/>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="D19" s="18">
+      <c r="D19" s="66">
         <v>17</v>
       </c>
-      <c r="E19" s="19" t="s">
-[...3 lines deleted...]
-      <c r="G19" s="22"/>
+      <c r="E19" s="67" t="s">
+        <v>537</v>
+      </c>
+      <c r="F19" s="63"/>
+      <c r="G19" s="70"/>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="D20" s="18">
+      <c r="D20" s="66">
         <v>18</v>
       </c>
-      <c r="E20" s="19" t="s">
-[...3 lines deleted...]
-      <c r="G20" s="22"/>
+      <c r="E20" s="67" t="s">
+        <v>538</v>
+      </c>
+      <c r="F20" s="63"/>
+      <c r="G20" s="70"/>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="D21" s="18">
+      <c r="D21" s="66">
         <v>19</v>
       </c>
-      <c r="E21" s="19" t="s">
-[...3 lines deleted...]
-      <c r="G21" s="22"/>
+      <c r="E21" s="67" t="s">
+        <v>539</v>
+      </c>
+      <c r="F21" s="63"/>
+      <c r="G21" s="70"/>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="D22" s="18">
+      <c r="D22" s="66">
         <v>20</v>
       </c>
-      <c r="E22" s="19" t="s">
-[...3 lines deleted...]
-      <c r="G22" s="22"/>
+      <c r="E22" s="67" t="s">
+        <v>540</v>
+      </c>
+      <c r="F22" s="63"/>
+      <c r="G22" s="70"/>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="D23" s="18">
+      <c r="D23" s="66">
         <v>21</v>
       </c>
-      <c r="E23" s="19" t="s">
-[...3 lines deleted...]
-      <c r="G23" s="22"/>
+      <c r="E23" s="67" t="s">
+        <v>541</v>
+      </c>
+      <c r="F23" s="63"/>
+      <c r="G23" s="70"/>
     </row>
   </sheetData>
-  <phoneticPr fontId="7"/>
+  <phoneticPr fontId="6"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1DE994AA-1F8D-4B7A-9CA8-B2168E9B70A8}">
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{22E40877-0A98-417A-94F1-E6CD148E8D7F}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="M12" sqref="M12"/>
+      <selection activeCell="M13" sqref="M13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.2"/>
   <sheetData/>
-  <phoneticPr fontId="7"/>
+  <phoneticPr fontId="6"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100CB9D37459A7F3C40854E8A46C4FEFD2F" ma:contentTypeVersion="" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="8396bc7847a2fdbe1f4135d536f98a63">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6e78433f-63fa-49a2-af27-08fb0be1d7d7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b96448da6df1ffbb3f82fe8640795780" ns2:_="">
     <xsd:import namespace="6e78433f-63fa-49a2-af27-08fb0be1d7d7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6e78433f-63fa-49a2-af27-08fb0be1d7d7" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="共有相手" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
@@ -21703,130 +24291,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2CCFD55-D550-4E32-B87D-3B53BBCA0F63}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E13A3188-9699-485D-8FDF-237A08103AD1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="6e78433f-63fa-49a2-af27-08fb0be1d7d7"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F3006F90-D329-4CA1-BD8B-1C998E8E57B6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6e78433f-63fa-49a2-af27-08fb0be1d7d7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8</vt:i4>
+        <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="15" baseType="lpstr">
+    <vt:vector size="18" baseType="lpstr">
       <vt:lpstr>４月</vt:lpstr>
       <vt:lpstr>５月</vt:lpstr>
       <vt:lpstr>６月</vt:lpstr>
       <vt:lpstr>７月</vt:lpstr>
       <vt:lpstr>8月 </vt:lpstr>
       <vt:lpstr>９月</vt:lpstr>
+      <vt:lpstr>１０月</vt:lpstr>
       <vt:lpstr>コード表</vt:lpstr>
       <vt:lpstr>graphBOD</vt:lpstr>
+      <vt:lpstr>'１０月'!Print_Area</vt:lpstr>
       <vt:lpstr>'５月'!Print_Area</vt:lpstr>
+      <vt:lpstr>'１０月'!Print_Titles</vt:lpstr>
       <vt:lpstr>'４月'!Print_Titles</vt:lpstr>
       <vt:lpstr>'５月'!Print_Titles</vt:lpstr>
       <vt:lpstr>'６月'!Print_Titles</vt:lpstr>
       <vt:lpstr>'７月'!Print_Titles</vt:lpstr>
       <vt:lpstr>'8月 '!Print_Titles</vt:lpstr>
       <vt:lpstr>'９月'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">