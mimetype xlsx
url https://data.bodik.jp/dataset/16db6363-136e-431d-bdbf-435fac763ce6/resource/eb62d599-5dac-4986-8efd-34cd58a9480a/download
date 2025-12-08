--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,1885 +1,764 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://megurocity365.sharepoint.com/sites/msteams_9950df/Shared Documents/General/700_オープンデータ/450_区勢要覧関連/200_区勢要覧見直しに伴うオープンデータ化調査/50_所管部署からの回答（オープンデータ対象）/233400_スポーツ振興課_●/_作成案_２/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\localhost\Profile\m01987607\ダウンロード(ログオフ時削除)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="11" documentId="8_{E6F27515-3FD1-47AE-B7F7-868D8C7AF588}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{806335FC-ABDB-47F6-9FC7-F56FD60B8430}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FD5210DD-0F05-494D-989A-32CBC117B914}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15990" activeTab="1" xr2:uid="{7ED78AA2-B178-4A4F-8097-26A2F9FC1AB9}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{7ED78AA2-B178-4A4F-8097-26A2F9FC1AB9}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
-    <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
+    <sheet name="Sheet1" sheetId="2" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="516" uniqueCount="115">
-[...451 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="67">
   <si>
     <t>年度（西暦）</t>
     <rPh sb="0" eb="2">
       <t>ネンド</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>セイレキ</t>
     </rPh>
-    <phoneticPr fontId="2"/>
+    <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>年度（和暦）</t>
     <rPh sb="0" eb="2">
       <t>ネンド</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>ワレキ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>体育施設名</t>
+    <rPh sb="0" eb="2">
+      <t>タイイク</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>シセツ</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>メイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>親子リズム体操（人）</t>
+    <rPh sb="0" eb="1">
+      <t>オヤ</t>
+    </rPh>
+    <rPh sb="1" eb="2">
+      <t>コ</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>カラダ</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>ミサオ</t>
+    </rPh>
+    <rPh sb="8" eb="9">
+      <t>ヒト</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>卓球（人）</t>
+    <rPh sb="0" eb="1">
+      <t>タク</t>
+    </rPh>
+    <rPh sb="1" eb="2">
+      <t>タマ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>バドミントン（人）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>バスケットボール（人）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ソフトテニス（人）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>バレーボール（人）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>柔道（人）</t>
+    <rPh sb="0" eb="1">
+      <t>ジュウ</t>
+    </rPh>
+    <rPh sb="1" eb="2">
+      <t>ミチ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>空手道（人）</t>
+    <rPh sb="0" eb="1">
+      <t>カラ</t>
+    </rPh>
+    <rPh sb="1" eb="2">
+      <t>テ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ドウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>こども剣道（人）</t>
+    <rPh sb="3" eb="4">
+      <t>ケン</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>ミチ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>剣道（人）</t>
+    <rPh sb="0" eb="1">
+      <t>ケン</t>
+    </rPh>
+    <rPh sb="1" eb="2">
+      <t>ミチ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>初心者剣道（人）</t>
+    <rPh sb="0" eb="1">
+      <t>ショ</t>
+    </rPh>
+    <rPh sb="1" eb="2">
+      <t>ココロ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>シャ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>ケン</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>ミチ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>弓道（人）</t>
+    <rPh sb="0" eb="1">
+      <t>ユミ</t>
+    </rPh>
+    <rPh sb="1" eb="2">
+      <t>ドウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>なぎなた（人）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>合気道（人）</t>
+    <rPh sb="0" eb="1">
+      <t>ゴウ</t>
+    </rPh>
+    <rPh sb="1" eb="2">
+      <t>キ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ミチ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>居合道・杖道（人）</t>
+    <rPh sb="0" eb="2">
+      <t>イアイ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ミチ</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>ツエ</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>ミチ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>居合道
+（人）</t>
+    <rPh sb="0" eb="3">
+      <t>イアイドウ</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>ヒト</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>杖道
+（人）</t>
+    <rPh sb="0" eb="2">
+      <t>ジョウドウ</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>ヒト</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>屋内プール（人）</t>
+    <rPh sb="0" eb="1">
+      <t>ヤ</t>
+    </rPh>
+    <rPh sb="1" eb="2">
+      <t>ウチ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>屋外プール（人）</t>
+    <rPh sb="0" eb="1">
+      <t>ヤ</t>
+    </rPh>
+    <rPh sb="1" eb="2">
+      <t>ソト</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>屋外幼児プール（人）</t>
+    <rPh sb="0" eb="1">
+      <t>ヤ</t>
+    </rPh>
+    <rPh sb="1" eb="2">
+      <t>ソト</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ヨウ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>コ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>トレーニング（人）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>スポーツ健康相談（人）</t>
+    <rPh sb="4" eb="6">
+      <t>ケンコウ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>ソウダン</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>健康スポーツ相談（人）</t>
+    <rPh sb="0" eb="2">
+      <t>ケンコウ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>ソウダン</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>エアライフル（人）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ビームライフル（人）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>生き生きライフ（高齢者スポーツ）（人）</t>
+    <rPh sb="0" eb="1">
+      <t>イ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>イ</t>
+    </rPh>
+    <rPh sb="8" eb="11">
+      <t>コウレイシャ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>トリム体操（人）</t>
+    <rPh sb="3" eb="4">
+      <t>カラダ</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>ミサオ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>リズム体操（人）</t>
+    <rPh sb="3" eb="5">
+      <t>タイソウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>スポーツ広場（人）</t>
+    <rPh sb="4" eb="6">
+      <t>ヒロバ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>障がい者のかたのスポーツ広場（人）</t>
+    <rPh sb="0" eb="1">
+      <t>ショウ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>モノ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>ヒロバ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>こまばサンデースポーツ（人）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>こまばサンデースポーツ(テニス）（人）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ゆったり太極拳（人）</t>
+    <rPh sb="4" eb="7">
+      <t>タイキョクケン</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>アンチエイジング体操（人）</t>
+    <rPh sb="8" eb="10">
+      <t>タイソウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>リラックスヨガ（人）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>アロマリラクゼーション（人）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>エアロビクス（人）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>シェイプボディ（人）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>パンチングエクササイズ（人）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>マットピラティス（人）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>親子ふれあいタイム（人）</t>
+    <rPh sb="0" eb="2">
+      <t>オヤコ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>エンジョイフィットネス（人）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ウォーキング（人）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>音楽体操（人）</t>
+    <rPh sb="0" eb="2">
+      <t>オンガク</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>タイソウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>シニアリズム健康体操（人）</t>
+    <rPh sb="6" eb="8">
+      <t>ケンコウ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>タイソウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>シニアストレッチ健康体操（人）</t>
+    <rPh sb="8" eb="10">
+      <t>ケンコウ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>タイソウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>さわやかリズム健康体操（人）</t>
+    <rPh sb="7" eb="9">
+      <t>ケンコウ</t>
+    </rPh>
+    <rPh sb="9" eb="11">
+      <t>タイソウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>ビームピストル（人）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>女性剣道（人）</t>
+    <rPh sb="0" eb="2">
+      <t>ジョセイ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>ケンドウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>小学校屋内プール
+（人）</t>
+    <rPh sb="0" eb="3">
+      <t>ショウガッコウ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>オクナイ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>ニン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>令和３</t>
     <rPh sb="0" eb="2">
       <t>レイワ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>中央体育館</t>
+  </si>
+  <si>
+    <t>区民センター
+体育館</t>
+  </si>
+  <si>
+    <t>駒場体育館</t>
+  </si>
+  <si>
+    <t>碑文谷体育館</t>
+  </si>
+  <si>
+    <t>八雲体育館</t>
+  </si>
+  <si>
+    <t>緑ヶ丘小学校屋内プール</t>
+    <rPh sb="0" eb="3">
+      <t>ミドリガオカ</t>
+    </rPh>
+    <rPh sb="3" eb="6">
+      <t>ショウガッコウ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>オクナイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>五本木小学校屋内プール</t>
+    <rPh sb="0" eb="6">
+      <t>ゴホンギショウガッコウ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>オクナイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>碑小学校屋内プール</t>
+    <rPh sb="0" eb="4">
+      <t>イシブミショウガッコウ</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>オクナイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>令和４</t>
     <rPh sb="0" eb="2">
       <t>レイワ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>令和５</t>
     <rPh sb="0" eb="2">
       <t>レイワ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
-[...2 lines deleted...]
-    <t>体育施設名</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>中央体育館</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>八雲体育館</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>令和６</t>
     <rPh sb="0" eb="2">
-      <t>タイイク</t>
-[...5 lines deleted...]
-      <t>メイ</t>
+      <t>レイワ</t>
     </rPh>
     <phoneticPr fontId="2"/>
-  </si>
-[...398 lines deleted...]
-    <phoneticPr fontId="3"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
-    <numFmt numFmtId="176" formatCode="0_);[Red]\(0\)"/>
-    <numFmt numFmtId="177" formatCode="#,##0_ "/>
+    <numFmt numFmtId="176" formatCode="0.0"/>
+    <numFmt numFmtId="177" formatCode="0.0_ "/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="4">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="1"/>
-[...1 lines deleted...]
-      <family val="1"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
       <charset val="128"/>
-    </font>
-[...12 lines deleted...]
-      <charset val="128"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="41">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...476 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="87">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="distributed" textRotation="255" shrinkToFit="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="distributed" textRotation="255" wrapText="1" shrinkToFit="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="distributed" textRotation="255" shrinkToFit="1"/>
+    <xf numFmtId="177" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...245 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="176" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 テーマ">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1941,51 +820,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -2083,3337 +962,2395 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B82FF504-8F94-4CAD-BFB8-C049762EF16D}">
-[...2176 lines deleted...]
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9C93D360-ABF3-4461-B5D7-AFC5191FB88E}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AZ16"/>
+  <dimension ref="A1:BA34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="J20" sqref="J20"/>
+      <pane xSplit="3" ySplit="1" topLeftCell="D2" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="D1" sqref="D1"/>
+      <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="18" x14ac:dyDescent="0.55000000000000004"/>
+  <sheetFormatPr defaultRowHeight="15.75" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="11.75" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="52" width="7.58203125" style="86" customWidth="1"/>
+    <col min="1" max="1" width="7" style="1" customWidth="1"/>
+    <col min="2" max="2" width="7.08203125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="21.08203125" style="1" customWidth="1"/>
+    <col min="4" max="52" width="7.58203125" style="2" customWidth="1"/>
+    <col min="53" max="16384" width="8.6640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:52" ht="118.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" t="s">
+    <row r="1" spans="1:53" ht="118.5" customHeight="1">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="R1" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="S1" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="T1" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="U1" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="V1" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="W1" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="Y1" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Z1" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="AA1" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="AB1" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="AC1" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="AD1" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE1" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="AF1" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="AG1" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="AH1" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="AI1" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="AJ1" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="AK1" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="AL1" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM1" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="AN1" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="AO1" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="AP1" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="AQ1" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="AR1" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS1" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="AT1" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="AU1" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AV1" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="AW1" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="AX1" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="AY1" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="AZ1" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="BA1" s="2" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="2" spans="1:53" ht="18">
+      <c r="A2" s="1">
+        <v>2021</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D2" s="3">
+        <v>15.9</v>
+      </c>
+      <c r="E2" s="3">
+        <v>35</v>
+      </c>
+      <c r="F2" s="3">
+        <v>39.299999999999997</v>
+      </c>
+      <c r="G2" s="3">
+        <v>27.9</v>
+      </c>
+      <c r="H2" s="3">
+        <v>14.4</v>
+      </c>
+      <c r="I2" s="3">
+        <v>14.7</v>
+      </c>
+      <c r="J2" s="3">
+        <v>27.6</v>
+      </c>
+      <c r="K2" s="3">
+        <v>11.1</v>
+      </c>
+      <c r="L2" s="3">
+        <v>6.2</v>
+      </c>
+      <c r="M2" s="3">
+        <v>16.5</v>
+      </c>
+      <c r="N2" s="3">
+        <v>3.6</v>
+      </c>
+      <c r="O2" s="3">
+        <v>15.8</v>
+      </c>
+      <c r="P2" s="3">
+        <v>6.8</v>
+      </c>
+      <c r="Q2" s="3">
+        <v>9.1</v>
+      </c>
+      <c r="R2" s="3">
+        <v>21.7</v>
+      </c>
+      <c r="S2" s="3"/>
+      <c r="T2" s="3"/>
+      <c r="U2" s="3"/>
+      <c r="V2" s="3"/>
+      <c r="W2" s="3"/>
+      <c r="X2" s="3">
+        <v>41.4</v>
+      </c>
+      <c r="Y2" s="3"/>
+      <c r="Z2" s="3"/>
+      <c r="AA2" s="3">
+        <v>3.7</v>
+      </c>
+      <c r="AB2" s="3">
+        <v>9.9</v>
+      </c>
+      <c r="AC2" s="3"/>
+      <c r="AD2" s="3"/>
+      <c r="AE2" s="3"/>
+      <c r="AF2" s="3">
+        <v>50.5</v>
+      </c>
+      <c r="AG2" s="3"/>
+      <c r="AH2" s="3"/>
+      <c r="AI2" s="3"/>
+      <c r="AJ2" s="3"/>
+      <c r="AK2" s="3"/>
+      <c r="AL2" s="3"/>
+      <c r="AM2" s="3"/>
+      <c r="AN2" s="3"/>
+      <c r="AO2" s="3"/>
+      <c r="AP2" s="3"/>
+      <c r="AQ2" s="3"/>
+      <c r="AR2" s="3"/>
+      <c r="AS2" s="3"/>
+      <c r="AT2" s="3"/>
+      <c r="AU2" s="3"/>
+      <c r="AV2" s="3">
+        <v>28.5</v>
+      </c>
+      <c r="AW2" s="3">
+        <v>24.3</v>
+      </c>
+      <c r="AX2" s="3">
+        <v>37.200000000000003</v>
+      </c>
+      <c r="AY2" s="3"/>
+      <c r="AZ2" s="3"/>
+    </row>
+    <row r="3" spans="1:53" ht="18">
+      <c r="A3" s="1">
+        <v>2021</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D3" s="3"/>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3">
+        <v>24.2</v>
+      </c>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3">
+        <v>19.3</v>
+      </c>
+      <c r="I3" s="3">
+        <v>18.3</v>
+      </c>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+      <c r="M3" s="3">
+        <v>10.6</v>
+      </c>
+      <c r="N3" s="3"/>
+      <c r="O3" s="3"/>
+      <c r="P3" s="3">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="Q3" s="3"/>
+      <c r="R3" s="3"/>
+      <c r="S3" s="3"/>
+      <c r="T3" s="3"/>
+      <c r="U3" s="3">
+        <v>161.4</v>
+      </c>
+      <c r="V3" s="3">
+        <v>514.1</v>
+      </c>
+      <c r="W3" s="3">
+        <v>88.1</v>
+      </c>
+      <c r="X3" s="3">
+        <v>156.19999999999999</v>
+      </c>
+      <c r="Y3" s="3"/>
+      <c r="Z3" s="3"/>
+      <c r="AA3" s="3"/>
+      <c r="AB3" s="3"/>
+      <c r="AC3" s="3"/>
+      <c r="AD3" s="3"/>
+      <c r="AE3" s="3">
+        <v>28.6</v>
+      </c>
+      <c r="AF3" s="3">
+        <v>23.2</v>
+      </c>
+      <c r="AG3" s="3"/>
+      <c r="AH3" s="3"/>
+      <c r="AI3" s="3"/>
+      <c r="AJ3" s="3"/>
+      <c r="AK3" s="3"/>
+      <c r="AL3" s="3"/>
+      <c r="AM3" s="3"/>
+      <c r="AN3" s="3"/>
+      <c r="AO3" s="3"/>
+      <c r="AP3" s="3"/>
+      <c r="AQ3" s="3"/>
+      <c r="AR3" s="3"/>
+      <c r="AS3" s="3"/>
+      <c r="AT3" s="3"/>
+      <c r="AU3" s="3"/>
+      <c r="AV3" s="3"/>
+      <c r="AW3" s="3"/>
+      <c r="AX3" s="3"/>
+      <c r="AY3" s="3"/>
+      <c r="AZ3" s="3"/>
+    </row>
+    <row r="4" spans="1:53" ht="18">
+      <c r="A4" s="1">
+        <v>2021</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D4" s="3"/>
+      <c r="E4" s="3">
+        <v>20.5</v>
+      </c>
+      <c r="F4" s="3"/>
+      <c r="G4" s="3"/>
+      <c r="H4" s="3">
+        <v>23.6</v>
+      </c>
+      <c r="I4" s="3">
+        <v>23.1</v>
+      </c>
+      <c r="J4" s="3"/>
+      <c r="K4" s="3"/>
+      <c r="L4" s="3"/>
+      <c r="M4" s="3">
+        <v>20.5</v>
+      </c>
+      <c r="N4" s="3"/>
+      <c r="O4" s="3"/>
+      <c r="P4" s="3"/>
+      <c r="Q4" s="3"/>
+      <c r="R4" s="3"/>
+      <c r="S4" s="3"/>
+      <c r="T4" s="3"/>
+      <c r="U4" s="3">
+        <v>106.3</v>
+      </c>
+      <c r="V4" s="3"/>
+      <c r="W4" s="3"/>
+      <c r="X4" s="3">
+        <v>28.6</v>
+      </c>
+      <c r="Y4" s="3"/>
+      <c r="Z4" s="3"/>
+      <c r="AA4" s="3"/>
+      <c r="AB4" s="3"/>
+      <c r="AC4" s="3">
+        <v>24.8</v>
+      </c>
+      <c r="AD4" s="3"/>
+      <c r="AE4" s="3"/>
+      <c r="AF4" s="3">
+        <v>31.7</v>
+      </c>
+      <c r="AG4" s="3"/>
+      <c r="AH4" s="3">
+        <v>33.799999999999997</v>
+      </c>
+      <c r="AI4" s="3">
+        <v>42.3</v>
+      </c>
+      <c r="AJ4" s="3"/>
+      <c r="AK4" s="3"/>
+      <c r="AL4" s="3"/>
+      <c r="AM4" s="3"/>
+      <c r="AN4" s="3"/>
+      <c r="AO4" s="3"/>
+      <c r="AP4" s="3"/>
+      <c r="AQ4" s="3"/>
+      <c r="AR4" s="3"/>
+      <c r="AS4" s="3"/>
+      <c r="AT4" s="3"/>
+      <c r="AU4" s="3">
+        <v>64.599999999999994</v>
+      </c>
+      <c r="AV4" s="3"/>
+      <c r="AW4" s="3"/>
+      <c r="AX4" s="3"/>
+      <c r="AY4" s="3"/>
+      <c r="AZ4" s="3"/>
+    </row>
+    <row r="5" spans="1:53" ht="18">
+      <c r="A5" s="1">
+        <v>2021</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D5" s="3"/>
+      <c r="E5" s="3">
+        <v>51.6</v>
+      </c>
+      <c r="F5" s="3"/>
+      <c r="G5" s="3">
+        <v>41.7</v>
+      </c>
+      <c r="H5" s="3"/>
+      <c r="I5" s="3">
+        <v>28.4</v>
+      </c>
+      <c r="J5" s="3"/>
+      <c r="K5" s="3"/>
+      <c r="L5" s="3"/>
+      <c r="M5" s="3">
+        <v>18.5</v>
+      </c>
+      <c r="N5" s="3"/>
+      <c r="O5" s="3"/>
+      <c r="P5" s="3">
+        <v>9</v>
+      </c>
+      <c r="Q5" s="3"/>
+      <c r="R5" s="3"/>
+      <c r="S5" s="3"/>
+      <c r="T5" s="3"/>
+      <c r="U5" s="3"/>
+      <c r="V5" s="3"/>
+      <c r="W5" s="3"/>
+      <c r="X5" s="3"/>
+      <c r="Y5" s="3"/>
+      <c r="Z5" s="3">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="AA5" s="3"/>
+      <c r="AB5" s="3"/>
+      <c r="AC5" s="3"/>
+      <c r="AD5" s="3">
+        <v>50</v>
+      </c>
+      <c r="AE5" s="3"/>
+      <c r="AF5" s="3"/>
+      <c r="AG5" s="3">
+        <v>8</v>
+      </c>
+      <c r="AH5" s="3"/>
+      <c r="AI5" s="3"/>
+      <c r="AJ5" s="3"/>
+      <c r="AK5" s="3"/>
+      <c r="AL5" s="3"/>
+      <c r="AM5" s="3"/>
+      <c r="AN5" s="3"/>
+      <c r="AO5" s="3"/>
+      <c r="AP5" s="3"/>
+      <c r="AQ5" s="3"/>
+      <c r="AR5" s="3"/>
+      <c r="AS5" s="3"/>
+      <c r="AT5" s="3">
+        <v>26.3</v>
+      </c>
+      <c r="AU5" s="3">
+        <v>53.4</v>
+      </c>
+      <c r="AV5" s="3"/>
+      <c r="AW5" s="3"/>
+      <c r="AX5" s="3"/>
+      <c r="AY5" s="3"/>
+      <c r="AZ5" s="3"/>
+    </row>
+    <row r="6" spans="1:53" ht="18">
+      <c r="A6" s="1">
+        <v>2021</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" s="3"/>
+      <c r="E6" s="3">
+        <v>0</v>
+      </c>
+      <c r="F6" s="3">
+        <v>0</v>
+      </c>
+      <c r="G6" s="3"/>
+      <c r="H6" s="3"/>
+      <c r="I6" s="3">
+        <v>0</v>
+      </c>
+      <c r="J6" s="3"/>
+      <c r="K6" s="3"/>
+      <c r="L6" s="3">
+        <v>0</v>
+      </c>
+      <c r="M6" s="3"/>
+      <c r="N6" s="3"/>
+      <c r="O6" s="3"/>
+      <c r="P6" s="3"/>
+      <c r="Q6" s="3"/>
+      <c r="R6" s="3"/>
+      <c r="S6" s="3"/>
+      <c r="T6" s="3"/>
+      <c r="U6" s="3"/>
+      <c r="V6" s="3"/>
+      <c r="W6" s="3"/>
+      <c r="X6" s="3">
+        <v>37</v>
+      </c>
+      <c r="Y6" s="3"/>
+      <c r="Z6" s="3"/>
+      <c r="AA6" s="3"/>
+      <c r="AB6" s="3"/>
+      <c r="AC6" s="3"/>
+      <c r="AD6" s="3">
+        <v>0</v>
+      </c>
+      <c r="AE6" s="3"/>
+      <c r="AF6" s="3">
+        <v>0</v>
+      </c>
+      <c r="AG6" s="3"/>
+      <c r="AH6" s="3"/>
+      <c r="AI6" s="3"/>
+      <c r="AJ6" s="3">
+        <v>0</v>
+      </c>
+      <c r="AK6" s="3">
+        <v>0</v>
+      </c>
+      <c r="AL6" s="3">
+        <v>0</v>
+      </c>
+      <c r="AM6" s="3">
+        <v>0</v>
+      </c>
+      <c r="AN6" s="3">
+        <v>0</v>
+      </c>
+      <c r="AO6" s="3">
+        <v>0</v>
+      </c>
+      <c r="AP6" s="3">
+        <v>0</v>
+      </c>
+      <c r="AQ6" s="3">
+        <v>0</v>
+      </c>
+      <c r="AR6" s="3">
+        <v>0</v>
+      </c>
+      <c r="AS6" s="3">
+        <v>0</v>
+      </c>
+      <c r="AT6" s="3"/>
+      <c r="AU6" s="3">
+        <v>0</v>
+      </c>
+      <c r="AV6" s="3"/>
+      <c r="AW6" s="3"/>
+      <c r="AX6" s="3"/>
+      <c r="AY6" s="3"/>
+      <c r="AZ6" s="3"/>
+    </row>
+    <row r="7" spans="1:53" ht="18">
+      <c r="A7" s="1">
+        <v>2021</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="BA7" s="1">
+        <v>123.1</v>
+      </c>
+    </row>
+    <row r="8" spans="1:53" ht="18">
+      <c r="A8" s="1">
+        <v>2021</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="B1" t="s">
+      <c r="BA8" s="1">
+        <v>109.8</v>
+      </c>
+    </row>
+    <row r="9" spans="1:53" ht="18">
+      <c r="A9" s="1">
+        <v>2021</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="C1" t="s">
+      <c r="BA9" s="1">
+        <v>121.9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:53" ht="18">
+      <c r="A10" s="1">
+        <v>2022</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D10" s="3">
+        <v>11.5</v>
+      </c>
+      <c r="E10" s="3">
+        <v>46.8</v>
+      </c>
+      <c r="F10" s="3">
+        <v>47.8</v>
+      </c>
+      <c r="G10" s="3">
+        <v>42.3</v>
+      </c>
+      <c r="H10" s="3">
+        <v>15.7</v>
+      </c>
+      <c r="I10" s="3">
+        <v>15.5</v>
+      </c>
+      <c r="J10" s="3">
+        <v>33.799999999999997</v>
+      </c>
+      <c r="K10" s="3">
+        <v>14.1</v>
+      </c>
+      <c r="L10" s="3">
+        <v>7</v>
+      </c>
+      <c r="M10" s="3">
+        <v>17</v>
+      </c>
+      <c r="N10" s="3">
+        <v>3.6</v>
+      </c>
+      <c r="O10" s="3">
+        <v>20.8</v>
+      </c>
+      <c r="P10" s="3">
+        <v>5.4</v>
+      </c>
+      <c r="Q10" s="3">
+        <v>9.4</v>
+      </c>
+      <c r="R10" s="3"/>
+      <c r="S10" s="3">
+        <v>14.4</v>
+      </c>
+      <c r="T10" s="3">
+        <v>7.1</v>
+      </c>
+      <c r="U10" s="3"/>
+      <c r="V10" s="3"/>
+      <c r="W10" s="3"/>
+      <c r="X10" s="3">
+        <v>60.2</v>
+      </c>
+      <c r="Y10" s="3"/>
+      <c r="Z10" s="3"/>
+      <c r="AA10" s="3">
+        <v>2.8</v>
+      </c>
+      <c r="AB10" s="3">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="AC10" s="3"/>
+      <c r="AD10" s="3"/>
+      <c r="AE10" s="3"/>
+      <c r="AF10" s="3">
+        <v>41</v>
+      </c>
+      <c r="AG10" s="3"/>
+      <c r="AH10" s="3"/>
+      <c r="AI10" s="3"/>
+      <c r="AJ10" s="3"/>
+      <c r="AK10" s="3"/>
+      <c r="AL10" s="3"/>
+      <c r="AM10" s="3"/>
+      <c r="AN10" s="3"/>
+      <c r="AO10" s="3"/>
+      <c r="AP10" s="3"/>
+      <c r="AQ10" s="3"/>
+      <c r="AR10" s="3"/>
+      <c r="AS10" s="3"/>
+      <c r="AT10" s="3"/>
+      <c r="AU10" s="3"/>
+      <c r="AV10" s="3">
+        <v>28.3</v>
+      </c>
+      <c r="AW10" s="3">
+        <v>28.5</v>
+      </c>
+      <c r="AX10" s="3">
+        <v>46.5</v>
+      </c>
+      <c r="AY10" s="3">
+        <v>2.9</v>
+      </c>
+      <c r="AZ10" s="3"/>
+    </row>
+    <row r="11" spans="1:53" ht="18">
+      <c r="A11" s="1">
+        <v>2022</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D11" s="3"/>
+      <c r="E11" s="3"/>
+      <c r="F11" s="3">
+        <v>27.6</v>
+      </c>
+      <c r="G11" s="3"/>
+      <c r="H11" s="3">
+        <v>18.600000000000001</v>
+      </c>
+      <c r="I11" s="3">
+        <v>17.2</v>
+      </c>
+      <c r="J11" s="3"/>
+      <c r="K11" s="3"/>
+      <c r="L11" s="3"/>
+      <c r="M11" s="3">
+        <v>8.1</v>
+      </c>
+      <c r="N11" s="3"/>
+      <c r="O11" s="3"/>
+      <c r="P11" s="3">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="Q11" s="3"/>
+      <c r="R11" s="3"/>
+      <c r="S11" s="3"/>
+      <c r="T11" s="3"/>
+      <c r="U11" s="3">
+        <v>167.5</v>
+      </c>
+      <c r="V11" s="3">
+        <v>504.1</v>
+      </c>
+      <c r="W11" s="3">
+        <v>75.900000000000006</v>
+      </c>
+      <c r="X11" s="3">
+        <v>188</v>
+      </c>
+      <c r="Y11" s="3"/>
+      <c r="Z11" s="3"/>
+      <c r="AA11" s="3"/>
+      <c r="AB11" s="3"/>
+      <c r="AC11" s="3"/>
+      <c r="AD11" s="3"/>
+      <c r="AE11" s="3">
+        <v>26.2</v>
+      </c>
+      <c r="AF11" s="3">
+        <v>16.899999999999999</v>
+      </c>
+      <c r="AG11" s="3"/>
+      <c r="AH11" s="3"/>
+      <c r="AI11" s="3"/>
+      <c r="AJ11" s="3"/>
+      <c r="AK11" s="3"/>
+      <c r="AL11" s="3"/>
+      <c r="AM11" s="3"/>
+      <c r="AN11" s="3"/>
+      <c r="AO11" s="3"/>
+      <c r="AP11" s="3"/>
+      <c r="AQ11" s="3"/>
+      <c r="AR11" s="3"/>
+      <c r="AS11" s="3"/>
+      <c r="AT11" s="3"/>
+      <c r="AU11" s="3"/>
+      <c r="AV11" s="3"/>
+      <c r="AW11" s="3"/>
+      <c r="AX11" s="3"/>
+      <c r="AY11" s="3"/>
+      <c r="AZ11" s="3"/>
+    </row>
+    <row r="12" spans="1:53" ht="18">
+      <c r="A12" s="1">
+        <v>2022</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D12" s="3"/>
+      <c r="E12" s="3">
+        <v>23.3</v>
+      </c>
+      <c r="F12" s="3"/>
+      <c r="G12" s="3"/>
+      <c r="H12" s="3">
+        <v>24</v>
+      </c>
+      <c r="I12" s="3">
+        <v>27.5</v>
+      </c>
+      <c r="J12" s="3"/>
+      <c r="K12" s="3"/>
+      <c r="L12" s="3"/>
+      <c r="M12" s="3">
+        <v>17.5</v>
+      </c>
+      <c r="N12" s="3"/>
+      <c r="O12" s="3"/>
+      <c r="P12" s="3"/>
+      <c r="Q12" s="3"/>
+      <c r="R12" s="3"/>
+      <c r="S12" s="3"/>
+      <c r="T12" s="3"/>
+      <c r="U12" s="3">
+        <v>106</v>
+      </c>
+      <c r="V12" s="3"/>
+      <c r="W12" s="3"/>
+      <c r="X12" s="3">
+        <v>36.299999999999997</v>
+      </c>
+      <c r="Y12" s="3"/>
+      <c r="Z12" s="3"/>
+      <c r="AA12" s="3"/>
+      <c r="AB12" s="3"/>
+      <c r="AC12" s="3">
+        <v>28.2</v>
+      </c>
+      <c r="AD12" s="3"/>
+      <c r="AE12" s="3"/>
+      <c r="AF12" s="3">
+        <v>28</v>
+      </c>
+      <c r="AG12" s="3"/>
+      <c r="AH12" s="3">
+        <v>36.799999999999997</v>
+      </c>
+      <c r="AI12" s="3">
+        <v>44.2</v>
+      </c>
+      <c r="AJ12" s="3"/>
+      <c r="AK12" s="3"/>
+      <c r="AL12" s="3"/>
+      <c r="AM12" s="3"/>
+      <c r="AN12" s="3"/>
+      <c r="AO12" s="3"/>
+      <c r="AP12" s="3"/>
+      <c r="AQ12" s="3"/>
+      <c r="AR12" s="3"/>
+      <c r="AS12" s="3"/>
+      <c r="AT12" s="3"/>
+      <c r="AU12" s="3">
+        <v>71.099999999999994</v>
+      </c>
+      <c r="AV12" s="3"/>
+      <c r="AW12" s="3"/>
+      <c r="AX12" s="3"/>
+      <c r="AY12" s="3"/>
+      <c r="AZ12" s="3"/>
+    </row>
+    <row r="13" spans="1:53" ht="18">
+      <c r="A13" s="1">
+        <v>2022</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D13" s="3"/>
+      <c r="E13" s="3">
+        <v>47</v>
+      </c>
+      <c r="F13" s="3"/>
+      <c r="G13" s="3">
+        <v>50.5</v>
+      </c>
+      <c r="H13" s="3"/>
+      <c r="I13" s="3">
+        <v>33.6</v>
+      </c>
+      <c r="J13" s="3"/>
+      <c r="K13" s="3"/>
+      <c r="L13" s="3"/>
+      <c r="M13" s="3">
+        <v>12</v>
+      </c>
+      <c r="N13" s="3"/>
+      <c r="O13" s="3"/>
+      <c r="P13" s="3">
+        <v>10.7</v>
+      </c>
+      <c r="Q13" s="3"/>
+      <c r="R13" s="3"/>
+      <c r="S13" s="3"/>
+      <c r="T13" s="3"/>
+      <c r="U13" s="3"/>
+      <c r="V13" s="3"/>
+      <c r="W13" s="3"/>
+      <c r="X13" s="3"/>
+      <c r="Y13" s="3"/>
+      <c r="Z13" s="3">
+        <v>1.3</v>
+      </c>
+      <c r="AA13" s="3"/>
+      <c r="AB13" s="3"/>
+      <c r="AC13" s="3"/>
+      <c r="AD13" s="3">
+        <v>33.9</v>
+      </c>
+      <c r="AE13" s="3"/>
+      <c r="AF13" s="3"/>
+      <c r="AG13" s="3">
+        <v>12.1</v>
+      </c>
+      <c r="AH13" s="3"/>
+      <c r="AI13" s="3"/>
+      <c r="AJ13" s="3"/>
+      <c r="AK13" s="3"/>
+      <c r="AL13" s="3"/>
+      <c r="AM13" s="3"/>
+      <c r="AN13" s="3"/>
+      <c r="AO13" s="3"/>
+      <c r="AP13" s="3"/>
+      <c r="AQ13" s="3"/>
+      <c r="AR13" s="3"/>
+      <c r="AS13" s="3"/>
+      <c r="AT13" s="3">
+        <v>29</v>
+      </c>
+      <c r="AU13" s="3">
+        <v>43.5</v>
+      </c>
+      <c r="AV13" s="3"/>
+      <c r="AW13" s="3"/>
+      <c r="AX13" s="3"/>
+      <c r="AY13" s="3"/>
+      <c r="AZ13" s="3"/>
+    </row>
+    <row r="14" spans="1:53" ht="18">
+      <c r="A14" s="1">
+        <v>2022</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D14" s="3"/>
+      <c r="E14" s="3">
+        <v>38.4</v>
+      </c>
+      <c r="F14" s="3">
+        <v>40.9</v>
+      </c>
+      <c r="G14" s="3"/>
+      <c r="H14" s="3"/>
+      <c r="I14" s="3">
+        <v>22.9</v>
+      </c>
+      <c r="J14" s="3"/>
+      <c r="K14" s="3"/>
+      <c r="L14" s="3">
+        <v>12.6</v>
+      </c>
+      <c r="M14" s="3"/>
+      <c r="N14" s="3"/>
+      <c r="O14" s="3"/>
+      <c r="P14" s="3"/>
+      <c r="Q14" s="3"/>
+      <c r="R14" s="3"/>
+      <c r="S14" s="3"/>
+      <c r="T14" s="3"/>
+      <c r="U14" s="3"/>
+      <c r="V14" s="3"/>
+      <c r="W14" s="3"/>
+      <c r="X14" s="3">
+        <v>54.9</v>
+      </c>
+      <c r="Y14" s="3"/>
+      <c r="Z14" s="3"/>
+      <c r="AA14" s="3"/>
+      <c r="AB14" s="3"/>
+      <c r="AC14" s="3"/>
+      <c r="AD14" s="3">
+        <v>43.6</v>
+      </c>
+      <c r="AE14" s="3">
+        <v>51</v>
+      </c>
+      <c r="AF14" s="3">
+        <v>55.8</v>
+      </c>
+      <c r="AG14" s="3"/>
+      <c r="AH14" s="3"/>
+      <c r="AI14" s="3"/>
+      <c r="AJ14" s="3">
+        <v>17.3</v>
+      </c>
+      <c r="AK14" s="3">
+        <v>52.4</v>
+      </c>
+      <c r="AL14" s="3">
+        <v>37.700000000000003</v>
+      </c>
+      <c r="AM14" s="3">
+        <v>16.8</v>
+      </c>
+      <c r="AN14" s="3">
+        <v>14.9</v>
+      </c>
+      <c r="AO14" s="3">
+        <v>10.4</v>
+      </c>
+      <c r="AP14" s="3">
+        <v>35.700000000000003</v>
+      </c>
+      <c r="AQ14" s="3">
+        <v>19.7</v>
+      </c>
+      <c r="AR14" s="3">
+        <v>20.8</v>
+      </c>
+      <c r="AS14" s="3">
+        <v>10.5</v>
+      </c>
+      <c r="AT14" s="3"/>
+      <c r="AU14" s="3">
+        <v>27</v>
+      </c>
+      <c r="AV14" s="3"/>
+      <c r="AW14" s="3"/>
+      <c r="AX14" s="3"/>
+      <c r="AY14" s="3"/>
+      <c r="AZ14" s="3"/>
+    </row>
+    <row r="15" spans="1:53" ht="18">
+      <c r="A15" s="1">
+        <v>2022</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="BA15" s="1">
+        <v>133.1</v>
+      </c>
+    </row>
+    <row r="16" spans="1:53" ht="18">
+      <c r="A16" s="1">
+        <v>2022</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="BA16" s="1">
+        <v>119.7</v>
+      </c>
+    </row>
+    <row r="17" spans="1:53" ht="18">
+      <c r="A17" s="1">
+        <v>2022</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="BA17" s="1">
+        <v>126.5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:53" ht="18">
+      <c r="A18" s="1">
+        <v>2023</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D18" s="3">
+        <v>10.1</v>
+      </c>
+      <c r="E18" s="3">
+        <v>55.6</v>
+      </c>
+      <c r="F18" s="3">
+        <v>50.4</v>
+      </c>
+      <c r="G18" s="3">
+        <v>60.3</v>
+      </c>
+      <c r="H18" s="3">
+        <v>13.4</v>
+      </c>
+      <c r="I18" s="3">
+        <v>15.6</v>
+      </c>
+      <c r="J18" s="3">
+        <v>34</v>
+      </c>
+      <c r="K18" s="3">
+        <v>15.9</v>
+      </c>
+      <c r="L18" s="3">
+        <v>5.6</v>
+      </c>
+      <c r="M18" s="3">
+        <v>17.899999999999999</v>
+      </c>
+      <c r="N18" s="3">
+        <v>3.8</v>
+      </c>
+      <c r="O18" s="3">
+        <v>22</v>
+      </c>
+      <c r="P18" s="3">
+        <v>6.8</v>
+      </c>
+      <c r="Q18" s="3">
+        <v>14</v>
+      </c>
+      <c r="R18" s="3"/>
+      <c r="S18" s="3">
+        <v>12</v>
+      </c>
+      <c r="T18" s="3">
+        <v>6.5</v>
+      </c>
+      <c r="U18" s="3"/>
+      <c r="V18" s="3"/>
+      <c r="W18" s="3"/>
+      <c r="X18" s="3">
+        <v>84.7</v>
+      </c>
+      <c r="Y18" s="3">
+        <v>1.3</v>
+      </c>
+      <c r="Z18" s="3"/>
+      <c r="AA18" s="3">
+        <v>3.7</v>
+      </c>
+      <c r="AB18" s="3">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="AC18" s="3"/>
+      <c r="AD18" s="3"/>
+      <c r="AE18" s="3"/>
+      <c r="AF18" s="3">
+        <v>52.2</v>
+      </c>
+      <c r="AG18" s="3"/>
+      <c r="AH18" s="3"/>
+      <c r="AI18" s="3"/>
+      <c r="AJ18" s="3"/>
+      <c r="AK18" s="3"/>
+      <c r="AL18" s="3"/>
+      <c r="AM18" s="3"/>
+      <c r="AN18" s="3"/>
+      <c r="AO18" s="3"/>
+      <c r="AP18" s="3"/>
+      <c r="AQ18" s="3"/>
+      <c r="AR18" s="3"/>
+      <c r="AS18" s="3"/>
+      <c r="AT18" s="3"/>
+      <c r="AU18" s="3"/>
+      <c r="AV18" s="3">
+        <v>42.3</v>
+      </c>
+      <c r="AW18" s="3">
+        <v>30.1</v>
+      </c>
+      <c r="AX18" s="3">
+        <v>45.9</v>
+      </c>
+      <c r="AY18" s="3">
+        <v>5.3</v>
+      </c>
+      <c r="AZ18" s="3">
+        <v>4.3</v>
+      </c>
+    </row>
+    <row r="19" spans="1:53" ht="18">
+      <c r="A19" s="1">
+        <v>2023</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D19" s="3"/>
+      <c r="E19" s="3"/>
+      <c r="F19" s="3">
+        <v>28.5</v>
+      </c>
+      <c r="G19" s="3"/>
+      <c r="H19" s="3">
+        <v>19.5</v>
+      </c>
+      <c r="I19" s="3">
+        <v>17.399999999999999</v>
+      </c>
+      <c r="J19" s="3"/>
+      <c r="K19" s="3"/>
+      <c r="L19" s="3"/>
+      <c r="M19" s="3">
+        <v>7.7</v>
+      </c>
+      <c r="N19" s="3"/>
+      <c r="O19" s="3"/>
+      <c r="P19" s="3">
+        <v>7.9</v>
+      </c>
+      <c r="Q19" s="3"/>
+      <c r="R19" s="3"/>
+      <c r="S19" s="3"/>
+      <c r="T19" s="3"/>
+      <c r="U19" s="3">
+        <v>176.4</v>
+      </c>
+      <c r="V19" s="3">
+        <v>636</v>
+      </c>
+      <c r="W19" s="3">
+        <v>108.8</v>
+      </c>
+      <c r="X19" s="3">
+        <v>236.6</v>
+      </c>
+      <c r="Y19" s="3"/>
+      <c r="Z19" s="3"/>
+      <c r="AA19" s="3"/>
+      <c r="AB19" s="3"/>
+      <c r="AC19" s="3"/>
+      <c r="AD19" s="3"/>
+      <c r="AE19" s="3">
+        <v>24.6</v>
+      </c>
+      <c r="AF19" s="3">
+        <v>19</v>
+      </c>
+      <c r="AG19" s="3"/>
+      <c r="AH19" s="3"/>
+      <c r="AI19" s="3"/>
+      <c r="AJ19" s="3"/>
+      <c r="AK19" s="3"/>
+      <c r="AL19" s="3"/>
+      <c r="AM19" s="3"/>
+      <c r="AN19" s="3"/>
+      <c r="AO19" s="3"/>
+      <c r="AP19" s="3"/>
+      <c r="AQ19" s="3"/>
+      <c r="AR19" s="3"/>
+      <c r="AS19" s="3"/>
+      <c r="AT19" s="3"/>
+      <c r="AU19" s="3"/>
+      <c r="AV19" s="3"/>
+      <c r="AW19" s="3"/>
+      <c r="AX19" s="3"/>
+      <c r="AY19" s="3"/>
+      <c r="AZ19" s="3"/>
+    </row>
+    <row r="20" spans="1:53" ht="18">
+      <c r="A20" s="1">
+        <v>2023</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D20" s="3"/>
+      <c r="E20" s="3">
+        <v>21</v>
+      </c>
+      <c r="F20" s="3"/>
+      <c r="G20" s="3"/>
+      <c r="H20" s="3">
+        <v>25.7</v>
+      </c>
+      <c r="I20" s="3">
+        <v>29.6</v>
+      </c>
+      <c r="J20" s="3"/>
+      <c r="K20" s="3"/>
+      <c r="L20" s="3"/>
+      <c r="M20" s="3">
+        <v>15.7</v>
+      </c>
+      <c r="N20" s="3"/>
+      <c r="O20" s="3"/>
+      <c r="P20" s="3"/>
+      <c r="Q20" s="3"/>
+      <c r="R20" s="3"/>
+      <c r="S20" s="3"/>
+      <c r="T20" s="3"/>
+      <c r="U20" s="3">
+        <v>104</v>
+      </c>
+      <c r="V20" s="3"/>
+      <c r="W20" s="3"/>
+      <c r="X20" s="3">
+        <v>45.8</v>
+      </c>
+      <c r="Y20" s="3"/>
+      <c r="Z20" s="3"/>
+      <c r="AA20" s="3"/>
+      <c r="AB20" s="3"/>
+      <c r="AC20" s="3">
+        <v>28</v>
+      </c>
+      <c r="AD20" s="3"/>
+      <c r="AE20" s="3"/>
+      <c r="AF20" s="3">
+        <v>25.3</v>
+      </c>
+      <c r="AG20" s="3"/>
+      <c r="AH20" s="3">
+        <v>27.8</v>
+      </c>
+      <c r="AI20" s="3">
+        <v>39.700000000000003</v>
+      </c>
+      <c r="AJ20" s="3"/>
+      <c r="AK20" s="3"/>
+      <c r="AL20" s="3"/>
+      <c r="AM20" s="3"/>
+      <c r="AN20" s="3"/>
+      <c r="AO20" s="3"/>
+      <c r="AP20" s="3"/>
+      <c r="AQ20" s="3"/>
+      <c r="AR20" s="3"/>
+      <c r="AS20" s="3"/>
+      <c r="AT20" s="3"/>
+      <c r="AU20" s="3">
+        <v>67.400000000000006</v>
+      </c>
+      <c r="AV20" s="3"/>
+      <c r="AW20" s="3"/>
+      <c r="AX20" s="3"/>
+      <c r="AY20" s="3"/>
+      <c r="AZ20" s="3"/>
+    </row>
+    <row r="21" spans="1:53" ht="18">
+      <c r="A21" s="1">
+        <v>2023</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D21" s="3"/>
+      <c r="E21" s="3">
+        <v>45.2</v>
+      </c>
+      <c r="F21" s="3"/>
+      <c r="G21" s="3">
+        <v>56.3</v>
+      </c>
+      <c r="H21" s="3"/>
+      <c r="I21" s="3">
+        <v>37.9</v>
+      </c>
+      <c r="J21" s="3"/>
+      <c r="K21" s="3"/>
+      <c r="L21" s="3"/>
+      <c r="M21" s="3">
+        <v>10.9</v>
+      </c>
+      <c r="N21" s="3"/>
+      <c r="O21" s="3"/>
+      <c r="P21" s="3">
+        <v>11.4</v>
+      </c>
+      <c r="Q21" s="3"/>
+      <c r="R21" s="3"/>
+      <c r="S21" s="3"/>
+      <c r="T21" s="3"/>
+      <c r="U21" s="3"/>
+      <c r="V21" s="3"/>
+      <c r="W21" s="3"/>
+      <c r="X21" s="3"/>
+      <c r="Y21" s="3"/>
+      <c r="Z21" s="3">
+        <v>1.2</v>
+      </c>
+      <c r="AA21" s="3"/>
+      <c r="AB21" s="3"/>
+      <c r="AC21" s="3"/>
+      <c r="AD21" s="3">
+        <v>21.9</v>
+      </c>
+      <c r="AE21" s="3"/>
+      <c r="AF21" s="3"/>
+      <c r="AG21" s="3">
+        <v>9.5</v>
+      </c>
+      <c r="AH21" s="3"/>
+      <c r="AI21" s="3"/>
+      <c r="AJ21" s="3"/>
+      <c r="AK21" s="3"/>
+      <c r="AL21" s="3"/>
+      <c r="AM21" s="3"/>
+      <c r="AN21" s="3"/>
+      <c r="AO21" s="3"/>
+      <c r="AP21" s="3"/>
+      <c r="AQ21" s="3"/>
+      <c r="AR21" s="3"/>
+      <c r="AS21" s="3"/>
+      <c r="AT21" s="3">
+        <v>26.4</v>
+      </c>
+      <c r="AU21" s="3">
+        <v>29.5</v>
+      </c>
+      <c r="AV21" s="3"/>
+      <c r="AW21" s="3"/>
+      <c r="AX21" s="3"/>
+      <c r="AY21" s="3"/>
+      <c r="AZ21" s="3"/>
+    </row>
+    <row r="22" spans="1:53" ht="18">
+      <c r="A22" s="1">
+        <v>2023</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="D1" s="86" t="s">
+      <c r="D22" s="3"/>
+      <c r="E22" s="3">
+        <v>41.9</v>
+      </c>
+      <c r="F22" s="3">
+        <v>49.5</v>
+      </c>
+      <c r="G22" s="3"/>
+      <c r="H22" s="3"/>
+      <c r="I22" s="3">
+        <v>36.4</v>
+      </c>
+      <c r="J22" s="3"/>
+      <c r="K22" s="3"/>
+      <c r="L22" s="3">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="M22" s="3"/>
+      <c r="N22" s="3"/>
+      <c r="O22" s="3"/>
+      <c r="P22" s="3"/>
+      <c r="Q22" s="3"/>
+      <c r="R22" s="3"/>
+      <c r="S22" s="3"/>
+      <c r="T22" s="3"/>
+      <c r="U22" s="3"/>
+      <c r="V22" s="3"/>
+      <c r="W22" s="3"/>
+      <c r="X22" s="3">
+        <v>78.099999999999994</v>
+      </c>
+      <c r="Y22" s="3"/>
+      <c r="Z22" s="3"/>
+      <c r="AA22" s="3"/>
+      <c r="AB22" s="3"/>
+      <c r="AC22" s="3"/>
+      <c r="AD22" s="3">
+        <v>48.6</v>
+      </c>
+      <c r="AE22" s="3">
+        <v>54.3</v>
+      </c>
+      <c r="AF22" s="3">
+        <v>78.599999999999994</v>
+      </c>
+      <c r="AG22" s="3"/>
+      <c r="AH22" s="3"/>
+      <c r="AI22" s="3"/>
+      <c r="AJ22" s="3">
+        <v>24.1</v>
+      </c>
+      <c r="AK22" s="3"/>
+      <c r="AL22" s="3">
+        <v>42</v>
+      </c>
+      <c r="AM22" s="3"/>
+      <c r="AN22" s="3">
+        <v>19.8</v>
+      </c>
+      <c r="AO22" s="3">
+        <v>14.5</v>
+      </c>
+      <c r="AP22" s="3">
+        <v>44.8</v>
+      </c>
+      <c r="AQ22" s="3">
+        <v>24.2</v>
+      </c>
+      <c r="AR22" s="3">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="AS22" s="3">
+        <v>12.6</v>
+      </c>
+      <c r="AT22" s="3"/>
+      <c r="AU22" s="3">
+        <v>33.799999999999997</v>
+      </c>
+      <c r="AV22" s="3"/>
+      <c r="AW22" s="3"/>
+      <c r="AX22" s="3"/>
+      <c r="AY22" s="3"/>
+      <c r="AZ22" s="3"/>
+    </row>
+    <row r="23" spans="1:53" ht="18">
+      <c r="A23" s="1">
+        <v>2023</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="BA23" s="1">
+        <v>143.4</v>
+      </c>
+    </row>
+    <row r="24" spans="1:53" ht="18">
+      <c r="A24" s="1">
+        <v>2023</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="BA24" s="1">
+        <v>131.6</v>
+      </c>
+    </row>
+    <row r="25" spans="1:53" ht="18">
+      <c r="A25" s="1">
+        <v>2023</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="BA25" s="1">
+        <v>145.19999999999999</v>
+      </c>
+    </row>
+    <row r="26" spans="1:53" ht="18">
+      <c r="A26" s="1">
+        <v>2024</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="E1" s="86" t="s">
-[...107 lines deleted...]
-      <c r="AO1" s="86" t="s">
+      <c r="C26" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D26" s="4">
+        <v>10.7</v>
+      </c>
+      <c r="E26" s="4">
+        <v>65</v>
+      </c>
+      <c r="F26" s="4">
+        <v>51.3</v>
+      </c>
+      <c r="G26" s="4">
+        <v>71.8</v>
+      </c>
+      <c r="H26" s="4">
+        <v>16.3</v>
+      </c>
+      <c r="I26" s="4">
+        <v>18.600000000000001</v>
+      </c>
+      <c r="J26" s="4">
+        <v>35.5</v>
+      </c>
+      <c r="K26" s="4">
+        <v>17.100000000000001</v>
+      </c>
+      <c r="L26" s="4">
+        <v>6.7</v>
+      </c>
+      <c r="M26" s="4">
+        <v>18.2</v>
+      </c>
+      <c r="N26" s="4">
+        <v>3.3</v>
+      </c>
+      <c r="O26" s="4">
+        <v>24.1</v>
+      </c>
+      <c r="P26" s="4">
+        <v>6.6</v>
+      </c>
+      <c r="Q26" s="4">
+        <v>16.100000000000001</v>
+      </c>
+      <c r="R26" s="4"/>
+      <c r="S26" s="4">
+        <v>14.6</v>
+      </c>
+      <c r="T26" s="4">
+        <v>7.5</v>
+      </c>
+      <c r="U26" s="4"/>
+      <c r="V26" s="4"/>
+      <c r="W26" s="4"/>
+      <c r="X26" s="4">
+        <v>97.4</v>
+      </c>
+      <c r="Y26" s="4">
+        <v>1.3</v>
+      </c>
+      <c r="Z26" s="4"/>
+      <c r="AA26" s="4">
+        <v>3.8</v>
+      </c>
+      <c r="AB26" s="4">
+        <v>13</v>
+      </c>
+      <c r="AC26" s="4"/>
+      <c r="AD26" s="4"/>
+      <c r="AE26" s="4"/>
+      <c r="AF26" s="4">
+        <v>60.4</v>
+      </c>
+      <c r="AG26" s="4"/>
+      <c r="AH26" s="4"/>
+      <c r="AI26" s="4"/>
+      <c r="AJ26" s="4"/>
+      <c r="AK26" s="4"/>
+      <c r="AL26" s="4"/>
+      <c r="AM26" s="4"/>
+      <c r="AN26" s="4"/>
+      <c r="AO26" s="4"/>
+      <c r="AP26" s="4"/>
+      <c r="AQ26" s="4"/>
+      <c r="AR26" s="4"/>
+      <c r="AS26" s="4"/>
+      <c r="AT26" s="4"/>
+      <c r="AU26" s="4"/>
+      <c r="AV26" s="4">
+        <v>53.5</v>
+      </c>
+      <c r="AW26" s="4">
+        <v>33.4</v>
+      </c>
+      <c r="AX26" s="4">
+        <v>47.2</v>
+      </c>
+      <c r="AY26" s="4">
+        <v>12.7</v>
+      </c>
+      <c r="AZ26" s="4">
+        <v>4.8</v>
+      </c>
+    </row>
+    <row r="27" spans="1:53" ht="18">
+      <c r="A27" s="1">
+        <v>2024</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D27" s="4"/>
+      <c r="E27" s="4"/>
+      <c r="F27" s="4">
+        <v>36.1</v>
+      </c>
+      <c r="G27" s="4"/>
+      <c r="H27" s="4">
+        <v>18.600000000000001</v>
+      </c>
+      <c r="I27" s="4">
+        <v>18.8</v>
+      </c>
+      <c r="J27" s="4"/>
+      <c r="K27" s="4"/>
+      <c r="L27" s="4"/>
+      <c r="M27" s="4">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="N27" s="4"/>
+      <c r="O27" s="4"/>
+      <c r="P27" s="4">
+        <v>9</v>
+      </c>
+      <c r="Q27" s="4"/>
+      <c r="R27" s="4"/>
+      <c r="S27" s="4"/>
+      <c r="T27" s="4"/>
+      <c r="U27" s="4">
+        <v>172.7</v>
+      </c>
+      <c r="V27" s="4">
+        <v>566.20000000000005</v>
+      </c>
+      <c r="W27" s="4">
         <v>103</v>
       </c>
-      <c r="AP1" s="86" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="X27" s="4">
+        <v>257.8</v>
+      </c>
+      <c r="Y27" s="4"/>
+      <c r="Z27" s="4"/>
+      <c r="AA27" s="4"/>
+      <c r="AB27" s="4"/>
+      <c r="AC27" s="4"/>
+      <c r="AD27" s="4"/>
+      <c r="AE27" s="4">
+        <v>25.3</v>
+      </c>
+      <c r="AF27" s="4">
+        <v>19.5</v>
+      </c>
+      <c r="AG27" s="4"/>
+      <c r="AH27" s="4"/>
+      <c r="AI27" s="4"/>
+      <c r="AJ27" s="4"/>
+      <c r="AK27" s="4"/>
+      <c r="AL27" s="4"/>
+      <c r="AM27" s="4"/>
+      <c r="AN27" s="4"/>
+      <c r="AO27" s="4"/>
+      <c r="AP27" s="4"/>
+      <c r="AQ27" s="4"/>
+      <c r="AR27" s="4"/>
+      <c r="AS27" s="4"/>
+      <c r="AT27" s="4"/>
+      <c r="AU27" s="4"/>
+      <c r="AV27" s="4"/>
+      <c r="AW27" s="4"/>
+      <c r="AX27" s="4"/>
+      <c r="AY27" s="4"/>
+      <c r="AZ27" s="4"/>
     </row>
-    <row r="2" spans="1:52" x14ac:dyDescent="0.55000000000000004">
-[...51 lines deleted...]
-      <c r="T2" s="86">
+    <row r="28" spans="1:53" ht="18">
+      <c r="A28" s="1">
+        <v>2024</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D28" s="4"/>
+      <c r="E28" s="4">
+        <v>23.8</v>
+      </c>
+      <c r="F28" s="4"/>
+      <c r="G28" s="4"/>
+      <c r="H28" s="4">
+        <v>24.8</v>
+      </c>
+      <c r="I28" s="4">
+        <v>46.9</v>
+      </c>
+      <c r="J28" s="4"/>
+      <c r="K28" s="4"/>
+      <c r="L28" s="4"/>
+      <c r="M28" s="4">
+        <v>17.3</v>
+      </c>
+      <c r="N28" s="4"/>
+      <c r="O28" s="4"/>
+      <c r="P28" s="4"/>
+      <c r="Q28" s="4"/>
+      <c r="R28" s="4"/>
+      <c r="S28" s="4"/>
+      <c r="T28" s="4"/>
+      <c r="U28" s="4">
+        <v>112.1</v>
+      </c>
+      <c r="V28" s="4"/>
+      <c r="W28" s="4"/>
+      <c r="X28" s="4">
+        <v>47.6</v>
+      </c>
+      <c r="Y28" s="4"/>
+      <c r="Z28" s="4"/>
+      <c r="AA28" s="4"/>
+      <c r="AB28" s="4"/>
+      <c r="AC28" s="4">
+        <v>27.9</v>
+      </c>
+      <c r="AD28" s="4"/>
+      <c r="AE28" s="4"/>
+      <c r="AF28" s="4">
+        <v>24.3</v>
+      </c>
+      <c r="AG28" s="4"/>
+      <c r="AH28" s="4">
+        <v>32.4</v>
+      </c>
+      <c r="AI28" s="4">
+        <v>40.299999999999997</v>
+      </c>
+      <c r="AJ28" s="4"/>
+      <c r="AK28" s="4"/>
+      <c r="AL28" s="4"/>
+      <c r="AM28" s="4"/>
+      <c r="AN28" s="4"/>
+      <c r="AO28" s="4"/>
+      <c r="AP28" s="4"/>
+      <c r="AQ28" s="4"/>
+      <c r="AR28" s="4"/>
+      <c r="AS28" s="4"/>
+      <c r="AT28" s="4"/>
+      <c r="AU28" s="4">
+        <v>63.3</v>
+      </c>
+      <c r="AV28" s="4"/>
+      <c r="AW28" s="4"/>
+      <c r="AX28" s="4"/>
+      <c r="AY28" s="4"/>
+      <c r="AZ28" s="4"/>
+    </row>
+    <row r="29" spans="1:53" ht="18">
+      <c r="A29" s="1">
+        <v>2024</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D29" s="4"/>
+      <c r="E29" s="4">
+        <v>52.3</v>
+      </c>
+      <c r="F29" s="4"/>
+      <c r="G29" s="4">
+        <v>59.4</v>
+      </c>
+      <c r="H29" s="4"/>
+      <c r="I29" s="4">
+        <v>46.5</v>
+      </c>
+      <c r="J29" s="4"/>
+      <c r="K29" s="4"/>
+      <c r="L29" s="4"/>
+      <c r="M29" s="4">
+        <v>7.8</v>
+      </c>
+      <c r="N29" s="4"/>
+      <c r="O29" s="4"/>
+      <c r="P29" s="4">
+        <v>8.6</v>
+      </c>
+      <c r="Q29" s="4"/>
+      <c r="R29" s="4"/>
+      <c r="S29" s="4"/>
+      <c r="T29" s="4"/>
+      <c r="U29" s="4"/>
+      <c r="V29" s="4"/>
+      <c r="W29" s="4"/>
+      <c r="X29" s="4"/>
+      <c r="Y29" s="4"/>
+      <c r="Z29" s="4">
+        <v>1.2</v>
+      </c>
+      <c r="AA29" s="4"/>
+      <c r="AB29" s="4"/>
+      <c r="AC29" s="4"/>
+      <c r="AD29" s="4">
         <v>22</v>
       </c>
-      <c r="X2" s="86">
-[...11 lines deleted...]
-      <c r="AV2" s="86">
+      <c r="AE29" s="4"/>
+      <c r="AF29" s="4"/>
+      <c r="AG29" s="4">
+        <v>5</v>
+      </c>
+      <c r="AH29" s="4"/>
+      <c r="AI29" s="4"/>
+      <c r="AJ29" s="4"/>
+      <c r="AK29" s="4"/>
+      <c r="AL29" s="4"/>
+      <c r="AM29" s="4"/>
+      <c r="AN29" s="4"/>
+      <c r="AO29" s="4"/>
+      <c r="AP29" s="4"/>
+      <c r="AQ29" s="4"/>
+      <c r="AR29" s="4"/>
+      <c r="AS29" s="4"/>
+      <c r="AT29" s="4">
+        <v>26.5</v>
+      </c>
+      <c r="AU29" s="4">
+        <v>29.2</v>
+      </c>
+      <c r="AV29" s="4"/>
+      <c r="AW29" s="4"/>
+      <c r="AX29" s="4"/>
+      <c r="AY29" s="4"/>
+      <c r="AZ29" s="4"/>
+    </row>
+    <row r="30" spans="1:53" ht="18">
+      <c r="A30" s="1">
+        <v>2024</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D30" s="4"/>
+      <c r="E30" s="4">
+        <v>47.3</v>
+      </c>
+      <c r="F30" s="4">
+        <v>51.7</v>
+      </c>
+      <c r="G30" s="4"/>
+      <c r="H30" s="4"/>
+      <c r="I30" s="4">
+        <v>48.2</v>
+      </c>
+      <c r="J30" s="4"/>
+      <c r="K30" s="4"/>
+      <c r="L30" s="4">
+        <v>7.1</v>
+      </c>
+      <c r="M30" s="4"/>
+      <c r="N30" s="4"/>
+      <c r="O30" s="4"/>
+      <c r="P30" s="4"/>
+      <c r="Q30" s="4"/>
+      <c r="R30" s="4"/>
+      <c r="S30" s="4"/>
+      <c r="T30" s="4"/>
+      <c r="U30" s="4"/>
+      <c r="V30" s="4"/>
+      <c r="W30" s="4"/>
+      <c r="X30" s="4">
+        <v>91.7</v>
+      </c>
+      <c r="Y30" s="4"/>
+      <c r="Z30" s="4"/>
+      <c r="AA30" s="4"/>
+      <c r="AB30" s="4"/>
+      <c r="AC30" s="4"/>
+      <c r="AD30" s="4">
+        <v>48.5</v>
+      </c>
+      <c r="AE30" s="4">
+        <v>64</v>
+      </c>
+      <c r="AF30" s="4">
+        <v>89.5</v>
+      </c>
+      <c r="AG30" s="4"/>
+      <c r="AH30" s="4"/>
+      <c r="AI30" s="4"/>
+      <c r="AJ30" s="4">
         <v>29</v>
       </c>
-      <c r="AW2" s="86">
+      <c r="AK30" s="4"/>
+      <c r="AL30" s="4">
+        <v>47.9</v>
+      </c>
+      <c r="AM30" s="4"/>
+      <c r="AN30" s="4">
+        <v>23.6</v>
+      </c>
+      <c r="AO30" s="4">
+        <v>16.399999999999999</v>
+      </c>
+      <c r="AP30" s="4">
+        <v>48.7</v>
+      </c>
+      <c r="AQ30" s="4">
         <v>24</v>
       </c>
-      <c r="AX2" s="86">
-[...1 lines deleted...]
-      </c>
+      <c r="AR30" s="4">
+        <v>2.6</v>
+      </c>
+      <c r="AS30" s="4">
+        <v>11.8</v>
+      </c>
+      <c r="AT30" s="4"/>
+      <c r="AU30" s="4">
+        <v>32.1</v>
+      </c>
+      <c r="AV30" s="4"/>
+      <c r="AW30" s="4"/>
+      <c r="AX30" s="4"/>
+      <c r="AY30" s="4"/>
+      <c r="AZ30" s="4"/>
     </row>
-    <row r="3" spans="1:52" x14ac:dyDescent="0.55000000000000004">
-[...37 lines deleted...]
-        <v>23</v>
+    <row r="31" spans="1:53" ht="18">
+      <c r="A31" s="1">
+        <v>2024</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D31" s="4"/>
+      <c r="E31" s="4"/>
+      <c r="F31" s="4"/>
+      <c r="G31" s="4"/>
+      <c r="H31" s="4"/>
+      <c r="I31" s="4"/>
+      <c r="J31" s="4"/>
+      <c r="K31" s="4"/>
+      <c r="L31" s="4"/>
+      <c r="M31" s="4"/>
+      <c r="N31" s="4"/>
+      <c r="O31" s="4"/>
+      <c r="P31" s="4"/>
+      <c r="Q31" s="4"/>
+      <c r="R31" s="4"/>
+      <c r="S31" s="4"/>
+      <c r="T31" s="4"/>
+      <c r="U31" s="4"/>
+      <c r="V31" s="4"/>
+      <c r="W31" s="4"/>
+      <c r="X31" s="4"/>
+      <c r="Y31" s="4"/>
+      <c r="Z31" s="4"/>
+      <c r="AA31" s="4"/>
+      <c r="AB31" s="4"/>
+      <c r="AC31" s="4"/>
+      <c r="AD31" s="4"/>
+      <c r="AE31" s="4"/>
+      <c r="AF31" s="4"/>
+      <c r="AG31" s="4"/>
+      <c r="AH31" s="4"/>
+      <c r="AI31" s="4"/>
+      <c r="AJ31" s="4"/>
+      <c r="AK31" s="4"/>
+      <c r="AL31" s="4"/>
+      <c r="AM31" s="4"/>
+      <c r="AN31" s="4"/>
+      <c r="AO31" s="4"/>
+      <c r="AP31" s="4"/>
+      <c r="AQ31" s="4"/>
+      <c r="AR31" s="4"/>
+      <c r="AS31" s="4"/>
+      <c r="AT31" s="4"/>
+      <c r="AU31" s="4"/>
+      <c r="AV31" s="4"/>
+      <c r="AW31" s="4"/>
+      <c r="AX31" s="4"/>
+      <c r="AY31" s="4"/>
+      <c r="AZ31" s="4"/>
+      <c r="BA31" s="1">
+        <v>142</v>
       </c>
     </row>
-    <row r="4" spans="1:52" x14ac:dyDescent="0.55000000000000004">
-[...37 lines deleted...]
-        <v>65</v>
+    <row r="32" spans="1:53" ht="18">
+      <c r="A32" s="1">
+        <v>2024</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="BA32" s="1">
+        <v>120</v>
       </c>
     </row>
-    <row r="5" spans="1:52" x14ac:dyDescent="0.55000000000000004">
-[...34 lines deleted...]
-        <v>53</v>
+    <row r="33" spans="1:53" ht="18">
+      <c r="A33" s="1">
+        <v>2024</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="BA33" s="1">
+        <v>137</v>
       </c>
     </row>
-    <row r="6" spans="1:52" x14ac:dyDescent="0.55000000000000004">
-[...590 lines deleted...]
-    </row>
+    <row r="34" spans="1:53" ht="18"/>
   </sheetData>
-  <phoneticPr fontId="2"/>
+  <phoneticPr fontId="1"/>
   <pageMargins left="3.937007874015748E-2" right="3.937007874015748E-2" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="46" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100D6678A484330F745A65B7C753EF6D235" ma:contentTypeVersion="15" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="cf4b6c11855699e257a4384bf2f6fe37">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="80bdeb40-05e2-4890-b5c1-f6723a1a1270" xmlns:ns3="3a5fa2a0-fd2e-4a36-ab21-93b98a268cc5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b86de1273da80c6d66dd91363ff3aa86" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x0101005BF81FB37DF1C14C9CE1FFC6A05F8872" ma:contentTypeVersion="16" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="e2d05096fcba5e3b2b43dcec88b7526d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="b252e89a-34c0-4c96-9f14-c3273292d6fd" xmlns:ns3="6247811e-b09e-4db0-b0e2-20f60e430aaf" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="128302631b0067b4175b04b80c868042" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
-    <xsd:import namespace="80bdeb40-05e2-4890-b5c1-f6723a1a1270"/>
-    <xsd:import namespace="3a5fa2a0-fd2e-4a36-ab21-93b98a268cc5"/>
+    <xsd:import namespace="b252e89a-34c0-4c96-9f14-c3273292d6fd"/>
+    <xsd:import namespace="6247811e-b09e-4db0-b0e2-20f60e430aaf"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
-[...4 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="12" nillable="true" ma:displayName="統合コンプライアンス ポリシーのプロパティ" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="19" nillable="true" ma:displayName="統合コンプライアンス ポリシーのプロパティ" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="13" nillable="true" ma:displayName="統合コンプライアンス ポリシーの UI アクション" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="20" nillable="true" ma:displayName="統合コンプライアンス ポリシーの UI アクション" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="80bdeb40-05e2-4890-b5c1-f6723a1a1270" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b252e89a-34c0-4c96-9f14-c3273292d6fd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
-[...19 lines deleted...]
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="画像タグ" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8839e1b8-f5b0-498a-9da1-3169d63f8594" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="9" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="画像タグ" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8839e1b8-f5b0-498a-9da1-3169d63f8594" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="17" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="15" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="18" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="19" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="20" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
-[...9 lines deleted...]
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3a5fa2a0-fd2e-4a36-ab21-93b98a268cc5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6247811e-b09e-4db0-b0e2-20f60e430aaf" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{dbd2508e-95f6-4ee4-b438-567f9742f9ee}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="3a5fa2a0-fd2e-4a36-ab21-93b98a268cc5">
+    <xsd:element name="TaxCatchAll" ma:index="10" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{190b2731-8a1f-424d-9111-6e76797451b8}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6247811e-b09e-4db0-b0e2-20f60e430aaf">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="コンテンツ タイプ"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="タイトル"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -5485,121 +3422,122 @@
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="80bdeb40-05e2-4890-b5c1-f6723a1a1270">
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b252e89a-34c0-4c96-9f14-c3273292d6fd">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <TaxCatchAll xmlns="3a5fa2a0-fd2e-4a36-ab21-93b98a268cc5" xsi:nil="true"/>
+    <TaxCatchAll xmlns="6247811e-b09e-4db0-b0e2-20f60e430aaf" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{806C5BC4-D132-4021-992D-7052735E6075}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32395093-CC8A-45C4-8C6A-77DFE264946B}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49B6EC33-4725-4950-BE4A-75EA07F5AFC7}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="3a5fa2a0-fd2e-4a36-ab21-93b98a268cc5"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="b252e89a-34c0-4c96-9f14-c3273292d6fd"/>
+    <ds:schemaRef ds:uri="6247811e-b09e-4db0-b0e2-20f60e430aaf"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB9D3AEA-C1EC-4417-AA57-FE270197731C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
-      <vt:lpstr>Sheet2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>早坂　嘉雄</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100D6678A484330F745A65B7C753EF6D235</vt:lpwstr>
+    <vt:lpwstr>0x0101005BF81FB37DF1C14C9CE1FFC6A05F8872</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>