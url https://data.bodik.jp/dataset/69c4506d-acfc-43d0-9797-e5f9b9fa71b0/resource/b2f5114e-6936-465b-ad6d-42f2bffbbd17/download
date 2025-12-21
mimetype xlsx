--- v0 (2025-12-10)
+++ v1 (2025-12-21)
@@ -1,1650 +1,1018 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
-[...2 lines deleted...]
-</Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28429"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\200158\Desktop\県HP高齢者施設等一覧\県HP【高齢者福祉施設一覧】R2年4月1日現在\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\211192\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A6316886-AF91-44A9-83FF-0206F894CC91}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="21570" windowHeight="7725"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{3473D61E-EBD6-4F3C-A67A-6BB8F4EF1359}"/>
   </bookViews>
   <sheets>
-    <sheet name="地域密着型特別養護老人ホーム" sheetId="1" r:id="rId1"/>
+    <sheet name="地域密着（R6.4.1）" sheetId="2" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'地域密着（R6.4.1）'!$A$1:$L$1</definedName>
+  </definedNames>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="326" uniqueCount="228">
   <si>
     <t>介護保険事業所番号</t>
   </si>
   <si>
     <t>申請者-法人名</t>
   </si>
   <si>
+    <t>事業所-名称</t>
+  </si>
+  <si>
+    <t>事業所-名称ｶﾅ</t>
+  </si>
+  <si>
+    <t>事業所-郵便番号</t>
+  </si>
+  <si>
+    <t>事業所-所在地</t>
+  </si>
+  <si>
+    <t>事業所-電話番号</t>
+  </si>
+  <si>
+    <t>状態区分</t>
+  </si>
+  <si>
+    <t>みなし区分</t>
+  </si>
+  <si>
     <t>指定年月日</t>
   </si>
   <si>
+    <t>社会福祉法人三愛会</t>
+  </si>
+  <si>
+    <t>現存</t>
+  </si>
+  <si>
     <t>社会福祉法人大分福祉会</t>
   </si>
   <si>
+    <t>特別養護老人ホームアルメイダメモリアルホーム</t>
+  </si>
+  <si>
+    <t>ﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑｱﾙﾒｲﾀﾞﾒﾓﾘｱﾙﾎｰﾑ</t>
+  </si>
+  <si>
     <t>大分県大分市大字宮崎1509番地</t>
   </si>
   <si>
     <t>097-568-2561</t>
   </si>
   <si>
-    <t>特別養護老人ホームアルメイダメモリアルホーム</t>
-[...1 lines deleted...]
-  <si>
     <t>社会福祉法人吉野誠心会</t>
   </si>
   <si>
-    <t>大分県大分市大字辻902番地</t>
+    <t>特別養護老人ホーム誠寿園</t>
+  </si>
+  <si>
+    <t>ﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑｾｲｼﾞｭｴﾝ</t>
+  </si>
+  <si>
+    <t>大分県大分市中戸次6022番地1</t>
+  </si>
+  <si>
+    <t>社会福祉法人若草会</t>
+  </si>
+  <si>
+    <t>特別養護老人ホーム創生の里</t>
+  </si>
+  <si>
+    <t>ﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑｿｳｾｲﾉｻﾄ</t>
+  </si>
+  <si>
+    <t>097-549-0012</t>
+  </si>
+  <si>
+    <t>社会福祉法人仁愛会</t>
+  </si>
+  <si>
+    <t>社会福祉法人松山会</t>
+  </si>
+  <si>
+    <t>大分県大分市下郡山の手２番１７号</t>
+  </si>
+  <si>
+    <t>097-567-3733</t>
+  </si>
+  <si>
+    <t>社会福祉法人青樹会</t>
+  </si>
+  <si>
+    <t>097-504-7666</t>
+  </si>
+  <si>
+    <t>一般</t>
+  </si>
+  <si>
+    <t>社会福祉法人龍和会</t>
+  </si>
+  <si>
+    <t>特別養護老人ホーム寿志の里</t>
+  </si>
+  <si>
+    <t>ﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑｼﾞｭｼﾉｻﾄ</t>
+  </si>
+  <si>
+    <t>大分県大分市中判田1342番地の3</t>
+  </si>
+  <si>
+    <t>097-548-8201</t>
+  </si>
+  <si>
+    <t>社会福祉法人清流共生会</t>
+  </si>
+  <si>
+    <t>社会福祉法人恵愛会</t>
+  </si>
+  <si>
+    <t>0977-66-5021</t>
+  </si>
+  <si>
+    <t>社会福祉法人友愛会</t>
+  </si>
+  <si>
+    <t>0977-67-2311</t>
+  </si>
+  <si>
+    <t>0977-25-7371</t>
+  </si>
+  <si>
+    <t>0979-26-0760</t>
+  </si>
+  <si>
+    <t>社会福祉法人平成会</t>
+  </si>
+  <si>
+    <t>社会福祉法人長陽会</t>
+  </si>
+  <si>
+    <t>特別養護老人ホーム長良苑</t>
+  </si>
+  <si>
+    <t>ﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑﾅｶﾞﾗｴﾝ</t>
+  </si>
+  <si>
+    <t>0978-33-1778</t>
+  </si>
+  <si>
+    <t>0978-68-0238</t>
+  </si>
+  <si>
+    <t>0978-67-2626</t>
+  </si>
+  <si>
+    <t>097-540-7880</t>
+  </si>
+  <si>
+    <t>社会福祉法人親愛会</t>
+  </si>
+  <si>
+    <t>大分県大分市志生木字西岡145番地の9</t>
+  </si>
+  <si>
+    <t>097-574-0634</t>
+  </si>
+  <si>
+    <t>佐伯市</t>
+  </si>
+  <si>
+    <t>0972-46-2226</t>
+  </si>
+  <si>
+    <t>社会福祉法人偕生会</t>
+  </si>
+  <si>
+    <t>大分県豊後大野市大野町田中700番地2</t>
+  </si>
+  <si>
+    <t>0974-34-3801</t>
+  </si>
+  <si>
+    <t>0974-75-3333</t>
+  </si>
+  <si>
+    <t>0973-76-2100</t>
+  </si>
+  <si>
+    <t>社会福祉法人直心会</t>
+  </si>
+  <si>
+    <t>大分県宇佐市安心院町妻垣401番地</t>
+  </si>
+  <si>
+    <t>0978-34-4015</t>
   </si>
   <si>
     <t>097-595-0495</t>
   </si>
   <si>
-    <t>097-595-0487</t>
-[...7 lines deleted...]
-  <si>
     <t>大分県大分市大字野田306番地の2</t>
-  </si>
-[...16 lines deleted...]
-    <t>097-567-3760</t>
+    <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>特別養護老人ホーム緑風苑（小規模生活単位型）</t>
   </si>
   <si>
-    <t>大分県大分市大字下郡字山崎167番地の3</t>
-[...2 lines deleted...]
-    <t>社会福祉法人　直心会</t>
+    <t>ﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑﾘｮｸﾌｳｴﾝ(ｼｮｳｷﾎﾞｾｲｶﾂﾀﾝｲｶﾞﾀ)</t>
   </si>
   <si>
     <t>望箭荘やまくに</t>
   </si>
   <si>
+    <t>ﾎﾞｳｾﾝｿｳﾔﾏｸﾆ</t>
+  </si>
+  <si>
+    <t>大分県中津市山国町守実77番地1</t>
+  </si>
+  <si>
     <t>0979-62-3066</t>
   </si>
   <si>
-    <t>大分県中津市山国町守実77番地1</t>
-[...13 lines deleted...]
-  <si>
     <t>地域密着型特別養護老人ホーム光明園</t>
   </si>
   <si>
-    <t>大分県大分市志生木字西岡145番地の9</t>
-[...2 lines deleted...]
-    <t>0972-46-2226</t>
+    <t>ﾁｲｷﾐｯﾁｬｸｶﾞﾀﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑｺｳﾐｮｳｴﾝ</t>
   </si>
   <si>
     <t>社会福祉法人　展寿会</t>
   </si>
   <si>
+    <t>特別養護老人ホーム風雅の里上野</t>
+  </si>
+  <si>
+    <t>ﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑﾌｳｶﾞﾉｻﾄｳｴﾉ</t>
+  </si>
+  <si>
     <t>大分県大分市三芳288番地1</t>
   </si>
   <si>
     <t>097-535-8900</t>
   </si>
   <si>
-    <t>097-535-8998</t>
-[...7 lines deleted...]
-  <si>
     <t>特別養護老人ホーム　天領ガーデン</t>
   </si>
   <si>
+    <t>ﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑ ﾃﾝﾘｮｳｶﾞｰﾃﾞﾝ</t>
+  </si>
+  <si>
+    <t>大分県大分市田尻字高尾784番地の1</t>
+  </si>
+  <si>
     <t>097-574-7500</t>
   </si>
   <si>
-    <t>大分県大分市田尻字高尾784番地の1</t>
-[...7 lines deleted...]
-  <si>
     <t>特別養護老人ホーム　碩田柞原の里</t>
   </si>
   <si>
+    <t>ﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑ ｾｷﾃﾞﾝﾕｽﾊﾗﾉｻﾄ</t>
+  </si>
+  <si>
+    <t>大分県大分市弁天1丁目2-3</t>
+  </si>
+  <si>
     <t>097-547-8787</t>
   </si>
   <si>
-    <t>大分県大分市弁天1丁目2-3</t>
-[...20 lines deleted...]
-    <t>社会福祉法人青樹会</t>
+    <t>地域密着型特別養護老人ホーム　リバーサイド桃花苑</t>
+  </si>
+  <si>
+    <t>ﾁｲｷﾐｯﾁｬｸｶﾞﾀﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑ ﾘﾊﾞｰｻｲﾄﾞﾄｳｶｴﾝ</t>
   </si>
   <si>
     <t>大分県大分市曲字箕久保320番</t>
   </si>
   <si>
-    <t>097-504-7666</t>
-[...7 lines deleted...]
-  <si>
     <t>社会福祉法人　雄山会</t>
   </si>
   <si>
+    <t>特別養護老人ホーム　みなはるの里</t>
+  </si>
+  <si>
+    <t>ﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑ ﾐﾅﾊﾙﾉｻﾄ</t>
+  </si>
+  <si>
+    <t>大分県大分市皆春262番地1</t>
+  </si>
+  <si>
     <t>097-522-0001</t>
   </si>
   <si>
-    <t>097-522-0015</t>
-[...7 lines deleted...]
-  <si>
     <t>社会福祉法人　大翔会</t>
   </si>
   <si>
+    <t>特別養護老人ホーム　Ｇｒｅｅｎガーデン南大分</t>
+  </si>
+  <si>
+    <t>ﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑ Greenｶﾞｰﾃﾞﾝﾐﾅﾐｵｵｲﾀ</t>
+  </si>
+  <si>
+    <t>大分県大分市上田町一丁目12番5号</t>
+  </si>
+  <si>
     <t>097-574-9781</t>
   </si>
   <si>
-    <t>097-574-9782</t>
-[...7 lines deleted...]
-  <si>
     <t>社会福祉法人　公生会</t>
   </si>
   <si>
+    <t>特別養護老人ホーム　とまとの里</t>
+  </si>
+  <si>
+    <t>ﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑ ﾄﾏﾄﾉｻﾄ</t>
+  </si>
+  <si>
     <t>大分県大分市城原字尾崎２６００番２２</t>
   </si>
   <si>
     <t>097-585-5503</t>
   </si>
   <si>
-    <t>097-585-5527</t>
-[...4 lines deleted...]
-  <si>
     <t>社会福祉法人参風会</t>
   </si>
   <si>
     <t>地域密着型特別養護老人ホーム　BASARA</t>
   </si>
   <si>
+    <t>ﾁｲｷﾐｯﾁｬｸｶﾞﾀﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑ BASARA</t>
+  </si>
+  <si>
+    <t>大分県大分市三芳１３０５番地の１</t>
+  </si>
+  <si>
     <t>097-545-8257</t>
   </si>
   <si>
-    <t>大分県大分市三芳１３０５番地の１</t>
-[...7 lines deleted...]
-  <si>
     <t>特別養護老人ホーム明治清流苑</t>
   </si>
   <si>
+    <t>ﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑﾒｲｼﾞｾｲﾘｭｳｴﾝ</t>
+  </si>
+  <si>
+    <t>大分県大分市猪野729-1</t>
+  </si>
+  <si>
     <t>097-524-3300</t>
   </si>
   <si>
-    <t>大分県大分市猪野729-1</t>
-[...2 lines deleted...]
-    <t>097-524-3322</t>
+    <t>社会福祉法人大分福寿会</t>
+  </si>
+  <si>
+    <t>特別養護老人ホーム　そうりんヴィレッジ</t>
+  </si>
+  <si>
+    <t>ﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑ ｿｳﾘﾝｳﾞｨﾚｯｼﾞ</t>
+  </si>
+  <si>
+    <t>大分県大分市横瀬370番地</t>
+  </si>
+  <si>
+    <t>097-574-5718</t>
   </si>
   <si>
     <t>社会福祉法人　亀鶴会　特別養護老人ホーム偕楽園</t>
   </si>
   <si>
+    <t>ｼｬｶｲﾌｸｼﾎｳｼﾞﾝ ｶｰｷｶｸｶｲ ﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑｶｲﾗｸｴﾝ</t>
+  </si>
+  <si>
     <t>大分県別府市南荘園町25組</t>
   </si>
   <si>
     <t>0977-22-2515</t>
   </si>
   <si>
-    <t>0977-22-2516</t>
-[...1 lines deleted...]
-  <si>
     <t>社会福祉法人　洗心会</t>
   </si>
   <si>
+    <t>地域密着型ナーシングホームはるかぜ</t>
+  </si>
+  <si>
+    <t>ﾁｲｷﾐｯﾁｬｸｶﾞﾀﾅｰｼﾝｸﾞﾎｰﾑﾊﾙｶｾﾞ</t>
+  </si>
+  <si>
     <t>大分県別府市大字鶴見字五反4136番地の2</t>
   </si>
   <si>
-    <t>0977-22-6202</t>
-[...8 lines deleted...]
-    <t>社会福祉法人友愛会</t>
+    <t>地域密着型特別養護老人ホーム静雲荘</t>
+  </si>
+  <si>
+    <t>ﾁｲｷﾐﾂﾁﾔｸｶﾞﾀﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑｾｲｳﾝｿｳ</t>
   </si>
   <si>
     <t>大分県別府市大字野田字サッショウ原１２９３番地１</t>
   </si>
   <si>
-    <t>0977-67-2311</t>
-[...10 lines deleted...]
-  <si>
     <t>地域密着型特別養護老人ホーム茶寿苑</t>
   </si>
   <si>
-    <t>0977-66-5021</t>
+    <t>ﾁｲｷﾐｯﾂﾁｬｸｶﾞﾀﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑｻｼﾞｭｴﾝ</t>
   </si>
   <si>
     <t>大分県別府市北鉄輪３組</t>
   </si>
   <si>
     <t>社会福祉法人　千寿会</t>
   </si>
   <si>
+    <t>特別養護老人ホーム別府石垣園</t>
+  </si>
+  <si>
+    <t>ﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑﾍﾞｯﾌﾟｲｼｶﾞｷｴﾝ</t>
+  </si>
+  <si>
     <t>大分県別府市石垣西２丁目１番３１号</t>
   </si>
   <si>
     <t>0977-25-1688</t>
   </si>
   <si>
-    <t>0977-25-1693</t>
-[...4 lines deleted...]
-  <si>
     <t>社会福祉法人　三光会</t>
   </si>
   <si>
-    <t>大分県中津市永添945番地</t>
-[...7 lines deleted...]
-  <si>
     <t>ユニット型　特別養護老人ホーム　悠久の里</t>
   </si>
   <si>
+    <t>ﾕﾆｯﾄｶﾞﾀ ﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑ ﾕｳｷｭｳﾉｻﾄ</t>
+  </si>
+  <si>
+    <t>大分県中津市永添９４５番地</t>
+  </si>
+  <si>
     <t>サテライト型　特別養護老人ホーム悠久の里</t>
   </si>
   <si>
+    <t>ｻﾃﾗｲﾄｶﾞﾀ ﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑﾕｳｷｭｳﾉｻﾄ</t>
+  </si>
+  <si>
+    <t>大分県中津市上如水1824番地5</t>
+  </si>
+  <si>
     <t>0979-26-5570</t>
   </si>
   <si>
-    <t>大分県中津市上如水1824番地5</t>
-[...4 lines deleted...]
-  <si>
     <t>社会福祉法人　聖信会</t>
   </si>
   <si>
+    <t>特別養護老人ホームさ蕨</t>
+  </si>
+  <si>
+    <t>ﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑｻﾜﾗﾋﾞ</t>
+  </si>
+  <si>
     <t>大分県中津市植野241番地1</t>
   </si>
   <si>
     <t>0979-33-1138</t>
   </si>
   <si>
-    <t>0979-33-1166</t>
-[...4 lines deleted...]
-  <si>
     <t>社会福祉法人　泰然会</t>
   </si>
   <si>
+    <t>特別養護老人ホーム　かえで</t>
+  </si>
+  <si>
+    <t>ﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑ ｶｴﾃﾞ</t>
+  </si>
+  <si>
     <t>大分県中津市本耶馬渓町跡田430番地1</t>
   </si>
   <si>
     <t>0979-52-2621</t>
   </si>
   <si>
-    <t>0979-52-2668</t>
-[...7 lines deleted...]
-  <si>
     <t>地域密着型特別養護老人ホーム花月園</t>
   </si>
   <si>
+    <t>ﾁｲｷﾐｯﾁｬｸｶﾞﾀﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑｶｹﾞﾂｴﾝ</t>
+  </si>
+  <si>
+    <t>大分県日田市日ノ出町133-1</t>
+  </si>
+  <si>
     <t>0973-25-6000</t>
   </si>
   <si>
-    <t>大分県日田市日ノ出町133-1</t>
-[...4 lines deleted...]
-  <si>
     <t>社会福祉法人　百徳会</t>
   </si>
   <si>
+    <t>彦岳の太陽</t>
+  </si>
+  <si>
+    <t>ﾋｺﾀﾞｹﾉﾀｲﾖｳ</t>
+  </si>
+  <si>
     <t>大分県佐伯市狩生418番地2</t>
   </si>
   <si>
     <t>0972-27-8622</t>
   </si>
   <si>
-    <t>彦岳の太陽</t>
-[...2 lines deleted...]
-    <t>0972-27-8621</t>
+    <t>彦岳の太陽　ユニット型</t>
+  </si>
+  <si>
+    <t>ﾋｺﾀﾞｹﾉﾀｲﾖｳ ﾕﾆｯﾄｶﾞﾀ</t>
+  </si>
+  <si>
+    <t>大分県佐伯市長良４９５６番地</t>
+  </si>
+  <si>
+    <t>0972-28-3322</t>
+  </si>
+  <si>
+    <t>佐伯市特別養護老人ホーム　豊寿苑（地域密着型介護老人福祉施設）</t>
+  </si>
+  <si>
+    <t>ｻｲｷｼﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑ ﾎｳｼﾞｭｳｴﾝ(ﾁｲｷﾐｯﾁｬｸｶﾞﾀｶｲｺﾞﾛｳｼﾞﾝﾌｸｼｼｾﾂ)</t>
+  </si>
+  <si>
+    <t>大分県佐伯市弥生井崎１７６５番地</t>
+  </si>
+  <si>
+    <t>社会福祉法人　長陽会</t>
   </si>
   <si>
     <t>特別養護老人ホーム　はたのうら</t>
   </si>
   <si>
-    <t>彦岳の太陽　ユニット型</t>
-[...23 lines deleted...]
-    <t>社会福祉法人　長陽会</t>
+    <t>ﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑ ﾊﾀﾉｳﾗ</t>
   </si>
   <si>
     <t>大分県佐伯市蒲江大字畑野浦596番32</t>
   </si>
   <si>
-    <t>社会福祉法人　白梅福祉会</t>
-[...13 lines deleted...]
-  <si>
     <t>社会福祉法人　雄仁会</t>
   </si>
   <si>
+    <t>特別養護老人ホーム　こころの郷</t>
+  </si>
+  <si>
+    <t>ﾄｸﾍﾞﾂﾖｳｺﾞﾛｳzｨﾝﾛｳｼﾞﾝﾎｰﾑ ｺｺﾛﾉｻﾄ</t>
+  </si>
+  <si>
     <t>大分県竹田市飛田川1618番地23</t>
   </si>
   <si>
     <t>0974-63-3323</t>
   </si>
   <si>
-    <t>0974-63-3329</t>
-[...4 lines deleted...]
-  <si>
     <t>社会福祉法人　孝寿福祉会</t>
   </si>
   <si>
-    <t>0974-75-3333</t>
-[...5 lines deleted...]
-    <t>介護老人福祉施設　荻の苑</t>
+    <t>介護老人福祉施設　荻の苑　ユニット型</t>
+  </si>
+  <si>
+    <t>ｶｲｺﾞﾛｳｼﾞﾝﾌｸｼｼｾﾂ ｵｷﾞﾉｴﾝ ﾕﾆｯﾄｶﾞﾀ</t>
+  </si>
+  <si>
+    <t>大分県竹田市荻町恵良原780番地2</t>
   </si>
   <si>
     <t>0974-64-6886</t>
   </si>
   <si>
-    <t>大分県竹田市荻町恵良原780番地2</t>
-[...4 lines deleted...]
-  <si>
     <t>介護老人福祉施設　荻の苑　従来型</t>
   </si>
   <si>
-    <t>大分県竹田市荻町高城780番地2</t>
+    <t>ｶｲｺﾞﾛｳｼﾞﾝﾌｸｼｼｾﾂ ｵｷﾞﾉｴﾝ ｼﾞｭｳﾗｲｶﾞﾀ</t>
+  </si>
+  <si>
+    <t>ﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑ ﾐﾊﾙｶﾞｵｶ(ﾕﾆｯﾄｶﾞﾀ)</t>
   </si>
   <si>
     <t>大分県竹田市直入町大字長湯９０６７番地４</t>
   </si>
   <si>
+    <t>社会福祉法人　安心会</t>
+  </si>
+  <si>
+    <t>地域密着型特別養護老人ホーム　安心院の郷　妻垣</t>
+  </si>
+  <si>
+    <t>ﾁｲｷﾐｯﾁｬｸｶﾞﾀﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑ ｱｼﾞﾑﾉｻﾄ ﾂﾏｶﾞｷ</t>
+  </si>
+  <si>
+    <t>社会福祉法人　泰生会</t>
+  </si>
+  <si>
+    <t>宇佐ナーシングホーム　ラ・シェネ泰生園</t>
+  </si>
+  <si>
+    <t>ｳｻﾅｰｼﾝｸﾞﾎｰﾑ ﾗ･ｼｪﾈﾀｲｾｲｴﾝ</t>
+  </si>
+  <si>
+    <t>大分県宇佐市山下2100番地</t>
+  </si>
+  <si>
+    <t>ユニット型特別養護老人ホーム偕生園</t>
+  </si>
+  <si>
+    <t>ﾕﾆｯﾄｶﾞﾀﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑｶｲｾｲｴﾝ</t>
+  </si>
+  <si>
+    <t>社会福祉法人　寿永会</t>
+  </si>
+  <si>
+    <t>特別養護老人ホーム　慶寿苑</t>
+  </si>
+  <si>
+    <t>ﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑ ｹｲｼﾞｭｴﾝ</t>
+  </si>
+  <si>
+    <t>大分県由布市庄内町柿原1569番地1</t>
+  </si>
+  <si>
+    <t>097-582-1777</t>
+  </si>
+  <si>
+    <t>社会福祉法人　若山会</t>
+  </si>
+  <si>
+    <t>特別養護老人ホーム若葉苑ユニット型</t>
+  </si>
+  <si>
+    <t>トクベツヨウゴロウジンホームワカバエンユニットガタ</t>
+  </si>
+  <si>
+    <t>大分県由布市挾間町向原1215番地2</t>
+  </si>
+  <si>
+    <t>社会福祉法人　安岐の郷</t>
+  </si>
+  <si>
+    <t>地域密着型特別養護老人ホーム　鈴鳴荘</t>
+  </si>
+  <si>
+    <t>ﾁｲｷﾐﾁｲｷﾐｯﾁｬｸｶﾞﾀﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑ ﾚｲﾒｲｿｳ</t>
+  </si>
+  <si>
+    <t>大分県国東市安岐町下山口58番地</t>
+  </si>
+  <si>
+    <t>地域密着型特別養護老人ホーム　むさし苑</t>
+  </si>
+  <si>
+    <t>ﾁｲｷﾐｯﾁｬｸｶﾞﾀﾄｸﾍﾞﾂﾖｳｺﾞﾛｳｼﾞﾝﾎｰﾑ ﾑｻｼｴﾝ</t>
+  </si>
+  <si>
+    <t>大分県国東市武蔵町糸原2368番地2</t>
+  </si>
+  <si>
+    <t>姫島村長　藤本　昭夫</t>
+  </si>
+  <si>
+    <t>姫島村老人福祉施設　姫寿苑</t>
+  </si>
+  <si>
+    <t>ﾋﾒｼﾏﾑﾗﾝﾛｳｼﾞﾝﾌｸｼｼｾﾂ ﾋﾒｼﾞｭｴ</t>
+  </si>
+  <si>
+    <t>大分県東国東郡姫島村1562番地</t>
+  </si>
+  <si>
+    <t>0978-87-3703</t>
+  </si>
+  <si>
+    <t>社会福祉法人　大樹会</t>
+  </si>
+  <si>
+    <t>地域密着型介護老人福祉施設　シルバーランドメルヘン</t>
+  </si>
+  <si>
+    <t>ﾁｲｷﾐｯﾁｬｸｶﾞﾀｶｲｺﾞﾛｳｼﾞﾝﾌｸｼｼｾﾂ ｼﾙﾊﾞｰﾗﾝﾄﾞﾒﾙﾍﾝ</t>
+  </si>
+  <si>
+    <t>大分県玖珠郡九重町右田3156番地の7</t>
+  </si>
+  <si>
+    <t>097-245-5820</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
     <t>特別養護老人ホーム　美晴が丘（ユニット型）</t>
-  </si>
-[...165 lines deleted...]
-    <phoneticPr fontId="18"/>
+    <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>定員</t>
-    <rPh sb="0" eb="2">
-[...72 lines deleted...]
-    </rPh>
     <phoneticPr fontId="1"/>
-  </si>
-[...2 lines deleted...]
-    <phoneticPr fontId="18"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="21" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="ＭＳ Ｐゴシック"/>
+      <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
-    </font>
-[...126 lines deleted...]
-      <charset val="128"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
-      <name val="ＭＳ Ｐゴシック"/>
+      <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
-    </font>
-[...12 lines deleted...]
-      <charset val="128"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="34">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFC6EFCE"/>
-[...172 lines deleted...]
-        <fgColor rgb="FF92D050"/>
+        <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="12">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...105 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...7 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="42">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
-[...121 lines deleted...]
-    </xf>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1">
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="33" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="42">
-[...39 lines deleted...]
-    <cellStyle name="入力" xfId="9" builtinId="20" customBuiltin="1"/>
+  <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
-    <cellStyle name="良い" xfId="6" builtinId="26" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
-[...5 lines deleted...]
-</Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1662,65 +1030,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1741,1638 +1109,1875 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
-[...2 lines deleted...]
-</Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A121F382-51EA-4BB5-95B0-F5360EC4FE88}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:P51"/>
+  <dimension ref="A1:L46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E9" sqref="E9"/>
+      <selection activeCell="C18" sqref="C18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="3.5" bestFit="1" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15" max="15" width="11" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="4.625" customWidth="1"/>
+    <col min="2" max="2" width="48.25" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="53.125" customWidth="1"/>
+    <col min="4" max="4" width="49" customWidth="1"/>
+    <col min="5" max="5" width="16.125" customWidth="1"/>
+    <col min="6" max="6" width="50.5" customWidth="1"/>
+    <col min="7" max="7" width="19.25" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="5.125" customWidth="1"/>
+    <col min="9" max="9" width="16.125" bestFit="1" customWidth="1"/>
+    <col min="11" max="12" width="11.375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.15">
-[...13 lines deleted...]
-      <c r="B2" s="11" t="s">
+    <row r="1" spans="1:12" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A1" s="3"/>
+      <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="11" t="s">
-[...8 lines deleted...]
-      <c r="F2" s="11" t="s">
+      <c r="C1" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="G2" s="11" t="s">
+      <c r="H1" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="I1" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="J1" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="K1" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="L1" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A2" s="1">
+        <v>1</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E2" s="1">
+        <v>8701133</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" s="1">
+        <v>4470101082</v>
+      </c>
+      <c r="H2" s="1">
+        <v>22</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="K2" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L2" s="2">
+        <v>41730</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A3" s="1">
         <v>2</v>
       </c>
-      <c r="H2" s="11" t="s">
-[...13 lines deleted...]
-      <c r="B3" s="8" t="s">
+      <c r="B3" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" s="1">
+        <v>8797761</v>
+      </c>
+      <c r="F3" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" s="1">
+        <v>4470101124</v>
+      </c>
+      <c r="H3" s="1">
+        <v>20</v>
+      </c>
+      <c r="I3" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="J3" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="K3" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L3" s="2">
+        <v>41730</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A4" s="1">
         <v>3</v>
       </c>
-      <c r="C3" s="8" t="s">
+      <c r="B4" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" s="1">
+        <v>8700868</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="G4" s="1">
+        <v>4470101157</v>
+      </c>
+      <c r="H4" s="1">
+        <v>18</v>
+      </c>
+      <c r="I4" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="J4" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="K4" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L4" s="2">
+        <v>41730</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A5" s="1">
+        <v>4</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E5" s="1">
+        <v>8700951</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="G5" s="1">
+        <v>4470101181</v>
+      </c>
+      <c r="H5" s="1">
+        <v>20</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J5" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="K5" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L5" s="2">
+        <v>41730</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A6" s="1">
+        <v>5</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="E6" s="1">
+        <v>8710712</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="G6" s="1">
+        <v>4470300627</v>
+      </c>
+      <c r="H6" s="1">
+        <v>29</v>
+      </c>
+      <c r="I6" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="J6" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="K6" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L6" s="2">
+        <v>38808</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A7" s="1">
         <v>6</v>
       </c>
-      <c r="D3" s="1">
-[...22 lines deleted...]
-      <c r="B4" s="8" t="s">
+      <c r="B7" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="E7" s="1">
+        <v>8792115</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="G7" s="1">
+        <v>4472400243</v>
+      </c>
+      <c r="H7" s="1">
+        <v>10</v>
+      </c>
+      <c r="I7" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J7" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="K7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L7" s="2">
+        <v>42705</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A8" s="1">
         <v>7</v>
       </c>
-      <c r="C4" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E4" s="8" t="s">
+      <c r="B8" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="E8" s="1">
+        <v>8700030</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="G8" s="1">
+        <v>4490100171</v>
+      </c>
+      <c r="H8" s="1">
+        <v>29</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="J8" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="K8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L8" s="2">
+        <v>39539</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A9" s="1">
         <v>8</v>
       </c>
-      <c r="F4" s="1">
-[...11 lines deleted...]
-      <c r="J4" s="1" t="s">
+      <c r="B9" s="1" t="s">
         <v>10</v>
       </c>
-    </row>
-[...148 lines deleted...]
-        <v>39539</v>
+      <c r="C9" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="E9" s="1">
+        <v>8701143</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="G9" s="1">
+        <v>4490100346</v>
       </c>
       <c r="H9" s="1">
         <v>29</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>35</v>
+        <v>83</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.15">
+        <v>11</v>
+      </c>
+      <c r="K9" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L9" s="2">
+        <v>40634</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A10" s="1">
-        <v>8</v>
-[...17 lines deleted...]
-        <v>40634</v>
+        <v>9</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E10" s="1">
+        <v>8700017</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="G10" s="1">
+        <v>4490100353</v>
       </c>
       <c r="H10" s="1">
         <v>29</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>40</v>
+        <v>87</v>
       </c>
       <c r="J10" s="1" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.15">
+        <v>11</v>
+      </c>
+      <c r="K10" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L10" s="2">
+        <v>40634</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A11" s="1">
-        <v>9</v>
-[...17 lines deleted...]
-        <v>40634</v>
+        <v>10</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E11" s="1">
+        <v>8701113</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G11" s="1">
+        <v>4490100437</v>
       </c>
       <c r="H11" s="1">
+        <v>20</v>
+      </c>
+      <c r="I11" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="J11" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="K11" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L11" s="2">
+        <v>40969</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A12" s="1">
+        <v>11</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="I11" s="1" t="s">
-[...26 lines deleted...]
-        <v>40969</v>
+      <c r="C12" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" s="1">
+        <v>8700946</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="G12" s="1">
+        <v>4490100445</v>
       </c>
       <c r="H12" s="1">
         <v>20</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.15">
+        <v>11</v>
+      </c>
+      <c r="K12" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L12" s="2">
+        <v>40991</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A13" s="1">
-        <v>11</v>
-[...17 lines deleted...]
-        <v>40991</v>
+        <v>12</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" s="1">
+        <v>8700131</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="G13" s="1">
+        <v>4490100510</v>
       </c>
       <c r="H13" s="1">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>55</v>
+        <v>95</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.15">
+        <v>11</v>
+      </c>
+      <c r="K13" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L13" s="2">
+        <v>41726</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A14" s="1">
-        <v>12</v>
-[...17 lines deleted...]
-        <v>41726</v>
+        <v>13</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E14" s="1">
+        <v>8700886</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="G14" s="1">
+        <v>4490100601</v>
       </c>
       <c r="H14" s="1">
         <v>29</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>59</v>
+        <v>100</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.15">
+        <v>11</v>
+      </c>
+      <c r="K14" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L14" s="2">
+        <v>42095</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A15" s="1">
-        <v>13</v>
-[...17 lines deleted...]
-        <v>42095</v>
+        <v>14</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="E15" s="1">
+        <v>8700267</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="G15" s="1">
+        <v>4490100734</v>
       </c>
       <c r="H15" s="1">
         <v>29</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>64</v>
+        <v>105</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.15">
+        <v>11</v>
+      </c>
+      <c r="K15" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L15" s="2">
+        <v>43176</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A16" s="1">
-        <v>14</v>
-[...17 lines deleted...]
-        <v>43176</v>
+        <v>15</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E16" s="1">
+        <v>8700030</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="G16" s="1">
+        <v>4490100775</v>
       </c>
       <c r="H16" s="1">
         <v>29</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>70</v>
+        <v>110</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.15">
+        <v>11</v>
+      </c>
+      <c r="K16" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L16" s="2">
+        <v>43191</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A17" s="1">
-        <v>15</v>
-[...17 lines deleted...]
-        <v>43191</v>
+        <v>16</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="E17" s="1">
+        <v>8700134</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="G17" s="1">
+        <v>4490100825</v>
       </c>
       <c r="H17" s="1">
         <v>29</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>75</v>
+        <v>114</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.15">
+        <v>11</v>
+      </c>
+      <c r="K17" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L17" s="2">
+        <v>43405</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A18" s="1">
-        <v>16</v>
-[...17 lines deleted...]
-        <v>43405</v>
+        <v>17</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E18" s="1">
+        <v>8701173</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="G18" s="1">
+        <v>4490101245</v>
       </c>
       <c r="H18" s="1">
         <v>29</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>80</v>
+        <v>119</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.15">
+        <v>11</v>
+      </c>
+      <c r="K18" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L18" s="2">
+        <v>45383</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A19" s="1">
-        <v>17</v>
-[...7 lines deleted...]
-      <c r="D19" s="1">
+        <v>18</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E19" s="1">
         <v>8740904</v>
       </c>
-      <c r="E19" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F19" s="1">
+      <c r="F19" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="G19" s="1">
         <v>4490200047</v>
-      </c>
-[...1 lines deleted...]
-        <v>39326</v>
       </c>
       <c r="H19" s="1">
         <v>29</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>85</v>
+        <v>123</v>
       </c>
       <c r="J19" s="1" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.15">
+        <v>11</v>
+      </c>
+      <c r="K19" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L19" s="2">
+        <v>39326</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A20" s="1">
-        <v>18</v>
-[...7 lines deleted...]
-      <c r="D20" s="1">
+        <v>19</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="E20" s="1">
         <v>8740833</v>
       </c>
-      <c r="E20" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="1">
+      <c r="F20" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="G20" s="1">
         <v>4490200161</v>
-      </c>
-[...1 lines deleted...]
-        <v>41730</v>
       </c>
       <c r="H20" s="1">
         <v>20</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>91</v>
+        <v>42</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.15">
+        <v>11</v>
+      </c>
+      <c r="K20" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L20" s="2">
+        <v>41730</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A21" s="1">
-        <v>19</v>
-[...7 lines deleted...]
-      <c r="D21" s="1">
+        <v>20</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="E21" s="1">
         <v>8740004</v>
       </c>
-      <c r="E21" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F21" s="1">
+      <c r="F21" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="G21" s="1">
         <v>4490200179</v>
-      </c>
-[...1 lines deleted...]
-        <v>41730</v>
       </c>
       <c r="H21" s="1">
         <v>20</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>94</v>
+        <v>41</v>
       </c>
       <c r="J21" s="1" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.15">
+        <v>11</v>
+      </c>
+      <c r="K21" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L21" s="2">
+        <v>41730</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A22" s="1">
-        <v>20</v>
-[...7 lines deleted...]
-      <c r="D22" s="1">
+        <v>21</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="E22" s="1">
         <v>8740041</v>
       </c>
-      <c r="E22" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F22" s="1">
+      <c r="F22" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="G22" s="1">
         <v>4490200187</v>
-      </c>
-[...1 lines deleted...]
-        <v>41730</v>
       </c>
       <c r="H22" s="1">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>99</v>
+        <v>39</v>
       </c>
       <c r="J22" s="1" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.15">
+        <v>11</v>
+      </c>
+      <c r="K22" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L22" s="2">
+        <v>41730</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A23" s="1">
-        <v>21</v>
-[...7 lines deleted...]
-      <c r="D23" s="1">
+        <v>22</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="E23" s="1">
         <v>8740910</v>
       </c>
-      <c r="E23" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F23" s="1">
+      <c r="F23" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="G23" s="1">
         <v>4490200237</v>
-      </c>
-[...1 lines deleted...]
-        <v>42125</v>
       </c>
       <c r="H23" s="1">
         <v>29</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>103</v>
+        <v>138</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.15">
+        <v>11</v>
+      </c>
+      <c r="K23" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L23" s="2">
+        <v>42125</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A24" s="1">
-        <v>22</v>
-[...7 lines deleted...]
-      <c r="D24" s="1">
+        <v>23</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="E24" s="1">
         <v>8710162</v>
       </c>
-      <c r="E24" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F24" s="1">
+      <c r="F24" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="G24" s="1">
         <v>4490300151</v>
-      </c>
-[...1 lines deleted...]
-        <v>41730</v>
       </c>
       <c r="H24" s="1">
         <v>29</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>108</v>
+        <v>43</v>
       </c>
       <c r="J24" s="1" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.15">
+        <v>11</v>
+      </c>
+      <c r="K24" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L24" s="2">
+        <v>41730</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A25" s="1">
-        <v>23</v>
-[...7 lines deleted...]
-      <c r="D25" s="1">
+        <v>24</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E25" s="1">
         <v>8710004</v>
       </c>
-      <c r="E25" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F25" s="1">
+      <c r="F25" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="G25" s="1">
         <v>4490300177</v>
-      </c>
-[...1 lines deleted...]
-        <v>41740</v>
       </c>
       <c r="H25" s="1">
         <v>29</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>112</v>
+        <v>146</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.15">
+        <v>11</v>
+      </c>
+      <c r="K25" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L25" s="2">
+        <v>41740</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A26" s="1">
-        <v>24</v>
-[...7 lines deleted...]
-      <c r="D26" s="1">
+        <v>25</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="E26" s="1">
         <v>8790103</v>
       </c>
-      <c r="E26" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F26" s="1">
+      <c r="F26" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="G26" s="1">
         <v>4490300185</v>
-      </c>
-[...1 lines deleted...]
-        <v>42144</v>
       </c>
       <c r="H26" s="1">
         <v>29</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>117</v>
+        <v>151</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.15">
+        <v>11</v>
+      </c>
+      <c r="K26" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L26" s="2">
+        <v>42144</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A27" s="1">
-        <v>25</v>
-[...7 lines deleted...]
-      <c r="D27" s="1">
+        <v>26</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="E27" s="1">
         <v>8710311</v>
       </c>
-      <c r="E27" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F27" s="1">
+      <c r="F27" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="G27" s="1">
         <v>4490300201</v>
-      </c>
-[...1 lines deleted...]
-        <v>42373</v>
       </c>
       <c r="H27" s="1">
         <v>29</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>122</v>
+        <v>156</v>
       </c>
       <c r="J27" s="1" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.15">
+        <v>11</v>
+      </c>
+      <c r="K27" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L27" s="2">
+        <v>42373</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A28" s="1">
-        <v>26</v>
-[...7 lines deleted...]
-      <c r="D28" s="1">
+        <v>27</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E28" s="1">
         <v>8770082</v>
       </c>
-      <c r="E28" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F28" s="1">
+      <c r="F28" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="G28" s="1">
         <v>4490400100</v>
-      </c>
-[...1 lines deleted...]
-        <v>41827</v>
       </c>
       <c r="H28" s="1">
         <v>29</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>127</v>
+        <v>160</v>
       </c>
       <c r="J28" s="1" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.15">
+        <v>11</v>
+      </c>
+      <c r="K28" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L28" s="2">
+        <v>41827</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A29" s="1">
-        <v>27</v>
-[...7 lines deleted...]
-      <c r="D29" s="1">
+        <v>28</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="E29" s="1">
         <v>8761101</v>
       </c>
-      <c r="E29" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F29" s="1">
+      <c r="F29" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="G29" s="1">
         <v>4490500123</v>
-      </c>
-[...1 lines deleted...]
-        <v>39438</v>
       </c>
       <c r="H29" s="1">
         <v>9</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>132</v>
+        <v>165</v>
       </c>
       <c r="J29" s="1" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.15">
+        <v>11</v>
+      </c>
+      <c r="K29" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L29" s="2">
+        <v>39438</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A30" s="1">
-        <v>28</v>
-[...7 lines deleted...]
-      <c r="D30" s="1">
+        <v>29</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="E30" s="1">
         <v>8761101</v>
       </c>
-      <c r="E30" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F30" s="1">
+      <c r="F30" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="G30" s="1">
         <v>4490500222</v>
-      </c>
-[...1 lines deleted...]
-        <v>41630</v>
       </c>
       <c r="H30" s="1">
         <v>20</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>132</v>
+        <v>165</v>
       </c>
       <c r="J30" s="1" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.15">
+        <v>11</v>
+      </c>
+      <c r="K30" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L30" s="2">
+        <v>41630</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A31" s="1">
-        <v>29</v>
-[...7 lines deleted...]
-      <c r="D31" s="1">
+        <v>30</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E31" s="1">
         <v>8761511</v>
       </c>
-      <c r="E31" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F31" s="1">
+      <c r="F31" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="G31" s="1">
         <v>4490500255</v>
-      </c>
-[...1 lines deleted...]
-        <v>41730</v>
       </c>
       <c r="H31" s="1">
         <v>23</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>138</v>
+        <v>169</v>
       </c>
       <c r="J31" s="1" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" s="4" customFormat="1" x14ac:dyDescent="0.15">
+        <v>11</v>
+      </c>
+      <c r="K31" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L31" s="2">
+        <v>41730</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A32" s="1">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="D32" s="4">
+        <v>31</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="E32" s="1">
         <v>8760111</v>
       </c>
-      <c r="E32" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F32" s="4">
+      <c r="F32" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="G32" s="1">
         <v>4490500263</v>
       </c>
-      <c r="G32" s="5">
+      <c r="H32" s="1">
+        <v>29</v>
+      </c>
+      <c r="I32" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="J32" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="K32" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L32" s="2">
         <v>40817</v>
       </c>
-      <c r="H32" s="4">
-[...2 lines deleted...]
-      <c r="I32" s="4" t="s">
+    </row>
+    <row r="33" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A33" s="1">
         <v>32</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D33" s="1">
+      <c r="B33" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="E33" s="1">
         <v>8762201</v>
       </c>
-      <c r="E33" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F33" s="1">
+      <c r="F33" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="G33" s="1">
         <v>4490500305</v>
-      </c>
-[...1 lines deleted...]
-        <v>42461</v>
       </c>
       <c r="H33" s="1">
         <v>29</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.15">
+        <v>225</v>
+      </c>
+      <c r="J33" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="K33" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L33" s="2">
+        <v>42461</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A34" s="1">
-        <v>32</v>
-[...17 lines deleted...]
-        <v>41730</v>
+        <v>33</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="E34" s="1">
+        <v>8780026</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="G34" s="1">
+        <v>4490800101</v>
       </c>
       <c r="H34" s="1">
+        <v>29</v>
+      </c>
+      <c r="I34" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="J34" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="K34" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L34" s="2">
+        <v>40940</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A35" s="1">
+        <v>34</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="E35" s="1">
+        <v>8796113</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="G35" s="1">
+        <v>4490800119</v>
+      </c>
+      <c r="H35" s="1">
+        <v>20</v>
+      </c>
+      <c r="I35" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="J35" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="K35" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L35" s="2">
+        <v>40995</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A36" s="1">
+        <v>35</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="E36" s="1">
+        <v>8796113</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="G36" s="1">
+        <v>4490800127</v>
+      </c>
+      <c r="H36" s="1">
+        <v>9</v>
+      </c>
+      <c r="I36" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="J36" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="K36" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L36" s="2">
+        <v>40995</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A37" s="1">
+        <v>36</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="E37" s="1">
+        <v>8780402</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="G37" s="1">
+        <v>4490800143</v>
+      </c>
+      <c r="H37" s="1">
         <v>18</v>
       </c>
-      <c r="I34" s="1" t="s">
-[...60 lines deleted...]
-      <c r="H36" s="1">
+      <c r="I37" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="J37" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="K37" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L37" s="2">
+        <v>42095</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A38" s="1">
+        <v>37</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="E38" s="1">
+        <v>8720506</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="G38" s="1">
+        <v>4491100089</v>
+      </c>
+      <c r="H38" s="1">
         <v>20</v>
       </c>
-      <c r="I36" s="1" t="s">
-[...62 lines deleted...]
-      </c>
       <c r="I38" s="1" t="s">
-        <v>157</v>
+        <v>64</v>
       </c>
       <c r="J38" s="1" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.15">
+        <v>11</v>
+      </c>
+      <c r="K38" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L38" s="2">
+        <v>41000</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A39" s="1">
-        <v>37</v>
-[...17 lines deleted...]
-        <v>40998</v>
+        <v>38</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="E39" s="1">
+        <v>8790474</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G39" s="1">
+        <v>4491100097</v>
       </c>
       <c r="H39" s="1">
         <v>20</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>169</v>
+        <v>48</v>
       </c>
       <c r="J39" s="1" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.15">
+        <v>11</v>
+      </c>
+      <c r="K39" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L39" s="2">
+        <v>41061</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A40" s="1">
-        <v>38</v>
-[...17 lines deleted...]
-        <v>41000</v>
+        <v>39</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="E40" s="1">
+        <v>8796441</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="G40" s="1">
+        <v>4491200079</v>
       </c>
       <c r="H40" s="1">
+        <v>15</v>
+      </c>
+      <c r="I40" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="J40" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="K40" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L40" s="2">
+        <v>44958</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A41" s="1">
+        <v>40</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="E41" s="1">
+        <v>8795421</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="G41" s="1">
+        <v>4491300044</v>
+      </c>
+      <c r="H41" s="1">
+        <v>29</v>
+      </c>
+      <c r="I41" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="J41" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="K41" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L41" s="2">
+        <v>39272</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A42" s="1">
+        <v>41</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="E42" s="1">
+        <v>8795502</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="G42" s="1">
+        <v>4491300135</v>
+      </c>
+      <c r="H42" s="1">
         <v>20</v>
       </c>
-      <c r="I40" s="1" t="s">
-[...25 lines deleted...]
-      <c r="H41" s="1">
+      <c r="I42" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J42" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="K42" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L42" s="2">
+        <v>41730</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A43" s="1">
+        <v>42</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="E43" s="1">
+        <v>8730222</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="G43" s="1">
+        <v>4491400075</v>
+      </c>
+      <c r="H43" s="1">
         <v>20</v>
       </c>
-      <c r="I41" s="1" t="s">
-[...25 lines deleted...]
-      <c r="G42" s="2">
+      <c r="I43" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="J43" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="K43" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L43" s="2">
         <v>41730</v>
       </c>
-      <c r="H42" s="1">
+    </row>
+    <row r="44" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A44" s="1">
+        <v>43</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="E44" s="1">
+        <v>8730421</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="G44" s="1">
+        <v>4491400083</v>
+      </c>
+      <c r="H44" s="1">
+        <v>20</v>
+      </c>
+      <c r="I44" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="J44" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="K44" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L44" s="2">
+        <v>41760</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A45" s="1">
+        <v>44</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="E45" s="1">
+        <v>8721501</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="G45" s="1">
+        <v>4492100021</v>
+      </c>
+      <c r="H45" s="1">
+        <v>24</v>
+      </c>
+      <c r="I45" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="J45" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="K45" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L45" s="2">
+        <v>44287</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A46" s="1">
+        <v>45</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="E46" s="1">
+        <v>8794601</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="G46" s="1">
+        <v>4492800026</v>
+      </c>
+      <c r="H46" s="1">
         <v>15</v>
       </c>
-      <c r="I42" s="1" t="s">
-[...86 lines deleted...]
-      <c r="G45" s="2">
+      <c r="I46" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="J46" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="K46" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L46" s="2">
         <v>41730</v>
       </c>
-      <c r="H45" s="1">
-[...164 lines deleted...]
-      <c r="P51" s="3"/>
     </row>
   </sheetData>
-  <mergeCells count="1">
-[...2 lines deleted...]
-  <phoneticPr fontId="18"/>
+  <autoFilter ref="A1:L1" xr:uid="{A121F382-51EA-4BB5-95B0-F5360EC4FE88}"/>
+  <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="40" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="8" scale="60" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>ワークシート</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>地域密着（R6.4.1）</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>Oitapref</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>近藤　尊英</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
+</file>