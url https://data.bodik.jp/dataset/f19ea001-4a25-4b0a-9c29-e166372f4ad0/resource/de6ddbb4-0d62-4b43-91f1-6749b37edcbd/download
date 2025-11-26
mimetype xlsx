--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,86 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\localhost\Profile\m01988531\ダウンロード(ログオフ時削除)\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\localhost\Profile\m01929739\デスクトップ(ログオフ時削除)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A245DA0C-D0EE-461C-BCDF-AEE05D4C25DD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EA47C4F3-A2EB-4E87-B71E-6DCE53998D07}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15990" xr2:uid="{D82F2607-1EA3-4E31-AEA8-3775EA1C68A3}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{D82F2607-1EA3-4E31-AEA8-3775EA1C68A3}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="12">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="13">
   <si>
     <t>年度（西暦）</t>
     <rPh sb="3" eb="5">
       <t>セイレキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>年度（和暦）</t>
     <rPh sb="0" eb="2">
       <t>ネンド</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>ワレキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>検診種別</t>
   </si>
   <si>
     <t>受診者数（人）</t>
     <rPh sb="5" eb="6">
       <t>ヒト</t>
     </rPh>
@@ -111,50 +111,57 @@
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>令和4</t>
     <rPh sb="0" eb="2">
       <t>レイワ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>令和5</t>
     <rPh sb="0" eb="2">
       <t>レイワ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>異常なし（人）</t>
   </si>
   <si>
     <t>大腸がん検診</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>要精密（人）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>令和6</t>
+    <rPh sb="0" eb="2">
+      <t>レイワ</t>
+    </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -191,91 +198,91 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 テーマ">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -337,51 +344,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -479,62 +486,62 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CDD9BEE8-2F9E-4FF0-A606-6019580A0F1D}">
-  <dimension ref="A1:F6"/>
+  <dimension ref="A1:F7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C12" sqref="C12"/>
+      <selection activeCell="F9" sqref="F9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
     <col min="1" max="2" width="11.33203125" customWidth="1"/>
     <col min="3" max="3" width="13.5" customWidth="1"/>
     <col min="4" max="4" width="14.4140625" customWidth="1"/>
     <col min="5" max="5" width="15" customWidth="1"/>
     <col min="6" max="6" width="12.4140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.55000000000000004">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -622,204 +629,230 @@
       </c>
       <c r="F5">
         <v>2064</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.55000000000000004">
       <c r="A6">
         <v>2023</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6">
         <v>31242</v>
       </c>
       <c r="E6">
         <v>28352</v>
       </c>
       <c r="F6">
         <v>2075</v>
       </c>
     </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.55000000000000004">
+      <c r="A7">
+        <v>2024</v>
+      </c>
+      <c r="B7" t="s">
+        <v>12</v>
+      </c>
+      <c r="C7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7">
+        <v>31419</v>
+      </c>
+      <c r="E7">
+        <v>28406</v>
+      </c>
+      <c r="F7">
+        <v>2106</v>
+      </c>
+    </row>
   </sheetData>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D6678A484330F745A65B7C753EF6D235" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="194f1784f1a090d0bb94e6d70d5052cd">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="80bdeb40-05e2-4890-b5c1-f6723a1a1270" xmlns:ns3="3a5fa2a0-fd2e-4a36-ab21-93b98a268cc5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b23076d682925f575f846bc62bdcb33a" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x0101005BF81FB37DF1C14C9CE1FFC6A05F8872" ma:contentTypeVersion="16" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="e2d05096fcba5e3b2b43dcec88b7526d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="b252e89a-34c0-4c96-9f14-c3273292d6fd" xmlns:ns3="6247811e-b09e-4db0-b0e2-20f60e430aaf" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="128302631b0067b4175b04b80c868042" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
-    <xsd:import namespace="80bdeb40-05e2-4890-b5c1-f6723a1a1270"/>
-    <xsd:import namespace="3a5fa2a0-fd2e-4a36-ab21-93b98a268cc5"/>
+    <xsd:import namespace="b252e89a-34c0-4c96-9f14-c3273292d6fd"/>
+    <xsd:import namespace="6247811e-b09e-4db0-b0e2-20f60e430aaf"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
-[...4 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="12" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="19" nillable="true" ma:displayName="統合コンプライアンス ポリシーのプロパティ" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="13" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="20" nillable="true" ma:displayName="統合コンプライアンス ポリシーの UI アクション" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="80bdeb40-05e2-4890-b5c1-f6723a1a1270" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b252e89a-34c0-4c96-9f14-c3273292d6fd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
-[...19 lines deleted...]
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8839e1b8-f5b0-498a-9da1-3169d63f8594" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="9" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="画像タグ" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8839e1b8-f5b0-498a-9da1-3169d63f8594" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="17" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="15" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="18" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="19" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="20" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
-[...11 lines deleted...]
-        <xsd:restriction base="dms:Text"/>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3a5fa2a0-fd2e-4a36-ab21-93b98a268cc5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6247811e-b09e-4db0-b0e2-20f60e430aaf" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{dbd2508e-95f6-4ee4-b438-567f9742f9ee}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="3a5fa2a0-fd2e-4a36-ab21-93b98a268cc5">
+    <xsd:element name="TaxCatchAll" ma:index="10" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{190b2731-8a1f-424d-9111-6e76797451b8}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6247811e-b09e-4db0-b0e2-20f60e430aaf">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="コンテンツ タイプ"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="タイトル"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -865,102 +898,117 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b252e89a-34c0-4c96-9f14-c3273292d6fd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="6247811e-b09e-4db0-b0e2-20f60e430aaf" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13DB6F4B-4B10-4DAF-84A0-444102DBC7ED}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27E6736C-5648-4525-AEDE-1361AED86199}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD0AD56F-4AB0-42AA-942A-3707C8841E0E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD12454F-978F-48B2-AAA8-1BBBDF2B2B9B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="80bdeb40-05e2-4890-b5c1-f6723a1a1270"/>
+    <ds:schemaRef ds:uri="3a5fa2a0-fd2e-4a36-ab21-93b98a268cc5"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD12454F-978F-48B2-AAA8-1BBBDF2B2B9B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD0AD56F-4AB0-42AA-942A-3707C8841E0E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>早坂　嘉雄</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100D6678A484330F745A65B7C753EF6D235</vt:lpwstr>
+    <vt:lpwstr>0x0101005BF81FB37DF1C14C9CE1FFC6A05F8872</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>